--- v0 (2025-12-07)
+++ v1 (2026-03-15)
@@ -10,3974 +10,4070 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2560" uniqueCount="1308">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2624" uniqueCount="1340">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>9529</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>CRISTIANO BALANGA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9529/indicacao-003-2025_-cristiano_balanga-pavimentacao_da_estrada_do_nativo.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9529/indicacao-003-2025_-cristiano_balanga-pavimentacao_da_estrada_do_nativo.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA ESTRADA DO NATIVO, COM INÍCIO PRÓXIMO A TORRE DA COMUNIDADE NATIVO DE BARRA NOVA, PASSANDO PELA COMUNIDADE GAMELEIRA, COM TÉRMINO DA ES-010</t>
   </si>
   <si>
     <t>9530</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9530/indicacao-004-2025-cristiano_balanga-pavimentacao_asfaltica_da_rua.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9530/indicacao-004-2025-cristiano_balanga-pavimentacao_asfaltica_da_rua.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA DA RUA, ONDE FOI CONSTRUÍDA A NOVA PASSAGEM DE ACESSO, INTERLIGANDO OS BAIRROS SEAC E MORADA DO RIBEIRÃO</t>
   </si>
   <si>
     <t>9533</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>ISAMARA DA FARMÁCIA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9533/indicacao-007-2025-isamara_da_farmacia-calcamento_da_rua_antenor_franca.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9533/indicacao-007-2025-isamara_da_farmacia-calcamento_da_rua_antenor_franca.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA ANTENOR FRANÇA, LOCALIZADA NO BAIRRO CAIÇARAS</t>
   </si>
   <si>
     <t>9534</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>PROFESSORA VALDIRENE BERNADINO</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9534/indicacao-008-2025_-valdirene_bernadino-calcamento_rural.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9534/indicacao-008-2025_-valdirene_bernadino-calcamento_rural.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO NA ESTRADA DAS MELEIRAS COM INÍCIO A PARTIR DA RODOVIA OTHOVARINO DUARTE SANTOS, ATÉ O LIMITE DO MUNICÍPIO DE SÃO MATEUS</t>
   </si>
   <si>
     <t>9537</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>RAPHAEL BARBOZA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9537/indicacao-011-2025_raphael_barboza-limpeza_e_capina_de_valao_morada_do_ribeirao.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9537/indicacao-011-2025_raphael_barboza-limpeza_e_capina_de_valao_morada_do_ribeirao.pdf</t>
   </si>
   <si>
     <t>LIMPEZA E CAPINA DO CÓRREGO ABISSÍNIA, LOCALIZADO NO BAIRRO MORADA DO RIBEIRÃO</t>
   </si>
   <si>
     <t>9542</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>WAN BORGES</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9542/indicacao-016-2025-wan_borges-recapeamento_asfaltico_da_avenida_joao_nardoto.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9542/indicacao-016-2025-wan_borges-recapeamento_asfaltico_da_avenida_joao_nardoto.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO COM INÍCIO A PARTIR DA AVENIDA JOÃO NARDOTO, LOCALIZADA NO BAIRRO CARAPINA ATÉ A RUA 40, SITUADA NO BAIRRO COHAB</t>
   </si>
   <si>
     <t>9545</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>WAP WAP</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9545/indicacao-019-2025_-wap_wap-_construcao_de_galeria_no_vila_nova.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9545/indicacao-019-2025_-wap_wap-_construcao_de_galeria_no_vila_nova.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DA GALERIA OU MANILHAMENTO DO VALÃO QUE ATRAVESSA TODO BAIRRO VILA NOVA</t>
   </si>
   <si>
     <t>9549</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>CRISTIANO BALANGA, BRANCO DA PENAL, SCHAEFFER</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9549/indicacao-023-2025-cristiano_balanga-manilhamento_da_rede_pluvial_comunidade_vila_do_nino.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9549/indicacao-023-2025-cristiano_balanga-manilhamento_da_rede_pluvial_comunidade_vila_do_nino.pdf</t>
   </si>
   <si>
     <t>MANILHAMENTO DE REDE PLUVIAL DE APROXIMADAMENTE 350 METROS, COM MANILHAS DE 1000MM, NA COMUNIDADE VILA DO NINO - KM 29, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>9553</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9553/indicacao-027-2025-isamara_da_farmacia-calcamento_da_rua_maranhaono_bairro_caicaras.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9553/indicacao-027-2025-isamara_da_farmacia-calcamento_da_rua_maranhaono_bairro_caicaras.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA MARANHÃO, LOCALIZADA NO BAIRRO CAIÇARAS</t>
   </si>
   <si>
     <t>9556</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9556/indicacao-030-2025-professora_valdirene_bernardino-construcao_de_calcada_cidada_na_rua_2conhecida_como_ladeira_do_san_remo.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9556/indicacao-030-2025-professora_valdirene_bernardino-construcao_de_calcada_cidada_na_rua_2conhecida_como_ladeira_do_san_remo.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CALÇADA CIDADÃ NA RUA 02, CONHECIDA COMO "LADEIRA DO SAN REMO", SITUADA NO BAIRRO FORNO VELHO/COHAB (ENTRE O BAIRRO SAN REMO E FORNO VELHO)</t>
   </si>
   <si>
     <t>9558</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9558/indicacao-032-raphael_barboza-termino_do_calcamento_do_final_da_rua_7_de_setembro_no_bairro_maruim.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9558/indicacao-032-raphael_barboza-termino_do_calcamento_do_final_da_rua_7_de_setembro_no_bairro_maruim.pdf</t>
   </si>
   <si>
     <t>TÉRMINO DO CALÇAMENTO DA RUA 7 DE SETEMBRO (FINAL DA RUA) LOCALIZADA NO BAIRRO MARUIM</t>
   </si>
   <si>
     <t>9564</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>WAN BORGES, CRISTIANO BALANGA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9564/indicacao-038-2025_-_wan_borges_-__recostrucao_da_estrada_que_conecta_os_bairros_morada_do_ribeirao_e_seac.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9564/indicacao-038-2025_-_wan_borges_-__recostrucao_da_estrada_que_conecta_os_bairros_morada_do_ribeirao_e_seac.pdf</t>
   </si>
   <si>
     <t>RECONSTRUÇÃO DA ESTRADA QUE CONECTA OS BAIRROS MORADA DO RIBEIRÃO E SEAC</t>
   </si>
   <si>
     <t>9572</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9572/indicacao-046-2025-cristiano_balanga-calcamento_da_rua_admir_silva_crespo_no_santo_antonio.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9572/indicacao-046-2025-cristiano_balanga-calcamento_da_rua_admir_silva_crespo_no_santo_antonio.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA ADMIR DA SILVA CRESPO,M LOCALIZADA NO BAIRRO SANTO ANTÔNIO</t>
   </si>
   <si>
     <t>9580</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9580/indicacao-054-2025-raphael_barboza-reforma_e_revitalizacao_do_mercado_municipal_do_municipio_de_sao_mateus..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9580/indicacao-054-2025-raphael_barboza-reforma_e_revitalizacao_do_mercado_municipal_do_municipio_de_sao_mateus..pdf</t>
   </si>
   <si>
     <t>REFORMA E REVITALIZAÇÃO DO MERCADO MUNICIPAL "WILSON GOMES", LOCALIZADO NA AVENIDA JONES DOS SANTOS NEVES, N] 434, NO CENTRO DO MUNICÍPIO DE SÃO MATEUS</t>
   </si>
   <si>
     <t>9585</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>WAN BORGES, WANDERLEI SEGANTINI</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9585/indicacao-059-2025-wan_borges-recapeamento_asfaltico_em_todas_as_ruas_do_bairro_cohab.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9585/indicacao-059-2025-wan_borges-recapeamento_asfaltico_em_todas_as_ruas_do_bairro_cohab.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO EM TODAS AS RUAS DO BAIRRO COHAB</t>
   </si>
   <si>
     <t>9590</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9590/indicacao-064-2025-wap_wap-calcamento_da_rua_rio_grande_do_sul_localizada_no_bairro_ayrton_senna.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9590/indicacao-064-2025-wap_wap-calcamento_da_rua_rio_grande_do_sul_localizada_no_bairro_ayrton_senna.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA RIO GRANDE DO SUL, LOCALIZADA NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>9601</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>ISAEL AGUILAR</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9601/indicacao-069-2025-isael_aguilar-aplicacao_de_revisol_na_ladeira_denominada_como_morro_do_nazario_localizada_na_comunidade__do_chiadodistrito_de_itauninhas.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9601/indicacao-069-2025-isael_aguilar-aplicacao_de_revisol_na_ladeira_denominada_como_morro_do_nazario_localizada_na_comunidade__do_chiadodistrito_de_itauninhas.pdf</t>
   </si>
   <si>
     <t>APLICAÇÃO DE REVSOL, NA LADEIRA DENOMINADA COMO "MORRO DO NAZÁRIO", LOCALIZADA NA COMUNIDADE DO CHIADO, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>9608</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9608/indicacao-076-2025-raphael_barboza-calcamento_da_avenida_padre_angelo_compri_situada_em_frente_ao_ceim_santo_antonio.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9608/indicacao-076-2025-raphael_barboza-calcamento_da_avenida_padre_angelo_compri_situada_em_frente_ao_ceim_santo_antonio.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA AVENIDA PADRE ÂNGELO COMPRI, SITUADA EM FRENTE AO CENTRO DE EDUCAÇÃO INFANTIL MUNICIPAL - CEIM "SANTO ANTÔNIO", LOCALIZADO NO BAIRRO SANTO ANTÔNIO</t>
   </si>
   <si>
     <t>9609</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>SCHAEFFER</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9609/indicacao-077-2025-schaeffer-construcao_de_uma_capela_mortuaria_no_distrito_de_nestor_gomes..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9609/indicacao-077-2025-schaeffer-construcao_de_uma_capela_mortuaria_no_distrito_de_nestor_gomes..pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA CAPELA MORTUÁRIA NA REGIÃO DOS QUILÔMETROS, NO DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>9611</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>VILMAR DO SEAC</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9611/indicacao-079-2025_-_vilmar_do_seac-_calcamento_das_ruas_b_norte_c_norte_e_norte_bairro_seac.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9611/indicacao-079-2025_-_vilmar_do_seac-_calcamento_das_ruas_b_norte_c_norte_e_norte_bairro_seac.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA "B NORTE", LOCALIZADA NO BAIRRO SEAC</t>
   </si>
   <si>
     <t>9613</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9613/indicacao-081-2025-wan_borges-recapeamento_asfaltico_da_avenida_reconcavo_dos_corais_localizada_no_bairro_morada_do_ribeirao.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9613/indicacao-081-2025-wan_borges-recapeamento_asfaltico_da_avenida_reconcavo_dos_corais_localizada_no_bairro_morada_do_ribeirao.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO DA AVENIDA RECÔNCAVO DOS CORAIS, LOCALIZADA NO BAIRRO MORADA DO RIBEIRÃO</t>
   </si>
   <si>
     <t>9614</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9614/indicacao-082-2025-wan_borges-reparo_asfaltico_da_avenida_recanto_das_iaras_localizada_no_bairo_morada_de_ribeirao.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9614/indicacao-082-2025-wan_borges-reparo_asfaltico_da_avenida_recanto_das_iaras_localizada_no_bairo_morada_de_ribeirao.pdf</t>
   </si>
   <si>
     <t>REPARO ASFÁLTICO DA AVENIDA RECANTO DAS IARAS, LOCALIZADA NO BAIRRO MORADA DO RIBEIRÃO</t>
   </si>
   <si>
     <t>9617</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9617/indicacao-085-2025-wap_wap-revitalizacao_da_feirinha_do_bairro_vila_nova_e_guriri..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9617/indicacao-085-2025-wap_wap-revitalizacao_da_feirinha_do_bairro_vila_nova_e_guriri..pdf</t>
   </si>
   <si>
     <t>REVITALIZAÇÃO DAS FEIRAS LIVRES DO MUNICÍPIO DE SÃO MATEUS, LOCALIZADAS NOS BAIRROS VILA NOVA E GURIRI</t>
   </si>
   <si>
     <t>9624</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9624/indicacao-092-2025-isael_aguilar-construcao_de_uma_capela_mortuaria_na_comunidade_de_nova_lima-_distrito_de_itauninhas.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9624/indicacao-092-2025-isael_aguilar-construcao_de_uma_capela_mortuaria_na_comunidade_de_nova_lima-_distrito_de_itauninhas.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA CAPELA MORTUÁRIA NA COMUNIDADE DE NOVA LIMA, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>9627</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>PROFESSORA VALDIRENE BERNADINO, SCHAEFFER</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9627/indicacao-095-2025-professora_valdirene_bernadino-ampliacao_da_extensao_e_reforma_geral_do_muro_do_cemiterio_nestor_gomes.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9627/indicacao-095-2025-professora_valdirene_bernadino-ampliacao_da_extensao_e_reforma_geral_do_muro_do_cemiterio_nestor_gomes.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO DA EXTENSÃO E REFORMA GERAL DO MURO DO CEMITÉRIO SITUADO EM NESTOR GOMES - KM 41, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>9628</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9628/indicacao-096-2025-professora_valdirene_bernadino-pavimentacao_da_ciclovia_em_toda_a_extensao_do_calcadao.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9628/indicacao-096-2025-professora_valdirene_bernadino-pavimentacao_da_ciclovia_em_toda_a_extensao_do_calcadao.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA CICLOVIA EM TODA A EXTENSÃO DO CALÇADÃO DA ORLA DE GURIRI, SUL E NORTE, BAIRRO GURIRI</t>
   </si>
   <si>
     <t>9630</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9630/indicacao-098-2025-raphael_barboza-construcao_do_centro_administrativo_municipal.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9630/indicacao-098-2025-raphael_barboza-construcao_do_centro_administrativo_municipal.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE UM VEÍCULO (ÔNIBUS), A SER DISPONIBILIZADO À CAPELA MORTUÁRIA MUNICIPAL</t>
   </si>
   <si>
     <t>9634</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9634/indicacao-102-2025-vilmar_do_seac-limpeza_da_area_de_lazer_conhecida_como_jaqueira_localizada_ao_lado_do_campo_de_futebol_de_areia_no_bairro_ribeirao.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9634/indicacao-102-2025-vilmar_do_seac-limpeza_da_area_de_lazer_conhecida_como_jaqueira_localizada_ao_lado_do_campo_de_futebol_de_areia_no_bairro_ribeirao.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DA ÁREA DE LAZER CONHECIDA COMO "JAQUEIRA", LOCALIZADA AO LADO DO CAMPO DE FUTEBOL DE AREIA, NO BAIRRO RIBEIRÃO</t>
   </si>
   <si>
     <t>9635</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9635/indicacao-103-2025-wan_borges-aquisicao_de_terreno_para_construcao_de_um_novo_cemiterio_em_sao_mateus.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9635/indicacao-103-2025-wan_borges-aquisicao_de_terreno_para_construcao_de_um_novo_cemiterio_em_sao_mateus.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE ÁREA PARA CONSTRUÇÃO DE UM NOVO CEMITÉRIO EM SÃO MATEUS</t>
   </si>
   <si>
     <t>9637</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>WANDERLEI SEGANTINI</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9637/indicacao-105-2025-wanderlei_segantini-limpeza_das_ruas_das_comunidades_de_nova_limadistrito_de_itauninhas.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9637/indicacao-105-2025-wanderlei_segantini-limpeza_das_ruas_das_comunidades_de_nova_limadistrito_de_itauninhas.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DAS RUAS DA COMUNIDADE DE NOVA LIMA, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>9638</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9638/indicacao-106-2025-wanderlei_segantini-instalacao_de_redutor_de_velocidadequebra-molas_na_rua_maria_branca_localizada_na_comunidade_nova_limadistrito_de_itauninhas.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9638/indicacao-106-2025-wanderlei_segantini-instalacao_de_redutor_de_velocidadequebra-molas_na_rua_maria_branca_localizada_na_comunidade_nova_limadistrito_de_itauninhas.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE REDUTOR DE VELOCIDADE (QUEBRA-MOLAS), NA RUA MARIA BRANCA, COMUNICADE NOVA LIMA, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>9683</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9683/indicacao-113-2025-isamara_da_farmacia-instalacao_de_aparelhos_de_ar_condicionado_na_capela_mortuaria_de_sao_mateus_localizada_na_rua_dr._arlindo_sodre_n108bairro_centro.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9683/indicacao-113-2025-isamara_da_farmacia-instalacao_de_aparelhos_de_ar_condicionado_na_capela_mortuaria_de_sao_mateus_localizada_na_rua_dr._arlindo_sodre_n108bairro_centro.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE APARELHOS DE ARES-CONDICIONADOS NA CAPELA MORTUÁRIA DE SÃO MATEUS, LOCALIZADA NA RUA DR. ARLINDO SODRÉ, N] 108, BAIRRO CENTRO</t>
   </si>
   <si>
     <t>9684</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9684/indicacao-114-2025-isamara_da_farmacia-reposicionamento_de_ponto_de_onibus_com_construcao_do_respectivo_abrigo_na_avenida_dom_jose_dalvit_no_bairro_santo_antonio.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9684/indicacao-114-2025-isamara_da_farmacia-reposicionamento_de_ponto_de_onibus_com_construcao_do_respectivo_abrigo_na_avenida_dom_jose_dalvit_no_bairro_santo_antonio.pdf</t>
   </si>
   <si>
     <t>REPOSICIONAMENTO DE PONTO DE ÔNIBUS COM CONSTRUÇÃO DO RESPECTIVO ABRIGO NA AVENIDA DOM JOSÉ DALVIT, NO BAIRRO SANTO ANTÔNIO</t>
   </si>
   <si>
     <t>9691</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9691/indicacao-121-2025-vilmar_do_seac-calcamento_da_rua_e_norte_no_bairro_seac.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9691/indicacao-121-2025-vilmar_do_seac-calcamento_da_rua_e_norte_no_bairro_seac.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA "E NORTE", LOCALIZADA NO BAIRRO SEAC</t>
   </si>
   <si>
     <t>9692</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9692/indicacao-122-2025-vilmar_do_seac-calcamento_da_rua_c_norte_no_bairro_seac.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9692/indicacao-122-2025-vilmar_do_seac-calcamento_da_rua_c_norte_no_bairro_seac.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA "C NORTE", LOCALIZADA NO BAIRRO SEAC</t>
   </si>
   <si>
     <t>9693</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9693/indicacao-123-2025-wan_borges-solicitacao_de_vistoria_na_ponte_localizada_na_rua_zenor_pedrosa_rocha_no_bairro_ribeirao.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9693/indicacao-123-2025-wan_borges-solicitacao_de_vistoria_na_ponte_localizada_na_rua_zenor_pedrosa_rocha_no_bairro_ribeirao.pdf</t>
   </si>
   <si>
     <t>VISTORIA NA PONTE, LOCALIZADA NA RUA ZENOR PEDROSA ROCHA, NO BAIRRO RIBEIRÃO</t>
   </si>
   <si>
     <t>9695</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9695/indicacao-125-2025-wanderlei_segantini-limpeza_das_ruas_da_comunidade_de_sao_geraldo_distrito_de_itauninhas.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9695/indicacao-125-2025-wanderlei_segantini-limpeza_das_ruas_da_comunidade_de_sao_geraldo_distrito_de_itauninhas.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DAS RUAS DA COMUNIDADE DE SÃO GERALDO, LOCALIZADA NO DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>9696</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9696/indicacao-126-2025-wanderlei_segantini-limpeza_das_ruas_de_itauninhas_distrito_de_itauninhas.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9696/indicacao-126-2025-wanderlei_segantini-limpeza_das_ruas_de_itauninhas_distrito_de_itauninhas.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DAS RUAS DA COMUNIDADE DE ITAUNINHAS, LOCALIZADA NO DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>9703</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>BRANCO DA PENAL, SCHAEFFER</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9703/indicacao-130-2025_-branco_da_penal_calcamento_da_vila_do_pirola.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9703/indicacao-130-2025_-branco_da_penal_calcamento_da_vila_do_pirola.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DAS RUAS DA "VILA DO PIROLA", SITUADA NA RODOVIA MIGUEL CURRY CARNEIRO, KM 25, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>9706</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9706/indicacao-133-2025-isael_aguilar-recapeamento_asfaltico_da_rua_luiz_claudio_dos_santoscomunidade_nova_limadistrito_de_itauninhas.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9706/indicacao-133-2025-isael_aguilar-recapeamento_asfaltico_da_rua_luiz_claudio_dos_santoscomunidade_nova_limadistrito_de_itauninhas.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO DA RUA LUIZ CLÁUDIO DOS SANTOS, LOCALIZADA NA COMUNIDADE NOVA LIMA, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>9717</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9717/indicacao-144-2025-wan_borges-calcamento_da_rua_sebastiao_soares_localizada_no_bairro_bela_vista.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9717/indicacao-144-2025-wan_borges-calcamento_da_rua_sebastiao_soares_localizada_no_bairro_bela_vista.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA SEBASTIÃO SOARES, LOCALIZADA NO BAIRRO BELA VISTA</t>
   </si>
   <si>
     <t>9719</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9719/indicacao-146-2025-wanderlei_segantini-construcao_de_um_camelodromo_na_praca_mesquita_neto_localizada_no_centro_do_municipio_de_sao_mateus..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9719/indicacao-146-2025-wanderlei_segantini-construcao_de_um_camelodromo_na_praca_mesquita_neto_localizada_no_centro_do_municipio_de_sao_mateus..pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM CAMELÓDROMO NA PRAÇA MESQUITA NETO, LOCALIZADA NO CENTRO DO MUNICÍPIO DE SÃO MATEUS/ES</t>
   </si>
   <si>
     <t>9729</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9729/indicacao-154_-2025-isael_aguilar-calcamento_rural..corrego_santaninha..comunidade_santa_maria_distrito..itauninhas.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9729/indicacao-154_-2025-isael_aguilar-calcamento_rural..corrego_santaninha..comunidade_santa_maria_distrito..itauninhas.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO RURAL NO CÓRREGO SANTANINHA, SITUADO NA COMUNIDADE SANTA MARIA, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>9731</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9731/indicacao-156-2025-isamara_da_farmacia-calcamento_da_rua_domingos_felismino_localizada_no_bairro_bela_vista..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9731/indicacao-156-2025-isamara_da_farmacia-calcamento_da_rua_domingos_felismino_localizada_no_bairro_bela_vista..pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA DOMINGOS FELISMINO, LOCALIZADA NO BAIRRO BELA VISTA</t>
   </si>
   <si>
     <t>9732</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9732/indicacao-157-2025-professora_valdirene_bernadino-calcamento_da_rua_gilson_joao_clemente_localizada_no_bairro_jambeiro.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9732/indicacao-157-2025-professora_valdirene_bernadino-calcamento_da_rua_gilson_joao_clemente_localizada_no_bairro_jambeiro.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA GILSON JOÃO CLEMENTE, LOCALIZADA NO BAIRRO JAMBEIRO</t>
   </si>
   <si>
     <t>9735</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9735/indicacao-160-2025-raphael_barboza-.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9735/indicacao-160-2025-raphael_barboza-.pdf</t>
   </si>
   <si>
     <t>REVITALIZAÇÃO DO SHOPPING POPULAR, LOCALIZADO NA AVENIDA JONES DOS SANTOS NEVES, BAIRRO SERNAMBY</t>
   </si>
   <si>
     <t>9738</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9738/indicacao-163-2025-vilmar_do_seac-conclusao_da_obra_de_pavimentacao_da_rua_bc_localizada_no_bairro_seac.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9738/indicacao-163-2025-vilmar_do_seac-conclusao_da_obra_de_pavimentacao_da_rua_bc_localizada_no_bairro_seac.pdf</t>
   </si>
   <si>
     <t>CONCLUSÃO DA OBRA DE PAVIMENTAÇÃO DA RUA "BC", LOCALIZADA NO BAIRRO SEAC</t>
   </si>
   <si>
     <t>9739</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9739/indicacao-164-2025-vilmar_do_seac-conclusao_da_obra_de_pavimentacao_da_rua_p_no_bairro_seac.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9739/indicacao-164-2025-vilmar_do_seac-conclusao_da_obra_de_pavimentacao_da_rua_p_no_bairro_seac.pdf</t>
   </si>
   <si>
     <t>CONCLUSÃO DA OBRA DE PAVIMENTAÇÃO DA RUA "P", LOCALIZADA NO BAIRRO SEAC</t>
   </si>
   <si>
     <t>9740</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9740/indicacao-165-2025-wan_borges-manutencao_emtoda_extensao_da_rua_santa_ines_localizada_no_bairro_boa_vista.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9740/indicacao-165-2025-wan_borges-manutencao_emtoda_extensao_da_rua_santa_ines_localizada_no_bairro_boa_vista.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO EM TODA A EXTENSÃO DA RUA SANTA INÊS, LOCALIZADA NO BAIRRO BELA VISTA</t>
   </si>
   <si>
     <t>9742</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9742/indicacao-167-2025-wanderlei_segantini-construcao_campo_soceity_na_comunididade_de_nova_lima_distrito_de_nestor_gomes_2.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9742/indicacao-167-2025-wanderlei_segantini-construcao_campo_soceity_na_comunididade_de_nova_lima_distrito_de_nestor_gomes_2.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM REDUTOR DE VELOCIDADE (QUEBRA-MOLA) NA RUA PRINCIPAL (ATRÁS DA UNIDADE BÁSICA DE SAÚDE), LOCALIZADA NA COMUNIDADE DE SANTA MARIA, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>9744</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9744/indicacao-169-2025-wap_wap-pavimentacao_da_avenida_francisca_pereira_de_carvalho_lado_norte_localizada_em_guriri.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9744/indicacao-169-2025-wap_wap-pavimentacao_da_avenida_francisca_pereira_de_carvalho_lado_norte_localizada_em_guriri.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA AVENIDA FRANCISCA PEREIRA DE CARVALHO, LADO NORTE, LOCALIZADA NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>9745</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9745/indicacao-170-2025-wap_wap-pavimentacao_da_rua_22_lado_norte_bairro_guriri.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9745/indicacao-170-2025-wap_wap-pavimentacao_da_rua_22_lado_norte_bairro_guriri.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA 22, LADO NORTE, LOCALIZADA NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>9749</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>BRANCO DA PENAL</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9749/indicacao-171-2025_-branco_da_penal_recapeamento_asfaltico_da_rua_presidente_costa_e_silva_no_bairro_santo_antonio..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9749/indicacao-171-2025_-branco_da_penal_recapeamento_asfaltico_da_rua_presidente_costa_e_silva_no_bairro_santo_antonio..pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO DA RUA PRESIDENTE COSTA E SILVA, NO BAIRRO SANTO ANTÔNIO</t>
   </si>
   <si>
     <t>9755</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9755/indicacao-177-2025-isamara_da_farmacia-desapropiacao_de_uma_area_equivalente_a_oitocentos_metros_quadrados_no_bairro_caicaras_em_frente_ao_ceim_santo_antonio.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9755/indicacao-177-2025-isamara_da_farmacia-desapropiacao_de_uma_area_equivalente_a_oitocentos_metros_quadrados_no_bairro_caicaras_em_frente_ao_ceim_santo_antonio.pdf</t>
   </si>
   <si>
     <t>DESAPROPRIAÇÃO DE UMA ÁREA EQUIVALENTE A 800M2 (OITOCENTOS METROS QUADRADOS), EM FRENTE AO CEIM SANTO ANTÔNIO, BAIRRO CAIÇARAS</t>
   </si>
   <si>
     <t>9757</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9757/indicacao-179-2025-professora_valdirene_bernadino-calcamento_da_rua_jacinto_lopes_localizada_no_bairro_jambeiro.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9757/indicacao-179-2025-professora_valdirene_bernadino-calcamento_da_rua_jacinto_lopes_localizada_no_bairro_jambeiro.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA JACINTO LOPES, LOCALIZADA NO BAIRRO JAMBEIRO</t>
   </si>
   <si>
     <t>9758</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9758/indicacao-180-2025-professora_valdirene_bernadino-reparo_da_pavimentcao_da_rua_mateus_lindolfo_de_jesus_localizada_na_bairro_boa_vista.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9758/indicacao-180-2025-professora_valdirene_bernadino-reparo_da_pavimentcao_da_rua_mateus_lindolfo_de_jesus_localizada_na_bairro_boa_vista.pdf</t>
   </si>
   <si>
     <t>REPARO DA PAVIMENTAÇÃO DA RUA MATEUS LINDOLFO DE JESUS, LOCALIZADA NO BAIRRO BOA VISTA</t>
   </si>
   <si>
     <t>9759</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9759/indicacao-181-2025-raphael_barboza-construcao_de_muro_e_de_uma_calcada_na_area_externa_da_associacao_de_artesanatos_e_comidas_tipicas_do_balneario_de_guriri-arcotisam.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9759/indicacao-181-2025-raphael_barboza-construcao_de_muro_e_de_uma_calcada_na_area_externa_da_associacao_de_artesanatos_e_comidas_tipicas_do_balneario_de_guriri-arcotisam.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE MURO E DE UMA CALÇADA NA ÁREA EXTERNA DA ASSOCIAÇÃO DE ARTESÃOS E COMIDAS TÍPICAS DO BALNEÁRIO DE GURIRI - ARCOTISAM, DO MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>9761</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9761/indicacao-183-2025-schaeffer-calcamento_da_rua_do_machado_localizado_nova_aymores_distrito_nrstor_gomes.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9761/indicacao-183-2025-schaeffer-calcamento_da_rua_do_machado_localizado_nova_aymores_distrito_nrstor_gomes.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA DO MACHADO, LOCALIZADA NA COMUNIDADE NOVA AYMORÉS (KM 35), DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>9762</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>SCHAEFFER, BRANCO DA PENAL</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9762/indicacao-184-2025-schaeffer-construcao_do_corrimao_e_reforma_da_ponte_da_cachoeira_do_cravo.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9762/indicacao-184-2025-schaeffer-construcao_do_corrimao_e_reforma_da_ponte_da_cachoeira_do_cravo.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CORRIMÃO E REFORMA DA PONTE DA CACHOEIRA DO CRAVO, LOCALIZADA NO KM 41, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>9788</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9788/indicacao-200-2025-isamara_da_farmacia-calcamento_da_rua_sao_rafael_localizada_no_bairro_morada_do_lago.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9788/indicacao-200-2025-isamara_da_farmacia-calcamento_da_rua_sao_rafael_localizada_no_bairro_morada_do_lago.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA SÃO RAFAEL, LOCALIZADA NO BAIRRO MORADA DO LAGO</t>
   </si>
   <si>
     <t>9789</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9789/indicacao-201-2025-professora_valdirene_bernadino-construcao_de_uma_capela_mortuaria_em_area_publica_ja_existente_no_bairro_guriri.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9789/indicacao-201-2025-professora_valdirene_bernadino-construcao_de_uma_capela_mortuaria_em_area_publica_ja_existente_no_bairro_guriri.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA CAPELA MORTUÁRIA, EM ÁREA PÚBLICA JÁ EXISTENTE, LOCALIZADA NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>9793</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9793/indicacao-205-2025-schaeffer-calcamento_da_rua_beira_rio_na_comunidade_nova_aymores_km_35no_distrito_de_nestor_gomes.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9793/indicacao-205-2025-schaeffer-calcamento_da_rua_beira_rio_na_comunidade_nova_aymores_km_35no_distrito_de_nestor_gomes.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA BEIRA RIO, LOCALIZADA NA COMUNIDADE NOVA AYMORÉS (KM 35), DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>9796</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9796/indicacao-208-2025-vilmar_do_seac-calcamento_rural_interligando_a_comunidade_sao_jose_ao_distrito_de_nativo_de_barra_nova.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9796/indicacao-208-2025-vilmar_do_seac-calcamento_rural_interligando_a_comunidade_sao_jose_ao_distrito_de_nativo_de_barra_nova.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO RURAL NA COMUNIDADE SÃO JOSÉ, LOCALIZADA NO DISTRITO DO NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>9798</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9798/indicacao-210-2025-wan_borges-drenagem_pluvial_e_calcamento_da_rua_alberto_sartorio_localizado_no_bairro_litoraneo.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9798/indicacao-210-2025-wan_borges-drenagem_pluvial_e_calcamento_da_rua_alberto_sartorio_localizado_no_bairro_litoraneo.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO COM DRENAGEM PLUVIAL DA RUA ALBERTO SARTÓRIO, LOCALIZADA NO BAIRRO LITORÂNEO</t>
   </si>
   <si>
     <t>9813</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9813/indicacao-216-2025_-branco_da_penalconstrucao_de_barragem_no_corrego_bamburral_localizado_no_municipio_de_sao_mateus_..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9813/indicacao-216-2025_-branco_da_penalconstrucao_de_barragem_no_corrego_bamburral_localizado_no_municipio_de_sao_mateus_..pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE BARRAGEM NO CÓRREGO BAMBURRAL, COM A FINALIDADE DE ABASTECER O MUNICÍPIO DE SÃO MATEUS, NO PERÍODO DE CRISE HÍDRICA</t>
   </si>
   <si>
     <t>9818</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9818/indicacao-221-2025-isamara_da_farmacia-calcamento_da_rua_otto_alveslocalizada_no_bairro_bela_vista..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9818/indicacao-221-2025-isamara_da_farmacia-calcamento_da_rua_otto_alveslocalizada_no_bairro_bela_vista..pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA OTTO ALVES, LOCALIZADA NO BAIRRO BELA VISTA</t>
   </si>
   <si>
     <t>9819</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9819/indicacao-222-2025-isamara_da_farmacia-pavimentacao_da_avenida_do_contornolocalizada_no_bairro_caicaras.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9819/indicacao-222-2025-isamara_da_farmacia-pavimentacao_da_avenida_do_contornolocalizada_no_bairro_caicaras.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA AVENIDA DO CONTORNO, LOCALIZADA NO BAIRRO CAIÇARAS</t>
   </si>
   <si>
     <t>9821</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9821/indicacao-224-2025-professora_valdirene_bernadino-reforma_da_escadaria_de_acesso_a_biquinha_e_instalacao_de_corrimao_situada_no_bairro_vila_nova..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9821/indicacao-224-2025-professora_valdirene_bernadino-reforma_da_escadaria_de_acesso_a_biquinha_e_instalacao_de_corrimao_situada_no_bairro_vila_nova..pdf</t>
   </si>
   <si>
     <t>REFORMA E INSTALAÇÃO DE CORRIMÃO NA ESCADARIA DE ACESSO A BIQUINHA, SITUADA NO BAIRRO VILA NOVA</t>
   </si>
   <si>
     <t>9828</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>WAN BORGES, VILMAR DO SEAC</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9828/indicacao-231-2025-wan_borges-encascalhamento_da_rua_blumenau_localizada_no_bairro_nova_era.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9828/indicacao-231-2025-wan_borges-encascalhamento_da_rua_blumenau_localizada_no_bairro_nova_era.pdf</t>
   </si>
   <si>
     <t>ENCASCALHAMENTO DA RUA BLUMENAU, LOCALIZADA NO BAIRRO NOVA ERA</t>
   </si>
   <si>
     <t>9831</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9831/indicacao-234-2025-wanderlei_segantini-conclusao_da_obra_de_pavimentacao_da_rua_castro_alves_ao_loteamento_village_localiada_no_bairro_litoraneo.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9831/indicacao-234-2025-wanderlei_segantini-conclusao_da_obra_de_pavimentacao_da_rua_castro_alves_ao_loteamento_village_localiada_no_bairro_litoraneo.pdf</t>
   </si>
   <si>
     <t>CONCLUSÃO DA OBRA DE PAVIMENTAÇÃO DA RUA CASTRO ALVES AO LOTEAMENTO VILLAGE, LOCALIZADA NO BAIRRO LITORÂNEO</t>
   </si>
   <si>
     <t>9832</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9832/indicacao-235-2025-wap_wap-macrodrenagem_no_bairro_rio_preto_e_vargem_grande.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9832/indicacao-235-2025-wap_wap-macrodrenagem_no_bairro_rio_preto_e_vargem_grande.pdf</t>
   </si>
   <si>
     <t>ELABORAÇÃO DE PROJETO PARA IMPLEMENTAÇÃO DE SISTEMA DE MACRODRENAGEM DA COMUNIDADE RIO PRETO, DISTRITO DO NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>9852</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9852/indicacao-241-2025-isael_aguilar-pavimentacao_asfaltica_da_rodovia_municpal_que_liga_a_comunidade_nova_lima_a_comunidade_santa_maria-distrito_de_itauninhas.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9852/indicacao-241-2025-isael_aguilar-pavimentacao_asfaltica_da_rodovia_municpal_que_liga_a_comunidade_nova_lima_a_comunidade_santa_maria-distrito_de_itauninhas.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA DA ESTRADA QUE LIGA AS COMUNIDADES DE NOVA LIMA E SANTA MARIA, PASSANDO PELAS COMUNIDADES CÓRREGO CACIMBA E SÃO DOMINGOS ATÉ A RODOVIA ES-315 (PRÓXIMO AO BAR DO ALCIDES), LOCALIZADA NO DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>9853</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9853/indicacao-242-2025-isael_aguilar-pavimentacao_asfaltica_da_rodovia_municipal_que_liga_a_comunidade_de_dilo_barbosa_passando_pela_comunidade_do_chiado_contendasmorro_do_nazario_ate_a_es_315.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9853/indicacao-242-2025-isael_aguilar-pavimentacao_asfaltica_da_rodovia_municipal_que_liga_a_comunidade_de_dilo_barbosa_passando_pela_comunidade_do_chiado_contendasmorro_do_nazario_ate_a_es_315.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA DA ESTRADA QUE LIGA A COMUNIDADE DE DILÔ BARBOSA, PASSANDO PELAS COMUNIDADES DO CHIADO, CONTENDAS, MORRO DO NAZÁRIO ATÉ A RODOVIA ES-315 (PRÓXIMO AO BAR DO ESTRELINHA), LOCALIZADA NO DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>9858</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9858/indicacao-247-2025-raphael_barboza-calcamento_da_rua_braunalocalizada_no_bairro_san_remo.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9858/indicacao-247-2025-raphael_barboza-calcamento_da_rua_braunalocalizada_no_bairro_san_remo.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA BRAÚNA, LOCALIZADA NO BAIRRO SAN REMO</t>
   </si>
   <si>
     <t>9859</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9859/indicacao-248-2025-raphael_barboza-_calcamento_da_rua_oswaldo_manoel_pimenta_ramos_localizada_no_bairro_guriri_sul.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9859/indicacao-248-2025-raphael_barboza-_calcamento_da_rua_oswaldo_manoel_pimenta_ramos_localizada_no_bairro_guriri_sul.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA OSWALDO MANOEL PIMENTA RAMOS, LOCALIZDA NO BAIRRO GURIRI SUL</t>
   </si>
   <si>
     <t>9860</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9860/indicacao-249-2025-schaeffer-aquisicao_de_terreno_para_construcao_de_um_cemiterio_na_comunidade_nova_aymores_km_35_distrito_de_nestor_gomes..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9860/indicacao-249-2025-schaeffer-aquisicao_de_terreno_para_construcao_de_um_cemiterio_na_comunidade_nova_aymores_km_35_distrito_de_nestor_gomes..pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE TERRENO E CONSTRUÇÃO DE UM CEMITÉRIO, NA COMUNIDADE NOVA AYMORÉS, KM 35, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>9862</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9862/indicacao-251-2025-vilmar_do_seac-encascalhamento_da_rua_chapeco_no_bairro_nova_era..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9862/indicacao-251-2025-vilmar_do_seac-encascalhamento_da_rua_chapeco_no_bairro_nova_era..pdf</t>
   </si>
   <si>
     <t>ENCASCALHAMENTO DA RUA CHAPECÓ, NO BAIRRO NOVA ERA</t>
   </si>
   <si>
     <t>9863</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9863/indicacao-252-2025-vilmar_do_seac-limpeza_e_reabertura_da_avenida_portugalque_liga_o_bairro_novo_horizonte_ao_bairro_nova_sao_mateus.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9863/indicacao-252-2025-vilmar_do_seac-limpeza_e_reabertura_da_avenida_portugalque_liga_o_bairro_novo_horizonte_ao_bairro_nova_sao_mateus.pdf</t>
   </si>
   <si>
     <t>LIMPEZA, RETIRADA DE ENTULHOS E REABERTURA DA RUA QUE LIGA A AVENIDA PORTUGAL, NO BAIRRO NOVO HORIZONTE AO BAIRRO NOVA SÃO MATEUS</t>
   </si>
   <si>
     <t>9866</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9866/indicacao-255-2025-wanderlei_segantini-limpeza_e_capina_das_ruas_na_comunidade_de_santa_maria_distrito_de_itauniuas..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9866/indicacao-255-2025-wanderlei_segantini-limpeza_e_capina_das_ruas_na_comunidade_de_santa_maria_distrito_de_itauniuas..pdf</t>
   </si>
   <si>
     <t>LIMPEZA E CAPINA DAS RUAS, LOCALIZADAS NA COMUNIDADE DE SANTA MARIA, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>9867</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9867/indicacao-256-2025-wanderlei_segantini-limpeza_e_capina_das_ruas_na_comunidade_de_santa_maria_distrito_de_itauniuas..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9867/indicacao-256-2025-wanderlei_segantini-limpeza_e_capina_das_ruas_na_comunidade_de_santa_maria_distrito_de_itauniuas..pdf</t>
   </si>
   <si>
     <t>PATROLAMENTO E COMPACTAÇÃO DAAS RUAS, LOCALIZADAS NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>9872</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9872/indicacao-259-2025-branco_da_penal-calcamento_da_rua_ype_localizada_no_km_28_distrito_de_nestor_gomes..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9872/indicacao-259-2025-branco_da_penal-calcamento_da_rua_ype_localizada_no_km_28_distrito_de_nestor_gomes..pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA IPÊ, LOCALIZADA NO KM 28, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>9874</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9874/indicacao-261-2025-cristiano_balanga-pavimentacaoaproximadamente_25_quilometroscom_inicio_no_termino_do_asfalto_do_bairro_aroeira_ate_o_ponto_final_do_onibus.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9874/indicacao-261-2025-cristiano_balanga-pavimentacaoaproximadamente_25_quilometroscom_inicio_no_termino_do_asfalto_do_bairro_aroeira_ate_o_ponto_final_do_onibus.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO (APROXIMADAMENTE 2,5 QUILÔMETROS), COM INÍCIO NO TÉRMINO DO ASFALTO DO BAIRRO AROEIRA, NA ESTRADA SENTIDO A COMUNIDADE CÓRREGO GRANDE</t>
   </si>
   <si>
     <t>9880</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9880/indicacao-267-2025-professora_valdirene_bernadino-calcamento_da_rua_linhares_localizada_no_bairro_guriri_sul..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9880/indicacao-267-2025-professora_valdirene_bernadino-calcamento_da_rua_linhares_localizada_no_bairro_guriri_sul..pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA LINHARES, UMA DAS RUAS QUE DÁ ACESSO À ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL - EMEF "OURO NEGRO", LADO SUL, LOCALIZADA NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>9882</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9882/indicacao-269-2025-raphael_barboza-calcamento_da_rua_sao_gabriel_localizada_na_comunidade_rio_preto_distrito_do_nativo_de_barra_nova.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9882/indicacao-269-2025-raphael_barboza-calcamento_da_rua_sao_gabriel_localizada_na_comunidade_rio_preto_distrito_do_nativo_de_barra_nova.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA SÃO GABRIEL (AO LADO DA EMEF RIO PRETO), LOCALIZADA NA COMUNIDADE RIO PRETO, DISTRITO DO NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>9885</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9885/indicacao-272-2025-vilmar_do_seac-calcamento_da_rua_laranjeira_bairro_aroeira..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9885/indicacao-272-2025-vilmar_do_seac-calcamento_da_rua_laranjeira_bairro_aroeira..pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA LARANJEIRA, LOCALIZADA NO BAIRRO AROEIRA</t>
   </si>
   <si>
     <t>9886</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9886/indicacao-273-2025-vilmar_do_seac-calcamento_da_rua_laranjeira_bairro_aroeira..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9886/indicacao-273-2025-vilmar_do_seac-calcamento_da_rua_laranjeira_bairro_aroeira..pdf</t>
   </si>
   <si>
     <t>TÉRMINO DO CALÇAMENTO DA RUA WILLIAN DA COSTA GONÇALVES, LOCALIZADA NO BAIRRO SEAC</t>
   </si>
   <si>
     <t>9887</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9887/indicacao-274-2025-wan_borges-encascalhamento_das_ladeiras_que_dao_acesso_ao_bairro_eldourado.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9887/indicacao-274-2025-wan_borges-encascalhamento_das_ladeiras_que_dao_acesso_ao_bairro_eldourado.pdf</t>
   </si>
   <si>
     <t>ENCASCALHAMENTO DAS LADEIRAS (RUA BROMÉLIA E RUA DÁLIA) QUE DÃO ACESSO AO BAIRRO EL'DOURADO</t>
   </si>
   <si>
     <t>9892</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9892/indicacao-279-2025-wap_wap-recapeamento_da_avenida_vitoria_na_ladeira_que_liga_os_bairros_vila_nova_e_bairro_alvorada.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9892/indicacao-279-2025-wap_wap-recapeamento_da_avenida_vitoria_na_ladeira_que_liga_os_bairros_vila_nova_e_bairro_alvorada.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO DA AVENIDA VITÓRIA, NA LADEIRA QUE LIGA OS BAIRROS VILA NOVA E ALVORADA</t>
   </si>
   <si>
     <t>9895</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9895/indicacao-280-2025-branco_da_penal-calcamento_da_rua_ype_localizada_no_km_28_distrito_de_nestor_gomes..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9895/indicacao-280-2025-branco_da_penal-calcamento_da_rua_ype_localizada_no_km_28_distrito_de_nestor_gomes..pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA ESTRADA QUE DÁ ACESSO À ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL - EMEF "CÓRREGO DO MILANEZ", LOCALIZADA NO KM 28, NO  DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>9897</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9897/indicacao-282-2025-cristiano_balanga-construcao_de_banheiros_no_cemiterio_do_nativo_de_barra_nova_localizado_no_distrito_do_nativo_de_barra_nova.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9897/indicacao-282-2025-cristiano_balanga-construcao_de_banheiros_no_cemiterio_do_nativo_de_barra_nova_localizado_no_distrito_do_nativo_de_barra_nova.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE BANHEIROS PÚBLICOS (MASCULINO E FEMININO), NO CEMITÉRIO DA COMUNIDADE NATIVO DE BARRA NOVA, LOCALIZADO NO DISTRITO DE NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>9900</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9900/indicacao-285-2025-isael_aguilar-aquisicao_de_area_para_construcao_de_cemiterio_na_comunidade_nova_vistadistrito_de_itauninhas.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9900/indicacao-285-2025-isael_aguilar-aquisicao_de_area_para_construcao_de_cemiterio_na_comunidade_nova_vistadistrito_de_itauninhas.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE ÁREA PARA CONSTRUÇÃO DE CEMITÉRIO NA COMUNIDADE NOVA VISTA, LOCALIZADA NO DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>9901</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9901/indicacao-286-2025-isamara_da_farmacia-recapeamento_asfaltico_da_avenida_do_ipes_no_parque_das_brisas.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9901/indicacao-286-2025-isamara_da_farmacia-recapeamento_asfaltico_da_avenida_do_ipes_no_parque_das_brisas.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO DA AVENIDA DOS IPÊS, NO LOTEAMENTO PARQUE DAS BRISAS, LOCALIZADO NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>9902</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9902/indicacao-287-2025-isamara_da_farmacia-construcao_de_uma_nova_ponte_na_comunidade_de_serrinha-distrito_de_nova_verona.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9902/indicacao-287-2025-isamara_da_farmacia-construcao_de_uma_nova_ponte_na_comunidade_de_serrinha-distrito_de_nova_verona.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA NOVA PONTA NA COMUNIDADE DE SERRINHA, LOCALIZADA NO DISTRITO DE NOVA VERONA</t>
   </si>
   <si>
     <t>9904</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9904/indicacao-289-2025-professora_valdirene_bernadino-calcamento_da_rua_nova_venecialocalizada_em_guriri.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9904/indicacao-289-2025-professora_valdirene_bernadino-calcamento_da_rua_nova_venecialocalizada_em_guriri.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA NOVA VENÉCIA, LOCALIZADA NO BAIRRO GURIRI, LADO SUL</t>
   </si>
   <si>
     <t>9905</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9905/indicacao-290-2025-raphael_barboza-calcamento_da_rua_bariloche_no_bairro_carapina.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9905/indicacao-290-2025-raphael_barboza-calcamento_da_rua_bariloche_no_bairro_carapina.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA BARILOCHE, LOCALIZADA NO BAIRRO CARAPINA</t>
   </si>
   <si>
     <t>9906</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9906/indicacao-291-2025-raphael_barboza-calcamento_da_rua_uruguaina_localizada_no_bairro_carapina.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9906/indicacao-291-2025-raphael_barboza-calcamento_da_rua_uruguaina_localizada_no_bairro_carapina.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA URUGUAIANA, LOCALIZADA NO BAIRRO CARAPINA</t>
   </si>
   <si>
     <t>9908</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9908/indicacao-293-2025-schaeffer-pavimentacao_das_ruas_da_comunidade_maria_preta_localizada_no_km_41_distrito_de_nestor_gomes.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9908/indicacao-293-2025-schaeffer-pavimentacao_das_ruas_da_comunidade_maria_preta_localizada_no_km_41_distrito_de_nestor_gomes.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DAS RUAS DA COMUNIDADE MARIA PRETA, LOCALIZADA NO KM 41, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>9909</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9909/indicacao-294-2025-vilmar_do_seac-manilhamento_e_instalacao_de_guarda-corpo_na_estrada_da_gameleira_no_distrito_do__nativo_de_barra_nova..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9909/indicacao-294-2025-vilmar_do_seac-manilhamento_e_instalacao_de_guarda-corpo_na_estrada_da_gameleira_no_distrito_do__nativo_de_barra_nova..pdf</t>
   </si>
   <si>
     <t>MANILHAMENTO E INSTALAÇÃO DE GUARDA-CORPO NA ESTRADA DA GAMELEIRA, NO DISTRITO DO NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>9910</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9910/indicacao-295-2025-vilmar_do_seac-termino_do_calcamento_da_rua_sao_benedito.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9910/indicacao-295-2025-vilmar_do_seac-termino_do_calcamento_da_rua_sao_benedito.pdf</t>
   </si>
   <si>
     <t>TÉRMINO DO CALÇAMENTO DA RUA SÃO BENEDITO (NAS IMEDIAÇÕES DA BASE DA EMPRESA HALLIBURTON ATÉ A RUA SÃO DOMINGOS DO NORTE), LOCALIZAD ANO BAIRRO RODOCON</t>
   </si>
   <si>
     <t>9911</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9911/indicacao-296-2025-wan_borges-recapeamento_asfaltico_em_todas_as_ruas_do_bairro_morada_do_ribeirao..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9911/indicacao-296-2025-wan_borges-recapeamento_asfaltico_em_todas_as_ruas_do_bairro_morada_do_ribeirao..pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO EM TODAS AS RUAS, LOCALIZADAS NO BAIRRO MORADA DO RIBEIRÃO</t>
   </si>
   <si>
     <t>9912</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9912/indicacao-297-2025-wan_borges-calcamento_da_rua_projetada_localizada_no_bairro_cohab..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9912/indicacao-297-2025-wan_borges-calcamento_da_rua_projetada_localizada_no_bairro_cohab..pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA PROJETADA (NOS FUNDOS DA EMEF - DR "ARNÓBIO ALVES DE HOLANDA"), LOCALIZADA NO BAIRRO COHAB</t>
   </si>
   <si>
     <t>9914</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9914/indicacao-299-2025-wanderlei_segantini-limpeza_do_patio_e_podagem_das_arvores_da_escola_pluridocente_municipal_antonio_lima.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9914/indicacao-299-2025-wanderlei_segantini-limpeza_do_patio_e_podagem_das_arvores_da_escola_pluridocente_municipal_antonio_lima.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DO PÁTIO E PODAGEM DAS ÁRVORES DA ESCOLA PLURIDOCENTE MUNICIPAL - EPM "ANTÔNIO LIMA", LOCALIZADA NA COMUNIDADE CÓRREGO GRANDE, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>9916</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9916/indicacao-301-2025-wap_wap-calcamento_de_toda_a_extensao_da_rua_professor_amaro_nascimento_mendes_antiga_rua_07_lado_sul_no_bairro_guriri..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9916/indicacao-301-2025-wap_wap-calcamento_de_toda_a_extensao_da_rua_professor_amaro_nascimento_mendes_antiga_rua_07_lado_sul_no_bairro_guriri..pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DE TODA A EXTENSÃO DA RUA PROFESSOR AMARO NASCIMENTO MENDES (ANTIGA RUA 07), LADO SUL, LOCALIZADA NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>9927</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9927/indicacao-304-2025-cristiano_balanga-recapeamento_asfaltico_em_todo_bairro_santa_tereza.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9927/indicacao-304-2025-cristiano_balanga-recapeamento_asfaltico_em_todo_bairro_santa_tereza.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO EM TODAS AS RUAS, LOCALIZADAS NO BAIRRO SANTA TERESA</t>
   </si>
   <si>
     <t>9930</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9930/indicacao-307-2025-isamara_da_farmacia-pavimentacao_asfaltica_e_instalacao_de_redutores_de_velocidade_quebra_molas_na_rua_sao_joao_no_bairro_santo_antonio.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9930/indicacao-307-2025-isamara_da_farmacia-pavimentacao_asfaltica_e_instalacao_de_redutores_de_velocidade_quebra_molas_na_rua_sao_joao_no_bairro_santo_antonio.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA E INSTALAÇÃO DE REDUTORES DE VELOCIDADE (QUEBRA-MOLAS), NA RUA SÃO JOÃO, LOCALIZADA NO BAIRRO SANTO ANTÔNIO</t>
   </si>
   <si>
     <t>9931</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9931/indicacao-308-2025-isamara_da_farmacia-calcamento_da_rua_13_localizada_no_bairro_bom_sucesso_ii.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9931/indicacao-308-2025-isamara_da_farmacia-calcamento_da_rua_13_localizada_no_bairro_bom_sucesso_ii.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA 13, LOCALIZADA NO BAIRRO BOM SUCESSO II</t>
   </si>
   <si>
     <t>9934</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9934/indicacao-311-2025-raphael_barboza-recapeamento_asfaltico_na_rua_italia_na_descida_da_farinheira_localizada_no_bairro_novo_horizonte..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9934/indicacao-311-2025-raphael_barboza-recapeamento_asfaltico_na_rua_italia_na_descida_da_farinheira_localizada_no_bairro_novo_horizonte..pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO NA RUA ITÁLIA (NA DESCIDA DA FARINHEIRA), LOCALIZADA NO BAIRRO NOVO HORIZONTE</t>
   </si>
   <si>
     <t>9935</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9935/indicacao-312-2025-raphael_barboza-recapeamento_asfaltico_na_avenida_franca_na_descida_do_joka_autopecas_localizada_no_bairro_novo_horizonte..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9935/indicacao-312-2025-raphael_barboza-recapeamento_asfaltico_na_avenida_franca_na_descida_do_joka_autopecas_localizada_no_bairro_novo_horizonte..pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO NA AVENIDA FRANÇA (NA DESCIDA DO ANTIGO JOKA AUTOPEÇAS), LOCALIZADA NO BAIRRO NOVO HORIZONTE</t>
   </si>
   <si>
     <t>9936</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9936/indicacao-313-2025-schaeffer-calcamento_da_rua_capixaba.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9936/indicacao-313-2025-schaeffer-calcamento_da_rua_capixaba.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA CAPIXABA, NA VILA DO KM 30, ÀS MARGENS DA RODOVIA BR-381, LOCALIZADA NO DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>9938</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9938/indicacao-315-2025-vilmar_do_seac-calcamento_da_rua_sao_januario_localizada_no_bairro_carapina.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9938/indicacao-315-2025-vilmar_do_seac-calcamento_da_rua_sao_januario_localizada_no_bairro_carapina.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA SÃO JANUÁRIO (ANTIGA RUA JOSÉ RISSO - PRÓXIMO A UPA), LOCALIZADA NO BAIRRO CARAPINA</t>
   </si>
   <si>
     <t>9939</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9939/indicacao-316-2025-vilmar_do_seac-instalacao_de_dois_redutores_de_velocidade_na_avenida_amocim_leite_no_bairro_jacui.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9939/indicacao-316-2025-vilmar_do_seac-instalacao_de_dois_redutores_de_velocidade_na_avenida_amocim_leite_no_bairro_jacui.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE DOIS REDUTORES DE VELOCIDADE (QUEBRA-MOLAS) NA AVENIDA AMOCIM LEITE (NAS PROXIMIDADES DA ROTATÓRIA DO BAIRRO JACUÍ), LOCALIZADA NO BAIRRO JACUÍ</t>
   </si>
   <si>
     <t>9940</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9940/indicacao-317-2025-wan_borges-limpeza_do_valao_da_rua_10_localizada_no_bairro_morada_do_ribeirao..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9940/indicacao-317-2025-wan_borges-limpeza_do_valao_da_rua_10_localizada_no_bairro_morada_do_ribeirao..pdf</t>
   </si>
   <si>
     <t>LIMPEZA DO VALÃO DA RUA 10, LOCALIZADA NO BAIRRO MORADA DO RIBEIRÃO</t>
   </si>
   <si>
     <t>9941</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9941/indicacao-318-2025-wan_borges-recapeamento_asfaltico_na_avenida_hernane_rufino_locaizada_no_bairro_pedra_dagua.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9941/indicacao-318-2025-wan_borges-recapeamento_asfaltico_na_avenida_hernane_rufino_locaizada_no_bairro_pedra_dagua.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO NA AVENIDA HERNANE RUFINO, LOCALIZADA NO BAIRRO PEDRA D'ÁGUA</t>
   </si>
   <si>
     <t>9955</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9955/indicacao-325-2025-cristiano_balanga-encascalhamento_e_reparo_de_buracos_na_estrada_que_da_acesso_a_comunidade_ilha_preta..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9955/indicacao-325-2025-cristiano_balanga-encascalhamento_e_reparo_de_buracos_na_estrada_que_da_acesso_a_comunidade_ilha_preta..pdf</t>
   </si>
   <si>
     <t>ENCASCALHAMENTO E REPARO DE BURACOS NA ESTRADA QUE DÁ ACESSO A COMUNIDADE ILHA PRETA, LOCALIZADA NO DISTRITO DO NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>9959</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9959/indicacao-329-2025-isamara_da_farmacia-instalacao_de_manilhas_para_esgotamento_pluvial_an_av_fernando_jogaibno_entrocamento_com_a_rua_casimiro_de_abreu.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9959/indicacao-329-2025-isamara_da_farmacia-instalacao_de_manilhas_para_esgotamento_pluvial_an_av_fernando_jogaibno_entrocamento_com_a_rua_casimiro_de_abreu.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE MANILHAS PARA ESGOTAMENTO PLUVIAL NA AVENIDA FERNANDO JOGAIB (CRUZAMENTO COM A RUA CASIMIRO DE ABREU), LOCALIZADA NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>9960</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9960/indicacao-330-2025-isamara_da_farmacia-calcamento_da_avenida_santo_andrelocalizada_no_bairro_morada_do_lago.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9960/indicacao-330-2025-isamara_da_farmacia-calcamento_da_avenida_santo_andrelocalizada_no_bairro_morada_do_lago.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA AVENIDA SANTO ANDRÉ, LOCALIZADA NO BAIRRO MORADA DO LAGO</t>
   </si>
   <si>
     <t>9964</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9964/indicacao-334-2025-raphael_barboza-calcamento_da_rua_pinheiros_localizada_no_bairro_guriri-lado_sul.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9964/indicacao-334-2025-raphael_barboza-calcamento_da_rua_pinheiros_localizada_no_bairro_guriri-lado_sul.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA PINHEIROS, LOCALIZADA NO BAIRRO GURIRI, LADO SUL</t>
   </si>
   <si>
     <t>9967</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9967/indicacao-337-2025-vilmar_do_seac-calcamento_da_rua_sao_januario_localizada_no_bairro_carapina.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9967/indicacao-337-2025-vilmar_do_seac-calcamento_da_rua_sao_januario_localizada_no_bairro_carapina.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA MERCÚRIO (RUA DA OAB), LOCALIZADA NO BAIRRO JAQUELINE</t>
   </si>
   <si>
     <t>9972</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9972/indicacao-342-2025-wanderlei_segantini-podagem_das_arvores_das_comunidades_de_sao_geraldo_nova_lima_e_itauninhas..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9972/indicacao-342-2025-wanderlei_segantini-podagem_das_arvores_das_comunidades_de_sao_geraldo_nova_lima_e_itauninhas..pdf</t>
   </si>
   <si>
     <t>PODAGEM DAS ÁRVORES DAS COMUNIDADES DE SÃO GERALDO, NOVA LIMA E ITAUNINHAS, LOCALIZADAS NO DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>9973</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9973/indicacao-343-2025-wap_wap-_calcamento_da_rua_40_localizada_no_bairro_guriri-norte.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9973/indicacao-343-2025-wap_wap-_calcamento_da_rua_40_localizada_no_bairro_guriri-norte.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA 40, LOCALIZADA NO BAIRRO GURIRI - LADO NORTE</t>
   </si>
   <si>
     <t>9989</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9989/indicacao-348-2025-cristiano_balanga-recapeamento_asfaltico_de_todas_as_ruas_do_bairro_vitoria..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9989/indicacao-348-2025-cristiano_balanga-recapeamento_asfaltico_de_todas_as_ruas_do_bairro_vitoria..pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO DE TODAS AS RUAS DO BAIRRO VITÓRIA</t>
   </si>
   <si>
     <t>9992</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9992/indicacao-351-2025-isamara_da_farmacia-recuo_do_ponto_de_onibus_localizado_na_avenida_jose_tozze_co_centor_de_sao_mateus-es.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9992/indicacao-351-2025-isamara_da_farmacia-recuo_do_ponto_de_onibus_localizado_na_avenida_jose_tozze_co_centor_de_sao_mateus-es.pdf</t>
   </si>
   <si>
     <t>RECUO DO PONTO DE ÔNIBUS, LOCALIZADO NA AVENIDA JOSÉ TOZZI, ANEXO A PRAÇA MESQUITA NETO NO CENTRO DE SÃO MATEUS/ES</t>
   </si>
   <si>
     <t>9996</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>RAPHAEL BARBOZA, WAP WAP</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9996/indicacao-355-2025-raphael_barboza-calcamento_da_lateral_do_campo_de_futebol_do_botafogolocalizado_no_bairro_vila_nova.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9996/indicacao-355-2025-raphael_barboza-calcamento_da_lateral_do_campo_de_futebol_do_botafogolocalizado_no_bairro_vila_nova.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA LATERAL DO CAMPO DE FUTEBOL DO BOTAFOGO, LOCALIZADO NO BAIRRO VILA NOVA</t>
   </si>
   <si>
     <t>9997</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9997/indicacao-356-2025-raphael_barboza-reforma_e_instalacao_de_novos_pontos_de_onibus_em_todo_municipio_de_sao_mateus.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9997/indicacao-356-2025-raphael_barboza-reforma_e_instalacao_de_novos_pontos_de_onibus_em_todo_municipio_de_sao_mateus.pdf</t>
   </si>
   <si>
     <t>REFORMA DOS ABRIGOS E INSTALAÇÃO DE NOVOS PONTOS DE ÔNIBUS EM TODA ZONA URBANA, NO MUNICÍPIO DE SÃO MATEUS/ES</t>
   </si>
   <si>
     <t>10003</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10003/indicacao-362-2025-wan_borges-manilhamento_na_avenida_amocim_leite_no_trecho_apos_o_residencial_golden_garden..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10003/indicacao-362-2025-wan_borges-manilhamento_na_avenida_amocim_leite_no_trecho_apos_o_residencial_golden_garden..pdf</t>
   </si>
   <si>
     <t>MANILHAMENTO DA AVENIDA AMOCIM LEITE, NO TRECHO LOCALIZADO APÓS O RESIDENCIAL GOLDEN GARDEN, SENTIDO BAIRRO PEDRA D'ÁGUA</t>
   </si>
   <si>
     <t>10005</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10005/indicacao-364-2025-wanderlei_segantini-reforma_dos_pontos_de_onibus_nas_comunidades_de_nova_lima_sao_geraldo_e_iatuninhas..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10005/indicacao-364-2025-wanderlei_segantini-reforma_dos_pontos_de_onibus_nas_comunidades_de_nova_lima_sao_geraldo_e_iatuninhas..pdf</t>
   </si>
   <si>
     <t>REFORMA DOS ABRIGOS DOS PONTOS DE ÔNIBUS EM TODA ZONA RURAL, NO MUNICÍPIO DE SÃO MATEUS/ES</t>
   </si>
   <si>
     <t>10006</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10006/indicacao-365-2025-wap_wap-revitalizacao_da_feira_livre__com_construcao_de_um_local_para_guardar_as_barracas_e_banheiros_para_atender_os_feirantes_no_bairro_inocoop.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10006/indicacao-365-2025-wap_wap-revitalizacao_da_feira_livre__com_construcao_de_um_local_para_guardar_as_barracas_e_banheiros_para_atender_os_feirantes_no_bairro_inocoop.pdf</t>
   </si>
   <si>
     <t>REVITALIZAÇÃO DA FEIRA LIVRE E CONSTRUÇÃO DE UMA SALA COM BANHEIRO, EM ÁREA PÚBLICA JÁ EXISTENTE PARA GUARDAR AS BARRACAS E ATENDER OS FEIRANTES, NO BAIRRO INOCOOP</t>
   </si>
   <si>
     <t>10015</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10015/indicacao-367-2025-branco_da_penal-reforma_e_ampliacao_da_salas_de_aula_dilo_barbosa.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10015/indicacao-367-2025-branco_da_penal-reforma_e_ampliacao_da_salas_de_aula_dilo_barbosa.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO DE TODAS AS RUAS DO LOTEAMENTO PARQUE DAS BRISAS, LOCALIZADO NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>10017</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10017/indicacao-369-2025-cristiano_balanga-calcamento_da_rua_geraldo_pintolocalizada_no_bairro_guriri.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10017/indicacao-369-2025-cristiano_balanga-calcamento_da_rua_geraldo_pintolocalizada_no_bairro_guriri.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA GERALDO PINTO, LOCALIZADA NO BAIRRO GURIRI - LADO NORTE</t>
   </si>
   <si>
     <t>10018</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10018/indicacao-370-2025-cristiano_balanga-calcamento_da_avenida_posto_da_matalocalizada_no_bairro_liberdade.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10018/indicacao-370-2025-cristiano_balanga-calcamento_da_avenida_posto_da_matalocalizada_no_bairro_liberdade.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA AVENIDA POSTO DA MATA, LOCALIZADA NO BAIRRO LIBERDADE</t>
   </si>
   <si>
     <t>10025</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10025/indicacao-377-2025-raphael_barboza-limpeza_e_poda_do_canteiro_da_br_101.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10025/indicacao-377-2025-raphael_barboza-limpeza_e_poda_do_canteiro_da_br_101.pdf</t>
   </si>
   <si>
     <t>REVITALIZAÇÃO, LIMPEZA E PODA DO CANTEIRO CENTRAL DA BR-101, NO TRECHO QUE COMPREENDE O PERÍMETRO URBANO DO MUNICÍPIO DE SÃO MATEUS/ES</t>
   </si>
   <si>
     <t>10029</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10029/indicacao-381-2025-vilmar_do_seac-conclusao_da_obra_de_pavimentacao_da_rua_louro_no_bairro_cacique_ii.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10029/indicacao-381-2025-vilmar_do_seac-conclusao_da_obra_de_pavimentacao_da_rua_louro_no_bairro_cacique_ii.pdf</t>
   </si>
   <si>
     <t>CONCLUSÃO A OBRA DE PAVIMENTAÇÃO DA RUA LOURO, LOCALIZADA NO BAIRRO CACIQUE II</t>
   </si>
   <si>
     <t>10030</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10030/indicacao-382-2025-vilmar_do_seac-conclusao_da_obra_de_pavimentacao_da_rua_albino_negris_em_guriri.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10030/indicacao-382-2025-vilmar_do_seac-conclusao_da_obra_de_pavimentacao_da_rua_albino_negris_em_guriri.pdf</t>
   </si>
   <si>
     <t>CONCLUSÃO DA OBRA DE PAVIMENTAÇÃO DA RUA ALBINO NEGRIS (ANTIGA RUA 06), LOCALIZADA NO BAIRRO GURIRI - NORTE</t>
   </si>
   <si>
     <t>10036</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10036/indicacao-388-2025-wap_wap-retirada_de_entulhos_no_estadio_manoel_moreira_sobrinho.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10036/indicacao-388-2025-wap_wap-retirada_de_entulhos_no_estadio_manoel_moreira_sobrinho.pdf</t>
   </si>
   <si>
     <t>RETIRADA DE ENTULHO NO ESTÁDIO MANOEL MOREIRA SOBRINHO (O GIGANTE DO SERNAMBY), LOCALIZADO NO BAIRRO SERNAMBY</t>
   </si>
   <si>
     <t>10053</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10053/indicacao-403-2025-professora_valdirene-_obras_-aquisicao_e_instalacao_de_base_de_concreto_armado_para_caixa_dagua_de_20.000_litros.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10053/indicacao-403-2025-professora_valdirene-_obras_-aquisicao_e_instalacao_de_base_de_concreto_armado_para_caixa_dagua_de_20.000_litros.pdf</t>
   </si>
   <si>
     <t>APOIO FINANCEIRO A SECRETARIA MUNICIPAL DE OBRAS COM A FINALIDADE ESPECÍFICA PARA AQUISIÇÃO E INSTALAÇÃO DE BASE DE CONCRETO ARMADO COM MÍNIMO DE 08 (OITO) METROS PARA CAIXA D'ÁGUA DE 20.000 LITROS, PARA ATENDER A COMUNIDADE BEIRA RIO DO KM 23</t>
   </si>
   <si>
     <t>10054</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10054/indicacao-404-2025-branco_da_penal-recapeamento_asfaltico_de_todas_as_ruas_localizadas_no_bairro_santo_antonio._2.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10054/indicacao-404-2025-branco_da_penal-recapeamento_asfaltico_de_todas_as_ruas_localizadas_no_bairro_santo_antonio._2.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO DE TODAS AS RUAS, LOCALIZADAS NO BAIRRO SANTO ANTÔNIO</t>
   </si>
   <si>
     <t>10056</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10056/indicacao-406-2025-cristiano_balanga-construcao_de_sistema_de_rede_de_drenagem_pluvial_no_loteamento_eldorado.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10056/indicacao-406-2025-cristiano_balanga-construcao_de_sistema_de_rede_de_drenagem_pluvial_no_loteamento_eldorado.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE SISTEMA DE REDE DE DRENAGEM PLUVIAL NO LOTEAMENTO JARDIM ELDORADO, LOCALIZADO NO BAIRRO PEDRA D'ÁGUA</t>
   </si>
   <si>
     <t>10060</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10060/indicacao-410-2025-isamara_da_farmacia-calcamento_da_rua_jose_alencar_localizada_no_bairro_ayrton_senna.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10060/indicacao-410-2025-isamara_da_farmacia-calcamento_da_rua_jose_alencar_localizada_no_bairro_ayrton_senna.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA JOSÉ DE ALENCAR, LOCALIZADA NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>10064</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10064/indicacao-414-2025-raphael_barboza-recapeamento_asfaltico_de_toda_extensao_do_bairro_alvorada..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10064/indicacao-414-2025-raphael_barboza-recapeamento_asfaltico_de_toda_extensao_do_bairro_alvorada..pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO DE TODA EXTENSÃO DO BAIRRO ALVORADA</t>
   </si>
   <si>
     <t>10067</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10067/indicacao-417-2025-vilmar_do_seac-conclusao_da_obra_de_pavimentacao_da_rua_adriana_barbosa_caran_no_bairro_guriri_norte.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10067/indicacao-417-2025-vilmar_do_seac-conclusao_da_obra_de_pavimentacao_da_rua_adriana_barbosa_caran_no_bairro_guriri_norte.pdf</t>
   </si>
   <si>
     <t>CONCLUSÃO DA OBRA DE PAVIMENTAÇÃO DA RUA ADRIANA BARBOSA CARAN, LOCALIZADA NO BAIRRO GURIRI - NORTE</t>
   </si>
   <si>
     <t>10068</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10068/indicacao-418-2025-vilmar_do_seac-limpeza_e_manutencao_com_patrolamento_da_rua_p_no_bairro_seac..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10068/indicacao-418-2025-vilmar_do_seac-limpeza_e_manutencao_com_patrolamento_da_rua_p_no_bairro_seac..pdf</t>
   </si>
   <si>
     <t>LIMPEZA E MANUTENÇÃO COM PATROLAMENTO DA RUA "P" (PARTE DA RUA QUE ESTÁ SEM CALÇAMENTO), LOCALIZADA NO BAIRRO SEAC</t>
   </si>
   <si>
     <t>10069</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10069/indicacao-419-2025-wan_borges-calcamento_da_rua_joelmir_alves_de_almeidalocalizada_no_bairro_litoraneo.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10069/indicacao-419-2025-wan_borges-calcamento_da_rua_joelmir_alves_de_almeidalocalizada_no_bairro_litoraneo.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA JOELMIR ALVES DE ALMEIDA, LOCALIZADA NO BAIRRO LITORÂNEO</t>
   </si>
   <si>
     <t>10070</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10070/indicacao-420-2025-wan_borges-recapeamento_asfaltico_em_todas_as_ruas_localizadas_no_bairro_ribeirao.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10070/indicacao-420-2025-wan_borges-recapeamento_asfaltico_em_todas_as_ruas_localizadas_no_bairro_ribeirao.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO EM TODA AS RUAS, LOCALIZADAS NO BAIRRO RIBEIRÃO</t>
   </si>
   <si>
     <t>10071</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10071/indicacao-421-2025-wanderlei_segantini-limpeza_geral_e_podagem_das_arvores_de_todas_as_ruas_do_bairro_boa_vista..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10071/indicacao-421-2025-wanderlei_segantini-limpeza_geral_e_podagem_das_arvores_de_todas_as_ruas_do_bairro_boa_vista..pdf</t>
   </si>
   <si>
     <t>LIMPEZA GERAL E PODAGEM DAS ÁRVORES DE TODAS AS RUAS DO BAIRRO BOA VISTA</t>
   </si>
   <si>
     <t>10072</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10072/indicacao-422-2025-wanderlei_segantini-limpeza_geral_e_podagem_das_arvores_de_todas_as_ruas_do_bairro_guriri..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10072/indicacao-422-2025-wanderlei_segantini-limpeza_geral_e_podagem_das_arvores_de_todas_as_ruas_do_bairro_guriri..pdf</t>
   </si>
   <si>
     <t>LIMPEZA GERAL E PODAGEM DAS ÁRVORES DE TODAS AS RUAS DO BAIRRO GURIRI, LOCALIZADOS NO DISTRITO DO NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>10074</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10074/indicacao-424-2025-wap_wap-limpeza_do_terreno_ao_lado_do_campo_de_futebol_localizado_no_bairro_vila_nova..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10074/indicacao-424-2025-wap_wap-limpeza_do_terreno_ao_lado_do_campo_de_futebol_localizado_no_bairro_vila_nova..pdf</t>
   </si>
   <si>
     <t>LIMPEZA DO TERRENO AO LADO DO CAMPO DE FUTEBOL (ÀS MARGENS DA BR 101, ÁREA PRÓXIMA A ORVEL VEÍCULOS), LOCALIZADO NO BAIRRO VILA NOVA</t>
   </si>
   <si>
     <t>10083</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10083/indicacao-425-2025-branco_da_penal-aplicacao_de_revsol_em_todas_as_ruas_dos_bairros_caicaras_e_ayrton_sena..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10083/indicacao-425-2025-branco_da_penal-aplicacao_de_revsol_em_todas_as_ruas_dos_bairros_caicaras_e_ayrton_sena..pdf</t>
   </si>
   <si>
     <t>APLICAÇÃO DE REVSOL EM TODAS AS RUAS DOS BAIRROS CAIÇARAS E AYRTON SENNA</t>
   </si>
   <si>
     <t>10085</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10085/indicacao-427-2025-cristiano_balanga-calcamento_da_rua_antonio_cunha_filhoantiga_rua_30.localizada_no_bairro_guririlado_norte.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10085/indicacao-427-2025-cristiano_balanga-calcamento_da_rua_antonio_cunha_filhoantiga_rua_30.localizada_no_bairro_guririlado_norte.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA ANTÔNIO CUNHA FILHO (ANTIGA RUA 30), LOCALIZADA NO BAIRRO GURIRI - LADO NORTE</t>
   </si>
   <si>
     <t>10089</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10089/indicacao-431-2025-isamara_da_farmacia-implantacao_do_auxilio_reconstrucao_dedicado_as_vitimas_das_fortes_chuvas_do_municipio_de_sao_mateus-es.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10089/indicacao-431-2025-isamara_da_farmacia-implantacao_do_auxilio_reconstrucao_dedicado_as_vitimas_das_fortes_chuvas_do_municipio_de_sao_mateus-es.pdf</t>
   </si>
   <si>
     <t>VIABILIZAÇÃO DE INICIATIVA VISANDO A LIBERAÇÃO DE TERRENO ATUALMENTE PERTENCENTE À EMPRESA SUZANO PARA LIGAÇÃO VIÁRIA DA RUA BERLIM, LOCALIZADA NO BAIRRO NOVA SÃO MATEUS, COM A AVENIDA DOM JOSÉ DALVIT, LOCALIZADA NO BAIRRO SANTO ANTÔNIO</t>
   </si>
   <si>
     <t>10090</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10090/indicacao-432-2025-isamara_da_farmacia-calcamento_ruralaproximadamente_3_kmna_comunidade_corrego_do_piqui_distrito_do_nativo_de_barra_nova.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10090/indicacao-432-2025-isamara_da_farmacia-calcamento_ruralaproximadamente_3_kmna_comunidade_corrego_do_piqui_distrito_do_nativo_de_barra_nova.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO RURAL (APROXIMADAMENTE 3 QUILÔMETROS) NA COMUNIDADE CÓRREGO FDO PIQUI, LOCALIZADA NO DISTRITO DO NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>10097</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10097/indicacao-439-2025-vilmar_do_seac-obra_de_pavimentacao_asfaltica_na_avenida_karina_no_bairro_seac..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10097/indicacao-439-2025-vilmar_do_seac-obra_de_pavimentacao_asfaltica_na_avenida_karina_no_bairro_seac..pdf</t>
   </si>
   <si>
     <t>OBRA DE PAVIMENTAÇÃO ASFÁLTICA COM SINALIZAÇÃO ADEQUADRA E CICLOVIA COM A ACESSIBILIDADE EM TODA A EXTENSÃO DA AVENIDA KARINA, LOCALIZADA NO BAIRRO SEAC</t>
   </si>
   <si>
     <t>10098</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10098/indicacao-440-2025-vilmar_do_seac-obra_de_pavimentacao_na_rua_arnobio_alves_de_holanda_no_bairro_centro..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10098/indicacao-440-2025-vilmar_do_seac-obra_de_pavimentacao_na_rua_arnobio_alves_de_holanda_no_bairro_centro..pdf</t>
   </si>
   <si>
     <t>OBRA DE PAVIMENTAÇÃO DA RUA ARNÓBIO ALVES DE HOLANDA (INTERLIGANDO COM A AVENIDA JOSÉ TOZZI), LOCALIZADA NO BAIRRO CENTRO</t>
   </si>
   <si>
     <t>10100</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>WAN BORGES, SCHAEFFER</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10100/indicacao-442-2025-wan_borges-calcamento_rural_em_toda_extensao_do_assentamento_13_de_setembrolocalizado_na_comunidade_13_de_setembro_distrito_de_nestor_gomes.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10100/indicacao-442-2025-wan_borges-calcamento_rural_em_toda_extensao_do_assentamento_13_de_setembrolocalizado_na_comunidade_13_de_setembro_distrito_de_nestor_gomes.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO RURAL EM TODA EXTENSÃO DO ASSENTAMENTO 13 DE SETEMBRO, LOCALIZADO NA COMUNIDADE CÓRREGO DA AREIA, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>10120</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10120/indicacao-459-2025-schaeffer-calcamento_da_rua_barbosa_localizada_no_loteamento_reinaldo_barbosa_localizada_na_comunidade_nova_aymoresdistrito_de_nestor_gomes.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10120/indicacao-459-2025-schaeffer-calcamento_da_rua_barbosa_localizada_no_loteamento_reinaldo_barbosa_localizada_na_comunidade_nova_aymoresdistrito_de_nestor_gomes.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA BARBOSA, LOCALIZADA NO LOTEAMENTO REINALDO BARBOSA, NA COMUNIDADE NOVA AYMORÉS, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>10122</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10122/indicacao-461-2025-vilmar_do_seac-viabilizacao_de_projeto_de_calcada_cidada_na_ladeira_do_antigo_valao_bo_bairro_seac..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10122/indicacao-461-2025-vilmar_do_seac-viabilizacao_de_projeto_de_calcada_cidada_na_ladeira_do_antigo_valao_bo_bairro_seac..pdf</t>
   </si>
   <si>
     <t>VIABILIZAÇÃO E IMPLEMENTAÇÃO DE PROJETO PARA CONSTRUÇÃO DE CALÇADA CIDADÃ COM ACESSIBILIDADE E ILUMINAÇÃO ADEQUADA, NA LADEIRA DE ACESSO AO ANTIGO VALÃO, LOCALIZADO NO BAIRRO SEAC</t>
   </si>
   <si>
     <t>10123</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10123/indicacao-462-2025-vilmar_do_seac-calcamento_da_rua_euclides_ferreira_do_nascimento_no_bairro_cacique..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10123/indicacao-462-2025-vilmar_do_seac-calcamento_da_rua_euclides_ferreira_do_nascimento_no_bairro_cacique..pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA EUCLIDES FERREIRA DO NASCIMENTO  (TRECHO QUE DÁ ACESSO A RUA PARAJÚ - 06), LOCALIZADA NO BAIRRO CACIQUE</t>
   </si>
   <si>
     <t>10124</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10124/indicacao-463-2025-wan_borges-instalacao_de_redutor_de_velocidadequebra-molasna_comunidade_tabuaslocalizada_no_distrito_do_nativo_de_barra_nova.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10124/indicacao-463-2025-wan_borges-instalacao_de_redutor_de_velocidadequebra-molasna_comunidade_tabuaslocalizada_no_distrito_do_nativo_de_barra_nova.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE 04 (QUATRO) REDUTORES DE VELOCIDADE (QUEBRA-MOLAS), NA COMUNIDADE DE TÁBUAS, LOCALIZADA NO DISTRITO DO NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>10126</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10126/indicacao-465-2025-wanderlei_segantini-instalacao_de_01_quebra-molas_na_avenida_netuno_localizada_no_bairro_vitoria..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10126/indicacao-465-2025-wanderlei_segantini-instalacao_de_01_quebra-molas_na_avenida_netuno_localizada_no_bairro_vitoria..pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE 01 (UM) REDUTOR DE VELOCIDADE (QUEBRA-MOLAS) NA AVENIDA NETUNO (PRÓXIMO A RESIDÊNCIA Nº 122), LOCALIZADA NO BAIRRO VITÓRIA</t>
   </si>
   <si>
     <t>10127</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10127/indicacao-466-2025-wanderlei_segantini-conclusao_da_obra_de_pavimentacao_no_trecho_que_liga_a_estrada_principal_ao_cemiterio_no_distrito_do_nativo_de_barra_nova..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10127/indicacao-466-2025-wanderlei_segantini-conclusao_da_obra_de_pavimentacao_no_trecho_que_liga_a_estrada_principal_ao_cemiterio_no_distrito_do_nativo_de_barra_nova..pdf</t>
   </si>
   <si>
     <t>CONCLUSÃO DA OBRA DE PAVIMENTAÇÃO NO TRECHO QUE LIGA A ESTRADA PRINCIPAL AO CEMITÉRIO, PASSANDO PELA COMUNIDADE GAMELEIRA, LOCALIZADA NO DISTRITO DO NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>10145</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10145/indicacao-476-2025-isamara_da_farmacia-termino_do_calcamento_da_rua_jerusalem_localizada_no_bairro_aroeira.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10145/indicacao-476-2025-isamara_da_farmacia-termino_do_calcamento_da_rua_jerusalem_localizada_no_bairro_aroeira.pdf</t>
   </si>
   <si>
     <t>TÉRMINO DO CALÇAMENTO DA RUA JERUSALÉM, LOCALIZADA NO BAIRRO AROEIRA</t>
   </si>
   <si>
     <t>10147</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10147/indicacao-478-2025-professora_valdirene_bernadino-elaborar_e_realizar_projeto_de_arborizacao_em_todo_municipio_de_sao_mateus.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10147/indicacao-478-2025-professora_valdirene_bernadino-elaborar_e_realizar_projeto_de_arborizacao_em_todo_municipio_de_sao_mateus.pdf</t>
   </si>
   <si>
     <t>ELABORAR E REALIZAR PROJETO DE ARBORIZAÇÃO E PAISAGISMO, DE ACORDO COM A LEI COMPLEMENTAR 123/2016 QUE "DISPÕE SOBRE A ORGANIZAÇÃO DO ESPAÇO TERRITORIAL DO MUNICÍPIO DE SÃO MATEUS, CONFORME DETERMINA O DISPSTO NO ART. 182 DA CONSTITUIÇÃO FEDERAL DE 1988 E O ART. 39, 40, 41, 42 DO ESTATUTO DA CIDADE - LEI FEDERAL Nº 10.257 DE 2001", DATADA DE 25/08/2016</t>
   </si>
   <si>
     <t>10149</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10149/indicacao-480-2025-raphal_barboza-calcamento_da_rua_nova_jerusalem_localizada_na_comunidade_rio_preto..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10149/indicacao-480-2025-raphal_barboza-calcamento_da_rua_nova_jerusalem_localizada_na_comunidade_rio_preto..pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA NOVA JERUSALÉM, LOCALIZADA NA COMUNIDADE RIO PRETO, DISTRITO DO NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>10150</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10150/indicacao-481-2025-schaeffer-calcamento_ruralaproximadamente_1kmna_comunidade_corrego_da_arreiadistrito_de_nestor_gomes.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10150/indicacao-481-2025-schaeffer-calcamento_ruralaproximadamente_1kmna_comunidade_corrego_da_arreiadistrito_de_nestor_gomes.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO RURAL (APROXIMADAMENTE UM QUILÔMETRO), NA COMUNIDADE CÓRREGO DA AREIA, LOCALIZADA NO DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>10152</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10152/indicacao-483-2025-vilmar_do_seac-calcamento_da_rua_das_castanheiras_no_bairro_guriri_norte..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10152/indicacao-483-2025-vilmar_do_seac-calcamento_da_rua_das_castanheiras_no_bairro_guriri_norte..pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA DAS CASTANHEIRAS, LOCALIZADA NO BAIRO GURIRI - LADO NORTE</t>
   </si>
   <si>
     <t>10153</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10153/indicacao-484-2025-vilmar_do_seac-calcamento_da_rua_jovino_coimbra_no_bairro_cacique..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10153/indicacao-484-2025-vilmar_do_seac-calcamento_da_rua_jovino_coimbra_no_bairro_cacique..pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA JOVINO COIMBRA (RUA 05), LOCALIZADA NO BAIRRO CACIQUE</t>
   </si>
   <si>
     <t>10162</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10162/indicacao-492-2025-branco_da_penal-pavimentacao_da_rua_nivaldo_de_souza_localizada_no_bairro_bela_vista..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10162/indicacao-492-2025-branco_da_penal-pavimentacao_da_rua_nivaldo_de_souza_localizada_no_bairro_bela_vista..pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA NIVALDO DE SOUZA, LOCALIZADA NO BAIRRO BELA VISTA</t>
   </si>
   <si>
     <t>10165</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10165/indicacao-495-2025-isael_aguilar-pavimentacao_da_rua_lateral_da_es-315rua_projetada_ate_o_ponto_final_do_onibus_localizada_na_comunidade_morro_da_arara_distrito_de_itauninhas.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10165/indicacao-495-2025-isael_aguilar-pavimentacao_da_rua_lateral_da_es-315rua_projetada_ate_o_ponto_final_do_onibus_localizada_na_comunidade_morro_da_arara_distrito_de_itauninhas.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA LATERAL DA ES-315(RUA PROJETADA) ATÉ O PONTO FINAL DO ÔNINBUS, LOCALIZADA NA COMUNIDADE MORRO DA ARARA, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>10166</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10166/indicacao-496-2025-isael_aguilar-_calcamento_da_rua_beija-flor_antida_rua_37_localizada_no_bairro_guriri-lado_norte.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10166/indicacao-496-2025-isael_aguilar-_calcamento_da_rua_beija-flor_antida_rua_37_localizada_no_bairro_guriri-lado_norte.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA BEIJA-FLOR (ANTIGA RUA 37), LOCALIZADA NO BAIRRO GURIRI - LADO NORTE</t>
   </si>
   <si>
     <t>10168</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10168/indicacao-498-2025-isamara_da_farmacia-construcao_de_escadaria_que_interliga_a_avenida_cricare_no_bairro_cricare_arua_galdino_negris_no_bairro_boa_vista.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10168/indicacao-498-2025-isamara_da_farmacia-construcao_de_escadaria_que_interliga_a_avenida_cricare_no_bairro_cricare_arua_galdino_negris_no_bairro_boa_vista.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE ESCADARIA QUE INTERLIGA A AVENIDA CRICARÉ, LOCALIZADA NO BAIRRO CRICARÉ À RUA GALDINO NEGRIS, LOCALIZADA NO BAIRRO BOA VISTA</t>
   </si>
   <si>
     <t>10169</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10169/indicacao-499-2025-professora_valdirene_bernadino-reforma_da_capela_mortuaria_localizada_no_centro_do_municiio_de_sao_mateus..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10169/indicacao-499-2025-professora_valdirene_bernadino-reforma_da_capela_mortuaria_localizada_no_centro_do_municiio_de_sao_mateus..pdf</t>
   </si>
   <si>
     <t>REFORMA ESTRUTURAL DA CAPELA MORTUÁRIA MUNICIPAL, LOCALIZADA NO CENTRO DO MUNICÍPIO DE SÃO MATEUS</t>
   </si>
   <si>
     <t>10171</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10171/indicacao-501-2025-raphael_barboza-recapeamento_asfaltico_de_todas_as_ruas_do_bairro_aviacao.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10171/indicacao-501-2025-raphael_barboza-recapeamento_asfaltico_de_todas_as_ruas_do_bairro_aviacao.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO DE TODAS AS RUAS DO BAIRRO AVIAÇÃO</t>
   </si>
   <si>
     <t>10172</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10172/indicacao-502-2025-raphael_barboza-instalacao_de_redutor_de_velociadadequebra_molas_em_frente_a_1igreja_assembleia_de_deus__localizada_no_bairro_cohab.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10172/indicacao-502-2025-raphael_barboza-instalacao_de_redutor_de_velociadadequebra_molas_em_frente_a_1igreja_assembleia_de_deus__localizada_no_bairro_cohab.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE REDUTOR DE VELOCIDADE (QUEBRA-MOLAS) NA AVENIDA LUIZ JEFFERSON BARBOSA (EM FRENTE A 1ª IGREJA ASSEMBLÉIA DE DEUS), LOCALIZADA NO BAIRRO COHAB</t>
   </si>
   <si>
     <t>10175</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10175/indicacao-505-2025-vilmar_do_seac-recapeamento_asfaltico_da_rua_p_localizada_no_bairro_seac..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10175/indicacao-505-2025-vilmar_do_seac-recapeamento_asfaltico_da_rua_p_localizada_no_bairro_seac..pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO DA RUA "P", LOCALIZADA NO BAIRRO SEAC</t>
   </si>
   <si>
     <t>10176</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10176/indicacao-506-2025-vilmar_do_seac-recapeamento_asfaltico_da_q_localizada_no_bairro_seac..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10176/indicacao-506-2025-vilmar_do_seac-recapeamento_asfaltico_da_q_localizada_no_bairro_seac..pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO DA RUA "Q", LOCALIZADA NO BAIRRO SEAC</t>
   </si>
   <si>
     <t>10178</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10178/indicacao-508-2025-wan_borges-instalacao_de_um_quebra-molas_na_avenida_jose_tozzi_nos_fundos_da_academia_allp_fit_localizada_no_bairro_boa_vista..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10178/indicacao-508-2025-wan_borges-instalacao_de_um_quebra-molas_na_avenida_jose_tozzi_nos_fundos_da_academia_allp_fit_localizada_no_bairro_boa_vista..pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE (QUEBRA-MOLAS) NA AVENIDA JOSÉ TOZZI (NOS FUNDOS DA ACADEMIA ALLP FIT, NAS IMEDIAÇÕES QUE DÃO ACESSO AO SUPERMERCADO CASAGRANDE E AO DETRAN), LOCALIZADA NO BAIRRO BOA VISTA</t>
   </si>
   <si>
     <t>10188</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10188/indicacao-514-2025-branco_da_penal-calcamento_da_rua_manoel_mercedes_localizada_no_bairro_bela_vista.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10188/indicacao-514-2025-branco_da_penal-calcamento_da_rua_manoel_mercedes_localizada_no_bairro_bela_vista.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA MANOEL MERCEDES, LOCALIZADA NO BAIRRO BELA VISTA</t>
   </si>
   <si>
     <t>10190</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10190/indicacao-516-2025-cristiano_balanga-jateamento_de_concreto_na_ladeira_conheciada_como_buraco_do_sapo_localizada_no_bairro_santa_terezinhaponte.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10190/indicacao-516-2025-cristiano_balanga-jateamento_de_concreto_na_ladeira_conheciada_como_buraco_do_sapo_localizada_no_bairro_santa_terezinhaponte.pdf</t>
   </si>
   <si>
     <t>JATEAMENTO DE CONCRETO NA EXTENSÃO DA DESCIDA DA RODOVIA ES-315 ATÉ A SUBIDA DE TODA LADEIRA CONHECIDA COMO "BURACO DO SAPO", LOCALIZADA NO BAIRRO SANTA TEREZINHA (PONTE)</t>
   </si>
   <si>
     <t>10198</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10198/indicacao-524-2025-raphael_barboza-construcao_de_calcadas_cidadas_em_toda_extensao_do_bairro_cricare..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10198/indicacao-524-2025-raphael_barboza-construcao_de_calcadas_cidadas_em_toda_extensao_do_bairro_cricare..pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CALÇADAS CIDADÃS EM TODA EXTENSÃO DO BAIRRO CRICARÉ</t>
   </si>
   <si>
     <t>10200</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10200/indicacao-526-2025_-_schaeffer-reitera_indicacao_033-2025_que_diz_respeito_a-__encascalhamento_de_todas_as__ladeiras_vicinais_que_compreendem_os_km_18_ao_km_47.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10200/indicacao-526-2025_-_schaeffer-reitera_indicacao_033-2025_que_diz_respeito_a-__encascalhamento_de_todas_as__ladeiras_vicinais_que_compreendem_os_km_18_ao_km_47.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 033/2025 QUE DIZ RESPEITO A ENCASCALHAMENTO DE TODAS AS LADEIRAS DAS ESTRADAS VICINAIS COMPREENDIDAS ENTRE OS QUILÔMETROS 18 E 47, LOCALIZADAS NO DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>10201</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10201/indicacao-527-2025-vilmar_do_seac-recapeamento_asfaltico_em_todas_as_ruas_do_bairro_seac..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10201/indicacao-527-2025-vilmar_do_seac-recapeamento_asfaltico_em_todas_as_ruas_do_bairro_seac..pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO DE TODAS AS RUAS (LOGRADOUROS PÚBLICOS QUE JÁ SÃO ASFALTADOS) LOCALIZADAS NO BAIRRO SEAC</t>
   </si>
   <si>
     <t>10202</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10202/indicacao-528-2025-vilmar_do_seac-obra_de_pavimentacao_asfaltica_com_sinalizacao_adequada_em_todas_as_ruas_que_nao_sao_asfalyadas_no_bairro_seac..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10202/indicacao-528-2025-vilmar_do_seac-obra_de_pavimentacao_asfaltica_com_sinalizacao_adequada_em_todas_as_ruas_que_nao_sao_asfalyadas_no_bairro_seac..pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA COM SINALIZAÇÃO ADEQUADA EM TODAS AS RUAS (QUE AINDA NÃO SÃO ASFALTADAS), LOCALIZADAS NO BAIRRO SEAC</t>
   </si>
   <si>
     <t>10203</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10203/indicacao-529-2025-wan_borges-instalacao_de_uma_caixa_dagua_de_10_mil_litros_no_bairro_jambeiro..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10203/indicacao-529-2025-wan_borges-instalacao_de_uma_caixa_dagua_de_10_mil_litros_no_bairro_jambeiro..pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE 01 (UMA) CAIXA D'ÁGUA TANQUE DE 10 MIL LITROS NO BAIRRO JAMBEIRO</t>
   </si>
   <si>
     <t>10205</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10205/indicacao-531-2025-wanderlei_segantini-instalacao_de_canaleta_para_escoamento_de_agua_pluvial_na_rua_antonio_moreira_sobrinho_no_bairro_ayrton_senna..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10205/indicacao-531-2025-wanderlei_segantini-instalacao_de_canaleta_para_escoamento_de_agua_pluvial_na_rua_antonio_moreira_sobrinho_no_bairro_ayrton_senna..pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE CANALETA PARA ESCOAMENTO DE ÁGUA PLUVIAL NA RUA ANTÔNIO MOREIRA SOBRINHO, LOCALIZADA NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>10219</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10219/indicacao-537-2025-cristiano_balanga-termino_do_calcamento_da_rua_antonio_rocha_cavalcante_no_bairro_maruim..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10219/indicacao-537-2025-cristiano_balanga-termino_do_calcamento_da_rua_antonio_rocha_cavalcante_no_bairro_maruim..pdf</t>
   </si>
   <si>
     <t>TÉRMINO DO CALÇAMENTO DA RUA ANTÔNIO ROCHA CAVALCANTE, LOCALIZADA NO BAIRRO MARUIM</t>
   </si>
   <si>
     <t>10223</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10223/indicacao-541-2025-isamara_da_farmacia-recapeamento_asfaltico_da_avenida_cricare_localizada_no_bairro_cricare.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10223/indicacao-541-2025-isamara_da_farmacia-recapeamento_asfaltico_da_avenida_cricare_localizada_no_bairro_cricare.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO DA AVENIDA CRICARÉ, LOCALIZADA NO BAIRRO CRICARÉ</t>
   </si>
   <si>
     <t>10224</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10224/indicacao-542-2025-isamara_da_farmacia-instalacao_de_um_ponto_de_onibus_na_entrada_do_bairro_jacui_i.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10224/indicacao-542-2025-isamara_da_farmacia-instalacao_de_um_ponto_de_onibus_na_entrada_do_bairro_jacui_i.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UM PONTO DE ÔNIBUS (COM COBERTURA, ASSENTOS E SINALIZAÇÃO ADEQUADA) NA ENTRADA DO BAIRRO JACUÍ I</t>
   </si>
   <si>
     <t>10225</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10225/indicacao-543-2025-professora_valdirene_bernadino-_calcamento_da_rua_antonio_massucatti_localizada_no_bairro_guriri-lado_norte.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10225/indicacao-543-2025-professora_valdirene_bernadino-_calcamento_da_rua_antonio_massucatti_localizada_no_bairro_guriri-lado_norte.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA ANTÔNIO MASSUCATTI, LOCALIZADA NO BAIRRO GURIRI - LADO NORTE</t>
   </si>
   <si>
     <t>10227</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10227/indicacao-545-2025-raphael_barboza-troca_reparos_e_substituicao_das_grades_de_bocas_de_lobo_da_avenida_jose_tozze_e_avenida_dr.raimundo_guilherme_sobrinho.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10227/indicacao-545-2025-raphael_barboza-troca_reparos_e_substituicao_das_grades_de_bocas_de_lobo_da_avenida_jose_tozze_e_avenida_dr.raimundo_guilherme_sobrinho.pdf</t>
   </si>
   <si>
     <t>REPAROS E SUBSTITUIÇÃO DAS GRADES DE “BOCAS DE LOBO” NA AVENIDA JOSÉ TOZZE, LOCALIZADA NO BAIRRO CENTRO E AVENIDA DR. RAIMUNDO GUILHERME SOBRINHO, SITUADA NO BAIRRO SERNAMBY</t>
   </si>
   <si>
     <t>10231</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10231/indicacao-549-2025-vilmar_do_seac-calcamento_da_rua_03logo_apos_a_igreja_catolica_localizada_no_bairro_cacique.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10231/indicacao-549-2025-vilmar_do_seac-calcamento_da_rua_03logo_apos_a_igreja_catolica_localizada_no_bairro_cacique.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA 03 (LOGO APÓS A IGREJA CATÓLICA), LOCALIZADA NO BAIRRO CACIQUE</t>
   </si>
   <si>
     <t>10232</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10232/indicacao-550-2025-vilmar_do_seac-calcamento_da_rua_wilson_gomes_localizada_no_bairro_nova_sao_mateus.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10232/indicacao-550-2025-vilmar_do_seac-calcamento_da_rua_wilson_gomes_localizada_no_bairro_nova_sao_mateus.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA WILSON GOMES, LOCALIZADA NO BAIRRO NOVA SÃO MATEUS</t>
   </si>
   <si>
     <t>10235</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10235/indicacao-553-2025-wanderlei_segantini-nivelamento_e_compactacao_de_todas_as_ruas_do_bairro_guriri..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10235/indicacao-553-2025-wanderlei_segantini-nivelamento_e_compactacao_de_todas_as_ruas_do_bairro_guriri..pdf</t>
   </si>
   <si>
     <t>NIVELAMENTO E COMPACTAÇÃO DE TODAS AS RUAS, LOCALIZADAS NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>10241</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10241/indicacao-557-2025-branco_da_penal-calcamento_da_ladeirade_acesso_ao_cemiterioda_comunidade_santa_leocadia_localizada_no_km_23_distrito_de_nestor_gomes.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10241/indicacao-557-2025-branco_da_penal-calcamento_da_ladeirade_acesso_ao_cemiterioda_comunidade_santa_leocadia_localizada_no_km_23_distrito_de_nestor_gomes.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA LADEIRA DE ACESSO AO CEMITÉRIO DA COMUNIDADE SANTA LEOCÁDIA, LOCALIZADA  NO KM 23, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>10248</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10248/indicacao-564-2025-professora_valdirene_bernadino-aquisicao_de_barracas_padronizadas_para_uso_nas_feiras_livres_do_municipio_de_sao_mateus.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10248/indicacao-564-2025-professora_valdirene_bernadino-aquisicao_de_barracas_padronizadas_para_uso_nas_feiras_livres_do_municipio_de_sao_mateus.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE BARRACAS PADRONIZADAS PARA USO NAS FEIRAS LIVRES DO MUNICÍPIO DE SÃO MATEUS, CONFORME DISPÕE A LEI COMPLEMENTAR MUNICIPAL Nº 159/2024</t>
   </si>
   <si>
     <t>10249</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10249/indicacao-565-2025-professora_valdirene_bernadino-instalacao_de_lixeiras_publicas_nas_vias_e_pracas_localizadas_no_centro_de_sao_mateus.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10249/indicacao-565-2025-professora_valdirene_bernadino-instalacao_de_lixeiras_publicas_nas_vias_e_pracas_localizadas_no_centro_de_sao_mateus.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE LIXEIRAS PÚBLICAS NAS VIAS E PRAÇAS, LOCALIZADAS NO BAIRRO CENTRO</t>
   </si>
   <si>
     <t>10254</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10254/indicacao-570-2025-vilmar_do_seac-construcao_de_abrigos_de_pontos_de_onibus_no_bairro_residencial_solar..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10254/indicacao-570-2025-vilmar_do_seac-construcao_de_abrigos_de_pontos_de_onibus_no_bairro_residencial_solar..pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE ABRIGOS NOS PONTOS DE ÔNIBUS LOCALIZADOS NO BAIRRO RESIDENCIAL SOLAR (CONSIDERANDO A PREVISÃO DE CIRCULAÇÃO DE TRANSPORTE COLETIVO NO BAIRRO)</t>
   </si>
   <si>
     <t>10255</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10255/indicacao-571-2025-vilmar_do_seac-manutencao_e_reparo_no_calcamento_de_todas_as_ruas_localizadas_no_bairro_residencial_solar..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10255/indicacao-571-2025-vilmar_do_seac-manutencao_e_reparo_no_calcamento_de_todas_as_ruas_localizadas_no_bairro_residencial_solar..pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO E REPARO NO CALÇAMENTO DE TODAS AS RUAS E AVENIDAS, LOCALIZADAS NO BAIRRO RESIDENCIAL SOLAR</t>
   </si>
   <si>
     <t>10258</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10258/indicacao-574-2025-wap_wap-calcamento_da_rua_42_localizada_no_bairro_gurir-_lado_norte.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10258/indicacao-574-2025-wap_wap-calcamento_da_rua_42_localizada_no_bairro_gurir-_lado_norte.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA 42, LOCALIZADA NO BAIRRO GURIRI - LADO NORTE</t>
   </si>
   <si>
     <t>10259</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10259/indicacao-575-2025-wap_wap-calcamento_da_area_externa_da_ubs_veronica_favalessa_pestana_localizada_no_bairro_santo_antonio_para_implantacao_do_cepaf.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10259/indicacao-575-2025-wap_wap-calcamento_da_area_externa_da_ubs_veronica_favalessa_pestana_localizada_no_bairro_santo_antonio_para_implantacao_do_cepaf.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO NA ÁREA EXTERNA DA UNIDADE BÁSICA DE SAÚDE – UBS “VERÔNICA FAVALESSA PESTANA”, LOCALIZADA NO BAIRRO SANTO ANTÔNIO, PARA IMPLANTAÇÃO DO CENTRO DE PRÁTICAS E ATIVIDADES FÍSICAS – CEPAF</t>
   </si>
   <si>
     <t>10275</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10275/indicacao-580-2025-isael_aguilar-calcamento_da_avenida_maria_calixto_conceicao_localizada_no_bairro_bonsucesso..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10275/indicacao-580-2025-isael_aguilar-calcamento_da_avenida_maria_calixto_conceicao_localizada_no_bairro_bonsucesso..pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA AVENIDA MARIA CALIXTO CONCEIÇÃO, LOCALIZADA NO BAIRRO BONSUCESSO</t>
   </si>
   <si>
     <t>10277</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10277/indicacao-582-2025-isamara_da_farmacia-termino_do_calcamento_da_rua_umburatiba_localizada_no_bairro_aviacao.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10277/indicacao-582-2025-isamara_da_farmacia-termino_do_calcamento_da_rua_umburatiba_localizada_no_bairro_aviacao.pdf</t>
   </si>
   <si>
     <t>TÉRMINO DO CALÇAMENTO DA RUA UMBURATIBA, LOCALIZADA NO BAIRRO AVIAÇÃO</t>
   </si>
   <si>
     <t>10284</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10284/indicacao-589-2025-schaeffer-calcamento_da_via_de_acesso_principal_da_cachoeira_do_cravocerca_de_oitocentos_metros_localizada_no_km_41_distrito_de_nestor_gomes.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10284/indicacao-589-2025-schaeffer-calcamento_da_via_de_acesso_principal_da_cachoeira_do_cravocerca_de_oitocentos_metros_localizada_no_km_41_distrito_de_nestor_gomes.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA VIA DE ACESSO PRINCIPAL A CACHOEIRA DO CRAVO (CERCA DE OITOCENTOS METROS), LOCALIZADA NO KM 41, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>10290</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10290/indicacao-595-2025-wanderlei_segantini-calcamento_da_rua_chiquito_bongosto_localizada_no_bairro_carapina.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10290/indicacao-595-2025-wanderlei_segantini-calcamento_da_rua_chiquito_bongosto_localizada_no_bairro_carapina.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA CONHECIDA POR CHIQUITO BONGOSTO, LOCALIZADA NO LOTEAMENTO JARDIM BONGOSTO, BAIRRO CARAPINA</t>
   </si>
   <si>
     <t>10291</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10291/indicacao-596-2025-wap_wap-calcamento_da_via_principal_da_comunidade_sao_sebastiao_localizada_na_regiao_da_estiva__no_municipio_de_sao_mateus.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10291/indicacao-596-2025-wap_wap-calcamento_da_via_principal_da_comunidade_sao_sebastiao_localizada_na_regiao_da_estiva__no_municipio_de_sao_mateus.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA VIA PRINCIPAL DA COMUNIDADE SÃO SEBASTIÃO, LOCALIZADA NA REGIÃO DA ESTIVA, NO MUNICÍPIO DE SÃO MATEUS</t>
   </si>
   <si>
     <t>10297</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10297/indicacao-599-2025-branco_da_penal-pavimentacao_urbanizacao_instalacao_de_gradil_e_implantacao_de_calcadao_com_ciclovia_no_trecho_da_rua_castro_alves_e_avenida_maria_elisa_rios..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10297/indicacao-599-2025-branco_da_penal-pavimentacao_urbanizacao_instalacao_de_gradil_e_implantacao_de_calcadao_com_ciclovia_no_trecho_da_rua_castro_alves_e_avenida_maria_elisa_rios..pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO, URBANIZAÇÃO, INSTALAÇÃO DE GRADIL E IMPLANTAÇÃO DE CALÇADÃO COM CICLOVIA (NO TRECHO QUE COMPREENDE A RUA CASTRO ALVES E A AVENIDA MARIA ELISA RIOS – “RUA DA MATINHA”), LOCALIZADAS ENTRE OS BAIRROS CAIÇARAS E AYRTON SENNA, CONFORME FOTOS EM ANEXO</t>
   </si>
   <si>
     <t>10302</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10302/indicacao-604-2025-isamara_da_farmacia-aquisicao_de_area_para_construcao_de_um_cemiterio_com_capela_mortuaria_no_bairro_colina.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10302/indicacao-604-2025-isamara_da_farmacia-aquisicao_de_area_para_construcao_de_um_cemiterio_com_capela_mortuaria_no_bairro_colina.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE ÁREA PARA CONSTRUÇÃO DE UM CEMITÉRIO COM CAPELA MORTUÁRIA NO BAIRRO COLINA</t>
   </si>
   <si>
     <t>10305</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10305/indicacao-607-2025-professora_valdirene_bernadino-pavimentacao_da_rua_leomar_dionizioconhecida_como_ladeira_da_cacique_localizada_no_bairro_cacique_ii.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10305/indicacao-607-2025-professora_valdirene_bernadino-pavimentacao_da_rua_leomar_dionizioconhecida_como_ladeira_da_cacique_localizada_no_bairro_cacique_ii.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA LEOMAR DIONÍZIO (CONHECIDA COMO LADEIRA DA CACIQUE), LOCALIZADA NO BAIRRO CACIQUE II</t>
   </si>
   <si>
     <t>10307</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10307/indicacao-609-2025-raphael_barboza-calcamento_da_rua_lucia_toscano_aragon_no_bairro_ribeirao..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10307/indicacao-609-2025-raphael_barboza-calcamento_da_rua_lucia_toscano_aragon_no_bairro_ribeirao..pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA LÚCIA TOSCANO ARAGON (CONHECIDA COMO RUA DO POSTO), LOCALIZADA NO BAIRRO RIBEIRÃO</t>
   </si>
   <si>
     <t>10308</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10308/indicacao-610-2025-schaeffer-calcamento_da_rua_da_loterica_do_km_41_localizada_no_distrito_de_nestor_gomes.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10308/indicacao-610-2025-schaeffer-calcamento_da_rua_da_loterica_do_km_41_localizada_no_distrito_de_nestor_gomes.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA  CONHECIDA COMO “RUA DA LOTÉRICA” NO KM 41, LOCALIZADA NO DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>10326</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10326/indicacao-623-2025-cristiano_balanga-calcamento_da_rua_admir_silva_crespo_no_santo_antonio.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10326/indicacao-623-2025-cristiano_balanga-calcamento_da_rua_admir_silva_crespo_no_santo_antonio.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 046/2025, QUE DIZ RESPEITO AO CALÇAMENTO DA RUA EDMIR DA SILVA CRESPO, LOCALIZADA NO BAIRRO SANTO ANTÔNIO</t>
   </si>
   <si>
     <t>10327</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10327/indicacao-624-2025-isael_aguilar-construcao_de_uma_capela_mortuaria_no_cemiterio_da_comunidade_santa_maria_localizada_no_distrito_de_itauninhas.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10327/indicacao-624-2025-isael_aguilar-construcao_de_uma_capela_mortuaria_no_cemiterio_da_comunidade_santa_maria_localizada_no_distrito_de_itauninhas.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA CAPELA MORTUÁRIA NO CEMITÉRIO DA COMUNIDADE SANTA MARIA, LOCALIZADA NO DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>10334</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10334/indicacao-631-2025-raphael_barboza-calcamento_da_rua_amazonas_no_bairro_rio_preto..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10334/indicacao-631-2025-raphael_barboza-calcamento_da_rua_amazonas_no_bairro_rio_preto..pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA AMAZONAS, LOCALIZADA NA COMUNIDADE RIO PRETO</t>
   </si>
   <si>
     <t>10336</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10336/indicacao-633-2025-schaeffer-calcamento_da_rua_maria_claranas_proximidades_da_nova_construcao_da_paroquia_sao_lucas_evangelistalocalizada_no_km_41_distirto_de_nestor_gomes.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10336/indicacao-633-2025-schaeffer-calcamento_da_rua_maria_claranas_proximidades_da_nova_construcao_da_paroquia_sao_lucas_evangelistalocalizada_no_km_41_distirto_de_nestor_gomes.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA MARIA CLARA (NAS PROXIMIDADES DA CONSTRUÇÃO DA NOVA PARÓQUIA SÃO LUCAS EVANGELISTA), LOCALIZADA NO KM 41, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>10337</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10337/indicacao-634-2025-vilmar_do_seac-instalacao_de_um_redutor_de_velocidade_quebra-molasna_rua_bcconhecida_como_rua_da_mangueira_localizada_no_bairro_seac.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10337/indicacao-634-2025-vilmar_do_seac-instalacao_de_um_redutor_de_velocidade_quebra-molasna_rua_bcconhecida_como_rua_da_mangueira_localizada_no_bairro_seac.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE (QUEBRA-MOLAS) NA RUA “BC” (CONHECIDA COMO RUA DA MANGUEIRA), LOCALIZADA NO BAIRRO SEAC</t>
   </si>
   <si>
     <t>10338</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10338/indicacao-635-2025-vilmar_do_seac-calcamento_da_rua_sao_pedro_localizada_no_bairro_morada_do_lago.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10338/indicacao-635-2025-vilmar_do_seac-calcamento_da_rua_sao_pedro_localizada_no_bairro_morada_do_lago.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA SÃO PEDRO, LOCALIZADA NO BAIRRO MORADA DO LAGO</t>
   </si>
   <si>
     <t>10351</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10351/indicacao-642-2025-branco_da_penal-calcamento_da_rua_mangabeira_localizada_no_bairro_guriri-lado_norte.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10351/indicacao-642-2025-branco_da_penal-calcamento_da_rua_mangabeira_localizada_no_bairro_guriri-lado_norte.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA MANGABEIRA, LOCALIZADA NO BAIRRO GURIRI, LADO NORTE</t>
   </si>
   <si>
     <t>10352</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10352/indicacao-643-2025-branco_da_penal-manilhamentoservico_de_aterro_e_rabertura_das_ruas_santa_rita_de_cassia_e_bom_jesus_localizadas_no_bairro_morada_do_lado.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10352/indicacao-643-2025-branco_da_penal-manilhamentoservico_de_aterro_e_rabertura_das_ruas_santa_rita_de_cassia_e_bom_jesus_localizadas_no_bairro_morada_do_lado.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE MANILHAMENTO, SERVIÇO DE ATERRO E REABERTURA DAS RUAS SANTA RITA DE CÁSSIA E BOM JESUS, LOCALIZADAS NO BAIRRO MORADA DO LAGO</t>
   </si>
   <si>
     <t>10353</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10353/indicacao-644-2025-cristiano_balanga-calcamento_da_rua_osvaldo_cruz_localizada_no_bairro_colina.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10353/indicacao-644-2025-cristiano_balanga-calcamento_da_rua_osvaldo_cruz_localizada_no_bairro_colina.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA OSVALDO CRUZ, LOCALIZADA NO BAIRRO COLINA</t>
   </si>
   <si>
     <t>10361</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10361/indicacao-652-2025-raphael_barboza-recapeamento_asfaltico_da_rua_ademar_de_oliveira_neves_do_bairro_sernamby_ao_bairro_boa_vista..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10361/indicacao-652-2025-raphael_barboza-recapeamento_asfaltico_da_rua_ademar_de_oliveira_neves_do_bairro_sernamby_ao_bairro_boa_vista..pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO DA RUA DR. ADEMAR DE OLIVEIRA NEVES, EM TODA SUA EXTENSÃO, DO BAIRRO SERNAMBY AO BAIRRO BOA VISTA</t>
   </si>
   <si>
     <t>10365</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10365/indicacao-656-2025-vilmar_do_seac-construcao_de_escadaria_em_rua_que_nao_possuem_segmento_e_desembocam_no_antigo_valao_localizado_no_bairro_seac.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10365/indicacao-656-2025-vilmar_do_seac-construcao_de_escadaria_em_rua_que_nao_possuem_segmento_e_desembocam_no_antigo_valao_localizado_no_bairro_seac.pdf</t>
   </si>
   <si>
     <t>CONTRUÇÃO DE ESCADARIA COM TODA ESTRUTURA DE SEGURANÇA, INCLUINDO CORRIMÃO, SINALIZAÇÃO E LUMINÁRIAS EM RUAS QUE NÃO POSSUEM SEGMENTO E DESEMBOCAM NO ANTIGO VALÃO, LOCALIZADO NO BAIRRO SEAC</t>
   </si>
   <si>
     <t>10369</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10369/indicacao-660-2025-wanderlei_segantini-que_a_viacao_sao_gabriel_viabilize_linhas_de_itinerario_nos_residenciais_jacui_i_ii_e_iii..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10369/indicacao-660-2025-wanderlei_segantini-que_a_viacao_sao_gabriel_viabilize_linhas_de_itinerario_nos_residenciais_jacui_i_ii_e_iii..pdf</t>
   </si>
   <si>
     <t>QUE A EMPRESA RESPONSÁVEL PELO TRANSPORTE PÚBLICO MUNICIPAL – VIAÇÃO SÃO GABRIEL, VIABILIZE A INCLUSÃO DE LINHAS DE ÔNIBUS URBANOS (CIRCULARES), NO ITINERÁRIO DOS RESIDENCIAIS JACUÍ I, II E III, COM HORÁRIOS COMPATÍVEIS À ROTINA COMERCIAL, A FIM DE ATENDER A NECESSIDADE DE MOBILIDADE URBANA DOS MORADORES</t>
   </si>
   <si>
     <t>10379</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10379/indicacao-663-2025-branco_da_penal-calcamento_da_rua_sao_mateus_localizada_no_bairro_morada_do_lago..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10379/indicacao-663-2025-branco_da_penal-calcamento_da_rua_sao_mateus_localizada_no_bairro_morada_do_lago..pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA SÃO MATEUS, LOCALIZADA NO BAIRRO MORADA DO LAGO</t>
   </si>
   <si>
     <t>10385</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10385/indicacao-669-2025-isamara_da_farmacia-construcao_de_rotatoria_com_sinalizacao_no_entrocamento_das_ruas_cel.constantino_cunhazedio_bonomo_e_nelson_fundao_localizadas_no_bairro_fatima.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10385/indicacao-669-2025-isamara_da_farmacia-construcao_de_rotatoria_com_sinalizacao_no_entrocamento_das_ruas_cel.constantino_cunhazedio_bonomo_e_nelson_fundao_localizadas_no_bairro_fatima.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE ROTATÓRIA COM SINALIZAÇÃO NO ENTRONCAMENTO DAS RUAS CEL. CONSTANTINO CUNHA, ZÉDIO BONOMO E NELSON FUNDÃO, LOCALIZADAS NO BAIRRO FÁTIMA</t>
   </si>
   <si>
     <t>10386</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10386/indicacao-670-2025-isamara_da_farmacia-calcamento_da_rua_osvaldo_cruz_localizada_no_bairro_aroeira.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10386/indicacao-670-2025-isamara_da_farmacia-calcamento_da_rua_osvaldo_cruz_localizada_no_bairro_aroeira.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA OSVALDO CRUZ, LOCALIZADA NO BAIRRO AROEIRA</t>
   </si>
   <si>
     <t>10387</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10387/indicacao-671-2025-professora_valdirene_bernadino-instalacao_de_redutores_de_velociadadequebra-molasna_rua_espera_feliznas_proximidades_do_clube_da_terceira_idade.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10387/indicacao-671-2025-professora_valdirene_bernadino-instalacao_de_redutores_de_velociadadequebra-molasna_rua_espera_feliznas_proximidades_do_clube_da_terceira_idade.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE REDUTORES DE VELOCIDADE (QUEBRA-MOLAS) NA RUA ESPERA FELIZ (NAS PROXIMIDADES DO CLUBE DA TERCEIRA IDADE), LOCALIZADA NO BAIRRO GURIRI-LADO SUL</t>
   </si>
   <si>
     <t>10390</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10390/indicacao-674-2025-raphael_barboza-fiscalizacao_dos_terrenos_baldios_existentes_no_municipio..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10390/indicacao-674-2025-raphael_barboza-fiscalizacao_dos_terrenos_baldios_existentes_no_municipio..pdf</t>
   </si>
   <si>
     <t>FISCALIZAÇÃO DOS TERRENOS BALDIOS EXISTENTES NO MUNICÍPIO DE SÃO MATEUS/ES</t>
   </si>
   <si>
     <t>10395</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10395/indicacao-679-2025-wan_borges-construcao_de_2_galpoes_em_area_publica_ja_existente_localizada_no_bairro_cohab.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10395/indicacao-679-2025-wan_borges-construcao_de_2_galpoes_em_area_publica_ja_existente_localizada_no_bairro_cohab.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE BANHEIRO PÚBLICO E DE 2 (DOIS) GALPÕES DE APROXIMADAMENTE 150 METROS, EM ÁREA PÚBLICA JÁ EXISTENTE (NA LOCALIDADE ONDE FUNCIONA A FEIRA-LIVRE), LOCALIZADA NO BAIRRO COHAB</t>
   </si>
   <si>
     <t>10396</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10396/indicacao-680-2025-wan_borges-recapeamento_asfaltico_da_rua_nery_frontino_localizada_no_bairro_sernamby.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10396/indicacao-680-2025-wan_borges-recapeamento_asfaltico_da_rua_nery_frontino_localizada_no_bairro_sernamby.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO DA RUA NERY FRONTINO, LOCALIZADA NO BAIRRO SERNAMBY</t>
   </si>
   <si>
     <t>10397</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10397/indicacao-681-2025-wanderlei_segantini-construcao_de_um_redutor_de_velocidade_na_rua_dr._ademar_oliveira_neves_no_bairro_sernamby..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10397/indicacao-681-2025-wanderlei_segantini-construcao_de_um_redutor_de_velocidade_na_rua_dr._ademar_oliveira_neves_no_bairro_sernamby..pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM REDUTOR DE VELOCIDADE (QUEBRA-MOLAS) NA RUA DR. ADEMAR DE OLIVEIRA NEVES (EM FRENTE AO ELINALDO CORRETOR), LOCALIZADA NO BAIRRO SERNAMBY</t>
   </si>
   <si>
     <t>10399</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10399/indicacao-683-2025-wap_wap-implantacao_da_opcao_de_pagamento_de_passagens_via_pix_nas_linhas_de_onibus_da_viacao_sao_gabriel..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10399/indicacao-683-2025-wap_wap-implantacao_da_opcao_de_pagamento_de_passagens_via_pix_nas_linhas_de_onibus_da_viacao_sao_gabriel..pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DA OPÇÃO DE PAGAMENTO DE PASSAGENS, NA MODALIDADE PIX, NAS LINHAS DE ÔNIBUS DA VIAÇÃO SÃO GABRIEL</t>
   </si>
   <si>
     <t>10415</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10415/indicacao-690-2025-isael_aguilar-pavimentacao_da_vila_boa_sorte_localizada_na_comunidade_de_santa_maria_distrito_de_itauninhas.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10415/indicacao-690-2025-isael_aguilar-pavimentacao_da_vila_boa_sorte_localizada_na_comunidade_de_santa_maria_distrito_de_itauninhas.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA VILA BOA SORTE, LOCALIZADA NA COMUNIDADE SANTA MARIA, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>10416</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10416/indicacao-691-2025-isamara_da_farmacia-recuperacao_e_pavimentacao_da_ladeira_do_besouro_localizada_na_avenida_cricare.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10416/indicacao-691-2025-isamara_da_farmacia-recuperacao_e_pavimentacao_da_ladeira_do_besouro_localizada_na_avenida_cricare.pdf</t>
   </si>
   <si>
     <t>RECUPERAÇÃO E PAVIMENTAÇÃO DA LADEIRA MANOEL CARDOSO LIMA (CONHECIDA COMO “LADEIRA DO BESOURO”), LOCALIZADA NA AVENIDA CRICARÉ, BAIRRO CENTRO</t>
   </si>
   <si>
     <t>10417</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10417/indicacao-692-2025-isamara_da_farmacia-recapeamento_asfaltico__de_todas_as_ruas_do_bairro_sao_pedro.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10417/indicacao-692-2025-isamara_da_farmacia-recapeamento_asfaltico__de_todas_as_ruas_do_bairro_sao_pedro.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO DE TODAS AS RUAS DO BAIRRO SÃO PEDRO</t>
   </si>
   <si>
     <t>10418</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10418/indicacao-693-2025-professora_valdirene_bernadino-instalacao_de_placas_de_identificacao_com_os_nomes_das_comunidades_quilombolas_do_municipio_de_sao_mateus..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10418/indicacao-693-2025-professora_valdirene_bernadino-instalacao_de_placas_de_identificacao_com_os_nomes_das_comunidades_quilombolas_do_municipio_de_sao_mateus..pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE PLACAS DE IDENTIFICAÇÃO COM OS NOMES DAS COMUNIDADES QUILOMBOLAS, LOCALIZADAS NO MUNICÍPIO DE SÃO MATEUS/ES</t>
   </si>
   <si>
     <t>10421</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10421/indicacao-696-2025-raphael_barboza-calcamento_de_ruas_do_bairro_jambeiro.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10421/indicacao-696-2025-raphael_barboza-calcamento_de_ruas_do_bairro_jambeiro.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DAS RUAS OTÁVIO CAITANO E ANTÔNIO MODESTO, LOCALIZADAS  NO BAIRRO JAMBEIRO</t>
   </si>
   <si>
     <t>10423</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10423/indicacao-698-2025-schaeffer-reitera_indicacao_293-_2025_que_diz_respeito_a_calcamento_da_comunidade_maria_preta_localizada_no_km_41__distrito_de_nestor_gomes.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10423/indicacao-698-2025-schaeffer-reitera_indicacao_293-_2025_que_diz_respeito_a_calcamento_da_comunidade_maria_preta_localizada_no_km_41__distrito_de_nestor_gomes.pdf</t>
   </si>
   <si>
     <t>REITERA INDICAÇÃO N° 293/2025, QUE DIZ RESPEITO A CALÇAMENTO DAS RUAS DA COMUNIDADE MARIA PRETA, LOCALIZADA NO KM 41, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>10426</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10426/indicacao-701-2025-wan_borges-calcamento_da_rua_jose_guimaraes_localizada_no_bairro_bela_vista.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10426/indicacao-701-2025-wan_borges-calcamento_da_rua_jose_guimaraes_localizada_no_bairro_bela_vista.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA JOSÉ GUIMARÃES, LOCALIZADA NO BAIRRO BELA VISTA</t>
   </si>
   <si>
     <t>10448</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10448/indicacao-717-2025-raphael_barboza-substituicao_da_boca_de_lobo_localizada_na_esquina_da_casa_de_farinha_no_bairro_santo_antonio..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10448/indicacao-717-2025-raphael_barboza-substituicao_da_boca_de_lobo_localizada_na_esquina_da_casa_de_farinha_no_bairro_santo_antonio..pdf</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DA “BOCA DE LOBO”, LOCALIZADA NO CRUZAMENTO ENTRE A RUA WILSON GOMES E A AVENIDA DOM JOSÉ DALVIT, COM DESCIDA PARA RUA ITÁLIA (NA ESQUINA DA TRADICIONAL CASA DE FARINHA), NO BAIRRO SANTO ANTÔNIO</t>
   </si>
   <si>
     <t>10451</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10451/indicacao-720-2025-schaeffer-_calcamento_da_rua_zenilson_cosme_localizada_na_rodovia_miguel_curry_careiro_km_34_distrito_de_nestor_gomes.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10451/indicacao-720-2025-schaeffer-_calcamento_da_rua_zenilson_cosme_localizada_na_rodovia_miguel_curry_careiro_km_34_distrito_de_nestor_gomes.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA  ZENILSON COSME, LOCALIZADA NA RODOVIA MIGUEL CURRY CARNEIRO,  KM 34, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>10452</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10452/indicacao-721-2025-vilmar_do_seac-calcamento_da_rua_nossa_senhora_aparecida_localizada_no_bairro_morada_do_lago..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10452/indicacao-721-2025-vilmar_do_seac-calcamento_da_rua_nossa_senhora_aparecida_localizada_no_bairro_morada_do_lago..pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA NOSSA SENHORA APARECIDA, LOCALIZADA NO BAIRRO MORADA DO LAGO</t>
   </si>
   <si>
     <t>10453</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10453/indicacao-722-2025-vilmar_do_seac-calcamento_da_avenida_sao_marcos_localizada_no_bairro_morada_do_lago.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10453/indicacao-722-2025-vilmar_do_seac-calcamento_da_avenida_sao_marcos_localizada_no_bairro_morada_do_lago.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA AVENIDA SÃO MARCOS, LOCALIZADA NO BAIRRO MORADA DO LAGO</t>
   </si>
   <si>
     <t>10472</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10472/indicacao-735-2025-isamara_da_farmacia-termino_do_calcamento_da_rua_12_que_liga_o_bairro_bom_sucesso_e_colina.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10472/indicacao-735-2025-isamara_da_farmacia-termino_do_calcamento_da_rua_12_que_liga_o_bairro_bom_sucesso_e_colina.pdf</t>
   </si>
   <si>
     <t>TÉRMINO DO CALÇAMENTO DA RUA 12, QUE INTERLIGA OS BAIRROS BOM SUCESSO II E COLINA</t>
   </si>
   <si>
     <t>10476</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10476/indicacao-739-2025-raphael_barboza-recapeamento_asfaltico_da_rua_coronel_constantino_cunhano_trecho_que_interliga_os_bairros_ideal_e_lago_dos_cisnes..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10476/indicacao-739-2025-raphael_barboza-recapeamento_asfaltico_da_rua_coronel_constantino_cunhano_trecho_que_interliga_os_bairros_ideal_e_lago_dos_cisnes..pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO DA RUA CORONEL CONSTANTINO CUNHA, NO TRECHO QUE LIGA OS BAIRROS IDEAL A LAGO DOS CISNES</t>
   </si>
   <si>
     <t>10481</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10481/indicacao-744-2025-wan_borges-patrolamento_das_ruas_do_bairro_morada_do_ribeirao.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10481/indicacao-744-2025-wan_borges-patrolamento_das_ruas_do_bairro_morada_do_ribeirao.pdf</t>
   </si>
   <si>
     <t>PATROLAMENTO DAS RUAS DO BAIRRO MORADA DO RIBEIRÃO</t>
   </si>
   <si>
     <t>10485</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10485/indicacao-748-2025-wap_wap-instalacao_de_um_redutor_de_velocidade_quebra-molas_na_rua_liberdade_localizada_no_bairro_sernamby..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10485/indicacao-748-2025-wap_wap-instalacao_de_um_redutor_de_velocidade_quebra-molas_na_rua_liberdade_localizada_no_bairro_sernamby..pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE (QUEBRA-MOLAS) NA RUA DA LIBERDADE (EM FRENTE AO ANTIGO “CAMPO DO MATEENSE”), LOCALIZADA NO BAIRRO SERNAMBY</t>
   </si>
   <si>
     <t>10494</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10494/indicacao-752-2025-isael_aguilar-reitera_indicacao_092-2025_que_diz_respeito_a_construcao_de_uma_capela_mortuaria_na_comunidade_de_nova_lima_distrito_de_itauninhas.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10494/indicacao-752-2025-isael_aguilar-reitera_indicacao_092-2025_que_diz_respeito_a_construcao_de_uma_capela_mortuaria_na_comunidade_de_nova_lima_distrito_de_itauninhas.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO 092/2025 QUE DIZ RESPEITO A CONSTRUÇÃO DE UMA CAPELA MORTUÁRIA NA COMUNIDADE DE NOVA LIMA, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>10497</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10497/indicacao-755-2025-professora_valdirene-calcamento_rural_no_trecho_que_vai_da_entrada_da_comunidade_quilombola_divino_espirito_santo_ate_a_sede_da_associacao_de_moradores_local.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10497/indicacao-755-2025-professora_valdirene-calcamento_rural_no_trecho_que_vai_da_entrada_da_comunidade_quilombola_divino_espirito_santo_ate_a_sede_da_associacao_de_moradores_local.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO RURAL NO TRECHO QUE VAI DA ENTRADA DA COMUNIDADE QUILOMBOLA DIVINO ESPÍRITO SANTO ATÉ A SEDE DA ASSOCIAÇÃO DE MORADORES LOCAL</t>
   </si>
   <si>
     <t>10499</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10499/indicacao-757-2025-raphael_barboza-reabertura_da_rua_nossa_senhora_dos_navegantes_localizada_na_comunidade_mariricu.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10499/indicacao-757-2025-raphael_barboza-reabertura_da_rua_nossa_senhora_dos_navegantes_localizada_na_comunidade_mariricu.pdf</t>
   </si>
   <si>
     <t>REABERTURA (LIMPEZA E RETIRADA DE EXCESSO DE AREIA) DA RUA NOSSA SENHORA DOS NAVEGANTES, NA COMUNIDADE MARIRICU, LOCALIZADA NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>10500</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10500/indicacao-758-2025-raphael_barboza-calcamento_da_avenida_joao_lazaro_de_almeida_prado_localizada_no_bairro_cohab.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10500/indicacao-758-2025-raphael_barboza-calcamento_da_avenida_joao_lazaro_de_almeida_prado_localizada_no_bairro_cohab.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA AVENIDA JOÃO LÁZARO DE ALMEIDA PRADO (AVENIDA QUE INTERLIGA O BAIRRO COHAB À RODOVIA OTHOVARINO DUARTE SANTOS), LOCALIZADA NO BAIRRO COHAB</t>
   </si>
   <si>
     <t>10502</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10502/indicacao-760-2025-schaeffer-pavimentacao_asfaltica_da_rodovia_miguel_carneiro_curry_es-381_no_trecho_do_km_30_ao_municipio_de_jaguare.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10502/indicacao-760-2025-schaeffer-pavimentacao_asfaltica_da_rodovia_miguel_carneiro_curry_es-381_no_trecho_do_km_30_ao_municipio_de_jaguare.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NO TRECHO COM INÍCIO, A PARTIR DA RODOVIA MIGUEL CURRY CARNEIRO - KM 30, ATÉ O LIMITE DO MUNICÍPIO DE JAGUARÉ/ES</t>
   </si>
   <si>
     <t>10503</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10503/indicacao-761-2025-vilmar_do_seac-manutencao_e_reparo_no_calcamento_da_rua_ornalindo_domingos_no_bairro_morada_do_ribeirao.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10503/indicacao-761-2025-vilmar_do_seac-manutencao_e_reparo_no_calcamento_da_rua_ornalindo_domingos_no_bairro_morada_do_ribeirao.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO PARA REPARO DO CALÇAMENTO DA RUA ORNALINDO DOMINGOS, LOCALIZADA NO BAIRRO MORADA DO RIBEIRÃO</t>
   </si>
   <si>
     <t>10504</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10504/indicacao-762-2025-vilmar_do_seac-manutencao_e_reparo_no_calcamento_de_todas_as_ruas_e_avenidas_do_bairro_nova_sao_mateus.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10504/indicacao-762-2025-vilmar_do_seac-manutencao_e_reparo_no_calcamento_de_todas_as_ruas_e_avenidas_do_bairro_nova_sao_mateus.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO PARA REPARO DO CALÇAMENTO DE TODAS AS RUAS E AVENIDAS LOCALIZADAS NO BAIRRO NOVA SÃO MATEUS</t>
   </si>
   <si>
     <t>10505</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10505/indicacao-763-2025-wan_borges-implantacao_de_redutores_de_velocidade_quebra-mola_na_avenida_de_acesso_ao_bairro_village.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10505/indicacao-763-2025-wan_borges-implantacao_de_redutores_de_velocidade_quebra-mola_na_avenida_de_acesso_ao_bairro_village.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE REDUTORES DE VELOCIDADE (QUEBRA-MOLAS) NA AVENIDA DE ACESSO AO BAIRRO VILLAGE</t>
   </si>
   <si>
     <t>10518</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10518/indicacao-773-2025-isael_aguilar-calcamento_da_rua_ceara_localizada_no_bairro_carapina.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10518/indicacao-773-2025-isael_aguilar-calcamento_da_rua_ceara_localizada_no_bairro_carapina.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA CEARÁ, LOCALIZADA NO BAIRRO CARAPINA</t>
   </si>
   <si>
     <t>10533</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10533/indicacao-788-2025-wanderlei_segantini-patrolamento_na_estrada_que_interliga_o_km_44_a_comunidade_pratinha_localizada_no_distrito_de_nestor_gomes.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10533/indicacao-788-2025-wanderlei_segantini-patrolamento_na_estrada_que_interliga_o_km_44_a_comunidade_pratinha_localizada_no_distrito_de_nestor_gomes.pdf</t>
   </si>
   <si>
     <t>PATROLAMENTO DA ESTRADA QUE INTERLIGA O KM 44 DA RODOVIA MIGUEL CURRY CARNEIRO À COMUNIDADE PRATINHA, LOCALIZADA NO DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>10645</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10645/indicacao-792-2025-branco_da_penal-calcamento_da_rua_minas_gerais_localizada_no_loteamento_caicaras_bairro_santo_antonio.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10645/indicacao-792-2025-branco_da_penal-calcamento_da_rua_minas_gerais_localizada_no_loteamento_caicaras_bairro_santo_antonio.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA MINAS GERAIS, LOCALIZADA NO LOTEAMENTO CAIÇARAS, BAIRRO SANTO ANTÔNIO</t>
   </si>
   <si>
     <t>10646</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10646/indicacao-793-2025-cristiano_balanga-construcao_de_uma_capela_mortuaria_com_banheiros_no_cemiterio_da_comunidade_nativo_localizada_no_distrito_do_nativo_de_barra_nova.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10646/indicacao-793-2025-cristiano_balanga-construcao_de_uma_capela_mortuaria_com_banheiros_no_cemiterio_da_comunidade_nativo_localizada_no_distrito_do_nativo_de_barra_nova.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA CAPELA MORTUÁRIA COM BANHEIROS NO CEMITÉRIO DA COMUNIDADE NATIVO, LOCALIZADA NO DISTRITO DO NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>10647</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10647/indicacao-794-2025-cristiano_balanga-disponibilizacao_de_patrulha_mecanizada__comunidades_locais_localizadas_no_distrito_do_nativo_de_barra_nova.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10647/indicacao-794-2025-cristiano_balanga-disponibilizacao_de_patrulha_mecanizada__comunidades_locais_localizadas_no_distrito_do_nativo_de_barra_nova.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZAÇÃO DE PATRULHA MECANIZADA (COMPOSTA POR UMA PATROL, UM ROLO COMPACTADOR, UM CAMINHÃO PIPA, DOIS CAMINHÕES CAÇAMBA, UMA RETROESCAVADEIRA E UMA ESCAVADEIRA), PARA ATENDER OS AGRICULTORES E MORADORES DAS COMUNIDADES NATIVO, FERRUGEM, ILHA PRETA, BARRA NOVA SUL, URUSSUQUARA E BARRA SECA, LOCALIZADAS NO DISTRITO DO NATIVO DE BARRA NOVA, BEM COMO COMUNIDADES VIZINHAS</t>
   </si>
   <si>
     <t>10649</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10649/indicacao-796-2025-isael_aguilar-reitera_a_indicacao_no_133-2025.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10649/indicacao-796-2025-isael_aguilar-reitera_a_indicacao_no_133-2025.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 133/2025 QUE DIZ RESPEITO AO RECAPEAMENTO ASFÁLTICO DA RUA LUIZ CLÁUDIO DOS SANTOS, LOCALIZADA NA COMUNIDADE NOVA LIMA, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>10650</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10650/indicacao-797-2025-isamara_da_farmacia-_conclusao_da_pavimentacao_do_calcadao_da_orla_de_guriri_com_calcamento_da_ciclovia.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10650/indicacao-797-2025-isamara_da_farmacia-_conclusao_da_pavimentacao_do_calcadao_da_orla_de_guriri_com_calcamento_da_ciclovia.pdf</t>
   </si>
   <si>
     <t>CONCLUSÃO DA PAVIMENTAÇÃO DO CALÇADÃO DA ORLA DO BALNEÁRIO DE GURIRI</t>
   </si>
   <si>
     <t>10651</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10651/indicacao-798-2025-isamara_da_farmacia-abertura_da_avenida_luis_carlos_furlin_e_a_implantacao_11km_de_sistema_viario.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10651/indicacao-798-2025-isamara_da_farmacia-abertura_da_avenida_luis_carlos_furlin_e_a_implantacao_11km_de_sistema_viario.pdf</t>
   </si>
   <si>
     <t>ABERTURA DA AVENIDA LUIS CARLOS FURLIN, LOCALIZADA NO BAIRRO GURIRI, COM CONSTRUÇÃO DE UMA PONTE SOBRE O RIO MARIRICU E A IMPLANTAÇÃO DE 1,1 KM DE SISTEMA VIÁRIO, CONTEMPLANDO DUAS FAIXAS DE CIRCULAÇÃO (MÃO E CONTRAMÃO), CICLOVIA, ACOSTAMENTOS, SISTEMA DE DRENAGEM E CONTENÇÕES AMBIENTAIS, INTERLIGANDO DIRETAMENTE A RODOVIA OTHOVARINO DUARTE SANTOS AO LADO NORTE DO BALNEÁREO DE GURIRI</t>
   </si>
   <si>
     <t>10654</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10654/indicacao-801-2025-raphael_barboza-calcamento_da_rua_douglas_lima_localizada_no_bairro_guriri_lado_norte.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10654/indicacao-801-2025-raphael_barboza-calcamento_da_rua_douglas_lima_localizada_no_bairro_guriri_lado_norte.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA DOUGLAS LIMA, LOCALIZADA NO BAIRRO GURIRI – LADO NORTE</t>
   </si>
   <si>
     <t>10655</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>RAPHAEL BARBOZA, WAN BORGES</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10655/indicacao-802-2025-raphael_barboza-criacao_e_execucao_do_projeto_ecopontos_no_municipio_de_sao_mateus-es.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10655/indicacao-802-2025-raphael_barboza-criacao_e_execucao_do_projeto_ecopontos_no_municipio_de_sao_mateus-es.pdf</t>
   </si>
   <si>
     <t>CRIAÇÃO E EXECUÇÃO DO PROJETO ECOPONTOS, COM A FINALIDADE DE PROPORCIONAR À POPULAÇÃO, LOCAIS ADEQUADOS DE DESCARTE DE MATERIAIS RECICLÁVEIS E RESÍDUOS VOLUMOSOS (COMO MÓVEIS, ELETRODOMÉSTICOS INSERVÍVEIS E ENTULHOS DE PEQUENAS OBRAS), NO MUNICÍPIO DE SÃO MATEUS/ES</t>
   </si>
   <si>
     <t>10656</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10656/indicacao-803-2025-schaeffer-execucao_de_servicos_de_elevacao_do_nivel_do_leito_viario_e_instalacao_de_manilhamento_na_estrada_de_acesso_ao_km_28.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10656/indicacao-803-2025-schaeffer-execucao_de_servicos_de_elevacao_do_nivel_do_leito_viario_e_instalacao_de_manilhamento_na_estrada_de_acesso_ao_km_28.pdf</t>
   </si>
   <si>
     <t>EXECUÇÃO DE SERVIÇOS DE ELEVAÇÃO DO NÍVEL DO LEITO VIÁRIO E INSTALAÇÃO DE MANILHAMENTO NA ESTRADA DE ACESSO À RODOVIA BR-381 MIGUEL CURRY CARNEIRO, QUE LIGA ÀS COMUNIDADES QUILOMBOLAS SÃO CRISTÓVÃO E MATA SEDE</t>
   </si>
   <si>
     <t>10661</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10661/indicacao-808-2025-wan_borges-pavimentacao_da_estrada_que_interliga_o_bairro_alvorada_a_br_101.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10661/indicacao-808-2025-wan_borges-pavimentacao_da_estrada_que_interliga_o_bairro_alvorada_a_br_101.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA ESTRADA QUE INTERLIGA O BAIRRO ALVORADA À BR 101 (NAS PROXIMIDADES DA UNIDADE DA PETROBRAS), NO MUNICÍPIO DE SÃO MATEUS/ES</t>
   </si>
   <si>
     <t>10677</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10677/indicacao-818-2025-isael_aguilar-reitera_indicacao_070-2025.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10677/indicacao-818-2025-isael_aguilar-reitera_indicacao_070-2025.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 070/2025 QUE DIZ RESPEITO AO ENCASCALHAMENTO DA LADEIRA, LOCALIZADA NO “CÓRREGO DA GARRAFA”, QUE LIGA O DISTRITO DE SANTA MARIA À ASSOCIAÇÃO FUNDIÁRIA, NO DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>10683</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10683/indicacao-824-2025-raphael_barboza-calcamento_da_rua_jamil_alhakim_localizada_no_bairro_guriri_lado_norte.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10683/indicacao-824-2025-raphael_barboza-calcamento_da_rua_jamil_alhakim_localizada_no_bairro_guriri_lado_norte.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA JAMIL ALHAKIM, LOCALIZADA NO BAIRRO GURIRI, LADO NORTE</t>
   </si>
   <si>
     <t>10688</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10688/indicacao-829-2025-wan_borges-abertura_e_urbanizacao_da_via_que_interliga_o_bairro_village_ao_bairro_litoraneo_com_acesso_pela_rua_joao_rosa_lima.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10688/indicacao-829-2025-wan_borges-abertura_e_urbanizacao_da_via_que_interliga_o_bairro_village_ao_bairro_litoraneo_com_acesso_pela_rua_joao_rosa_lima.pdf</t>
   </si>
   <si>
     <t>ABERTURA E URBANIZAÇÃO DA VIA A SER POSTERIORMENTE DENOMINADA QUE INTERLIGARÁ O LOTEAMENTO VILLAGE LITORÂNEO À RUA JOÃO ROSA LIMA, NO BAIRRO LITORÂNEO</t>
   </si>
   <si>
     <t>10690</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10690/indicacao-831-2025-wanderlei_segantini-limpeza_da_area_que_liga_os_bairros_vila_nova_e_vila_verde.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10690/indicacao-831-2025-wanderlei_segantini-limpeza_da_area_que_liga_os_bairros_vila_nova_e_vila_verde.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DA LOCALIDADE QUE INERLIGA OS BAIRROS VILA NOVA E VILA VERDE</t>
   </si>
   <si>
     <t>10706</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10706/indicacao-835-2025-branco_da_penal-calcamento_da_avenida_francisco_pereira_de_carvalho_no_bairro_guriri_lado_norte.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10706/indicacao-835-2025-branco_da_penal-calcamento_da_avenida_francisco_pereira_de_carvalho_no_bairro_guriri_lado_norte.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA AVENIDA FRANCISCO PEREIRA DE CARVALHO (NO TRECHO QUE SE INICIA NA COMUNIDADE MARIRICU E TERMINA NO MARLIN HOTEL), LOCALIZADA NO BAIRRO GURIRI – NORTE</t>
   </si>
   <si>
     <t>10711</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10711/indicacao-840-2025-isamara_da_farmacia-_calcamento_da_rua_gentil_otaviano_fundao_localizada_no_bairro_bom_sucesso_i.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10711/indicacao-840-2025-isamara_da_farmacia-_calcamento_da_rua_gentil_otaviano_fundao_localizada_no_bairro_bom_sucesso_i.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA GENTIL OTAVIANO FUNDÃO, LOCALIZADA NO BAIRRO BOM SUCESSO I</t>
   </si>
   <si>
     <t>10720</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10720/indicacao-849-2025-vilmar_do_seac-reparo_no_calcamento_de_toda_extensao_da_rua_vila_silvares_localizada_no_bairro_sernamby.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10720/indicacao-849-2025-vilmar_do_seac-reparo_no_calcamento_de_toda_extensao_da_rua_vila_silvares_localizada_no_bairro_sernamby.pdf</t>
   </si>
   <si>
     <t>REPARO NO CALÇAMENTO DE TODA EXTENSÃO DA RUA VILA SILVARES, LOCALIZADA NO BAIRRO SERNAMBY</t>
   </si>
   <si>
     <t>10722</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10722/indicacao-851-2025-wan_borges-manilhamento_no_corrego_proximo_a_rua_do_riacho_localizado_no_bairro_pedra_d_agua.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10722/indicacao-851-2025-wan_borges-manilhamento_no_corrego_proximo_a_rua_do_riacho_localizado_no_bairro_pedra_d_agua.pdf</t>
   </si>
   <si>
     <t>MANILHAMENTO DO CÓRREGO (PRÓXIMO A RUA DO RIACHO), LOCALIZADO NO BAIRRO PEDRA D’ÁGUA</t>
   </si>
   <si>
     <t>10724</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10724/indicacao-853-2025-wanderlei_segantini-limpeza_das_vias_publicas_do_bairro_santa_tereza..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10724/indicacao-853-2025-wanderlei_segantini-limpeza_das_vias_publicas_do_bairro_santa_tereza..pdf</t>
   </si>
   <si>
     <t>LIMPEZA DAS VIAS PÚBLICAS, LOCALIZADAS NO BAIRRO SANTA TEREZA – PONTE</t>
   </si>
   <si>
     <t>10725</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10725/indicacao-854-2025-wap_wap-pavimentacao_asfaltica_da_avenida_humbrto_almeida_franklin_localizada_no_bairro_universitario.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10725/indicacao-854-2025-wap_wap-pavimentacao_asfaltica_da_avenida_humbrto_almeida_franklin_localizada_no_bairro_universitario.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA DA AVENIDA HUMBERTO ALMEIDA FRANKLIN, LOCALIZADA NO BAIRRO UNIVERSITÁRIO</t>
   </si>
   <si>
     <t>10726</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10726/indicacao-855-2025-wap_wap-limpeza_do_valao_que_tem_inicio_no_bairro_idel_e_termino_atras_do_condominio_jardim_floresta_localizado_no_bairro_carapina.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10726/indicacao-855-2025-wap_wap-limpeza_do_valao_que_tem_inicio_no_bairro_idel_e_termino_atras_do_condominio_jardim_floresta_localizado_no_bairro_carapina.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DO VALÃO QUE TEM INÍCIO NO BAIRRO IDEAL (ATRÁS DO BAR DO CAJÁ) E TÉRMINO ATRÁS DO CONDOMÍNIO JARDIM FLORESTA, LOCALIZADO NO BAIRRO CARAPINA</t>
   </si>
   <si>
     <t>10737</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10737/indicacao-860-2025-isael_aguilar-reparo_de_todo_calcamento_das_ruas_da_comunidade_santa_maria_localizada_no_distrito_de_itauninhas.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10737/indicacao-860-2025-isael_aguilar-reparo_de_todo_calcamento_das_ruas_da_comunidade_santa_maria_localizada_no_distrito_de_itauninhas.pdf</t>
   </si>
   <si>
     <t>REPARO NO CALÇAMENTO DE TODAS AS RUAS DA COMUNIDADE DE SANTA MARIA, LOCALIZADAS NO DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>10745</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10745/indicacao-868-2025-schaeffer-execucao_de_servicos_de_calcamento_na_vila_do_nino_km_29_distrito_de_nestor_gomes.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10745/indicacao-868-2025-schaeffer-execucao_de_servicos_de_calcamento_na_vila_do_nino_km_29_distrito_de_nestor_gomes.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA VILA DO NINO, LOCALIZADA NA RODOVIA MIGUEL CURRY CARNEIRO – KM 29, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>10749</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10749/indicacao-872-2025-wan_borges-termino_do_calcamento_da_rua_46_localizada_no_bairro_cohab.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10749/indicacao-872-2025-wan_borges-termino_do_calcamento_da_rua_46_localizada_no_bairro_cohab.pdf</t>
   </si>
   <si>
     <t>TÉRMINO DO CALÇAMENTO DA RUA 46, LOCALIZADA NO BAIRRO COHAB</t>
   </si>
   <si>
     <t>10750</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10750/indicacao-873-2025-wan_borges-disponibilizacao_de_um_gari_fixo_nas_entradas_dos_bairros_do_municipio_de_sao_mateus.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10750/indicacao-873-2025-wan_borges-disponibilizacao_de_um_gari_fixo_nas_entradas_dos_bairros_do_municipio_de_sao_mateus.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZAÇÃO DE UM GARI FIXO, NAS ENTRADAS DOS BAIRROS DO MUNICÍPIO DE SÃO MATEUS</t>
   </si>
   <si>
     <t>10752</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10752/indicacao-875-2025-wanderlei_segantini-_instalacao_de_um_redutor_de_velocidade_quebra-molas_na_avenida_principal_da_comunidade_de_nova_lima.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10752/indicacao-875-2025-wanderlei_segantini-_instalacao_de_um_redutor_de_velocidade_quebra-molas_na_avenida_principal_da_comunidade_de_nova_lima.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE (QUEBRA-MOLAS), NA AVENIDA PRINCIPAL DA COMUNIDADE DE NOVA LIMA (NAS PROXIMIDADES DA RESIDÊNCIA DA SENHORA EREMITA MARIA DE JESUS, CONHECIDA COMO “DONA FIA”), LOCALIZADA NO DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>10764</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10764/indicacao-878-2025-branco_da_penal-calcamento_da_avenida_fernando_jogaib_localizada_no_bairro_ayrton_senna.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10764/indicacao-878-2025-branco_da_penal-calcamento_da_avenida_fernando_jogaib_localizada_no_bairro_ayrton_senna.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO E INSTALAÇÃO DE SISTEMA DE DRENAGEM PLUVIAL NA AVENIDA FERNANDO JOGAIB, LOCALIZADA NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>10769</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10769/indicacao-883-2025-isael_aguilar-reiteracao_da_indicacao_154-2025_que_diz_respeito_ao_calcamento_rural_no_corrego_santaninha_situado_na_comunidade_santa_maria_distrito_de_itauninhas.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10769/indicacao-883-2025-isael_aguilar-reiteracao_da_indicacao_154-2025_que_diz_respeito_ao_calcamento_rural_no_corrego_santaninha_situado_na_comunidade_santa_maria_distrito_de_itauninhas.pdf</t>
   </si>
   <si>
     <t>REITERAÇÃO DA INDICAÇÃO 154/2025, QUE DIZ RESPEITO AO CALÇAMENTO RURAL NO CÓRREGO SANTANINHA, SITUADO NA COMUNIDADE SANTA MARIA, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>10773</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10773/indicacao-887-2025-professora_valdirene_bernadino-elaboracao_atualizacao_e_execucao_do_plano_municipal_de_saneamento_basico_pmsb.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10773/indicacao-887-2025-professora_valdirene_bernadino-elaboracao_atualizacao_e_execucao_do_plano_municipal_de_saneamento_basico_pmsb.pdf</t>
   </si>
   <si>
     <t>ELABORAÇÃO, ATUALIZAÇÃO E EXECUÇÃO DO PLANO MUNICIPAL DE SANEAMENTO BÁSICO (PMSB), EM CONFORMIDADE COM A LEI FEDERAL Nº 11.445/2007 E O DECRETO Nº 11.599/2023, CONTEMPLANDO TODO O TERRITÓRIO DO MUNICÍPIO DE SÃO MATEUS, COM ATENÇÃO ESPECIAL E ABORDAGEM DETALHADA ÀS NECESSIDADES DO BAIRRO GURIRI — LADOS SUL E NORTE</t>
   </si>
   <si>
     <t>10775</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10775/indicacao-889-2025-raphael_barboza-termino_do_asfaltamento_da_rua_sao_joao_localizada_no_bairro_ideal_adjacente_a_igreja_catolica_da_comunidade_nossa_senhora_de_fatima.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10775/indicacao-889-2025-raphael_barboza-termino_do_asfaltamento_da_rua_sao_joao_localizada_no_bairro_ideal_adjacente_a_igreja_catolica_da_comunidade_nossa_senhora_de_fatima.pdf</t>
   </si>
   <si>
     <t>TÉRMINO DO ASFALTAMENTO DA RUA SÃO JOÃO, LOCALIZADA NO BAIRRO IDEAL, ADJACENTE À IGREJA CATÓLICA DA COMUNIDADE NOSSA SENHORA DE FÁTIMA</t>
   </si>
   <si>
     <t>10781</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10781/indicacao-895-2025-wan_borges-manutencao_na_infraestrutura_da_rua_ilheus_no_bairro_pedra_dagua.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10781/indicacao-895-2025-wan_borges-manutencao_na_infraestrutura_da_rua_ilheus_no_bairro_pedra_dagua.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA INFRAESTRUTURA DA RUA ILHÉUS, LOCALIZADA NO BAIRRO PEDRA D’ÁGUA</t>
   </si>
   <si>
     <t>10783</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10783/indicacao-897-2025-wanderlei_segantini-cotratacao_de_pessoal_para_limpeza_publica_na_comunidade_de_itauninhas..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10783/indicacao-897-2025-wanderlei_segantini-cotratacao_de_pessoal_para_limpeza_publica_na_comunidade_de_itauninhas..pdf</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE PESSOAL PARA LIMPEZA PÚBLICA NA COMUNIDADE DE ITAUNINHAS, LOCALIZADA NO DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>10792</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10792/indicacao-902-2025-cristiano_balanga-termino_do_calcamento_da_rua_clemente_sartorio_situada_no_bairro_jaqueline.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10792/indicacao-902-2025-cristiano_balanga-termino_do_calcamento_da_rua_clemente_sartorio_situada_no_bairro_jaqueline.pdf</t>
   </si>
   <si>
     <t>TÉRMINO DO CALCAMENTO DA RUA CLEMENTE SARTÓRIO, LOCALIZADA NO BAIRRO JAQUELINE</t>
   </si>
   <si>
     <t>10794</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10794/indicacao-904-2025-isamara_da_farmacia-instalacao_de_redutor_de_velocidade_na_avenida_joao_batista_crespo_nas_proximidades_da_residencia_801_locaixada_no_bairro_vitoria.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10794/indicacao-904-2025-isamara_da_farmacia-instalacao_de_redutor_de_velocidade_na_avenida_joao_batista_crespo_nas_proximidades_da_residencia_801_locaixada_no_bairro_vitoria.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE REDUTOR DE VELOCIDADE (QUEBRA-MOLAS) NA AVENIDA JOÃO BATISTA CRESPO (NAS PROXIMIDADES DA RESIDÊNCIA N° 801), LOCALIZADA NO BAIRRO VITÓRIA</t>
   </si>
   <si>
     <t>10795</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10795/indicacao-905-2025-isamara_da_farmacia-calcamento_da_rua_da_prata_localizada_no_bairro_jardim_bom_gosto.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10795/indicacao-905-2025-isamara_da_farmacia-calcamento_da_rua_da_prata_localizada_no_bairro_jardim_bom_gosto.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA DA PRATA, LOCALIZADA NO BAIRRO JARDIM BOM GOSTO</t>
   </si>
   <si>
     <t>10798</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10798/indicacao-908-2025-raphael_barboza-calcamento_da_rua_sao_paulo_localizada_no_bairro_rio_preto.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10798/indicacao-908-2025-raphael_barboza-calcamento_da_rua_sao_paulo_localizada_no_bairro_rio_preto.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA SÃO PAULO, LOCALIZADA NO BAIRRO RIO PRETO</t>
   </si>
   <si>
     <t>10801</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10801/indicacao-911-2025-schaeffer-conclusao_do_calcamento_das_ruas_que_circundam_a_quadra_poliesportiva_localizada_no_distrito_de_nestor_gomes__km_41.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10801/indicacao-911-2025-schaeffer-conclusao_do_calcamento_das_ruas_que_circundam_a_quadra_poliesportiva_localizada_no_distrito_de_nestor_gomes__km_41.pdf</t>
   </si>
   <si>
     <t>CONCLUSÃO DO CALÇAMENTO DAS RUAS QUE CIRCUNDAM A QUADRA POLIESPORTIVA LOCALIZADA NO DISTRITO DE NESTOR GOMES – KM 41</t>
   </si>
   <si>
     <t>10803</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10803/indicacao-913-2025-vilmar_do_seac-calcamento_da_rua_euclides_da_cunha_localizada_no_bairro_ayrton_senna.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10803/indicacao-913-2025-vilmar_do_seac-calcamento_da_rua_euclides_da_cunha_localizada_no_bairro_ayrton_senna.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA EUCLIDES CUNHA, LOCALIZADA NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>10804</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10804/indicacao-914-2025-wan_borges-limpeza_e_manutencao_de_todas_as_ruas_do_bairro_litoraneo..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10804/indicacao-914-2025-wan_borges-limpeza_e_manutencao_de_todas_as_ruas_do_bairro_litoraneo..pdf</t>
   </si>
   <si>
     <t>LIMPEZA E MANUTENÇÃO (CAPINA E RETIRADA DE ENTULHOS) DE TODAS AS RUAS DO BAIRRO LITORÂNEO</t>
   </si>
   <si>
     <t>10805</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10805/indicacao-915-2025-wan_borges-limpeza_e_manutencao_dos_acessos_ao_bairro_porto..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10805/indicacao-915-2025-wan_borges-limpeza_e_manutencao_dos_acessos_ao_bairro_porto..pdf</t>
   </si>
   <si>
     <t>LIMPEZA E MANUTENÇÃO DOS ACESSOS AO BAIRRO PORTO (LADEIRA SÃO GONÇALO E ESCADARIA), NO MUNICÍPIO DE SÃO MATEUS/ES</t>
   </si>
   <si>
     <t>10808</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10808/indicacao-918-2025-wap_wap-calcamento_da_rua_odilio_nico_localizada_no_bairro_guriri-_lado_sul.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10808/indicacao-918-2025-wap_wap-calcamento_da_rua_odilio_nico_localizada_no_bairro_guriri-_lado_sul.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA ODÍLIO NICO, LOCALIZADA NO BAIRRO GURIRI – LADO SUL</t>
   </si>
   <si>
     <t>10809</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10809/indicacao-919-2025-wap_wap-calcamento_da_rua_12ao_lado_da_gurimar_localizada_no_bairro_guriri-_lado_sul.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10809/indicacao-919-2025-wap_wap-calcamento_da_rua_12ao_lado_da_gurimar_localizada_no_bairro_guriri-_lado_sul.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA ÁLVARO LEAL CALMON (NAS PROXIMIDADES DA LOJA GURIMAR), LOCALIZADA NO BAIRRO GURIRI – LADO SUL</t>
   </si>
   <si>
     <t>10816</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10816/indicacao-923-2025-cristiano_balanga-reforma_e_manutencao_da_motobomba_de_succao_para_dragagem_localizada_na_comunidade_de_barra_seca_distrito_do_nativo_de_barra_nova.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10816/indicacao-923-2025-cristiano_balanga-reforma_e_manutencao_da_motobomba_de_succao_para_dragagem_localizada_na_comunidade_de_barra_seca_distrito_do_nativo_de_barra_nova.pdf</t>
   </si>
   <si>
     <t>REFORMA E MANUTENÇÃO DA MOTOBOMBA DE SUCÇÃO (POPULARMENTE CONHECIDA COMO BOMBA DRAGA), LOCALIZADA NA COMUNIDADE DE BARRA SECA, DISTRITO DO NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>10818</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10818/indicacao-925-2025-isamara_da_farmacia-recapeamento_asfaltico_das_avenidas_alemanha_berlim_lisboa_e_portugal_localizadas_no_bairro_novo_horizonte.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10818/indicacao-925-2025-isamara_da_farmacia-recapeamento_asfaltico_das_avenidas_alemanha_berlim_lisboa_e_portugal_localizadas_no_bairro_novo_horizonte.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO DAS AVENIDAS ALEMANHA, BERLIN, LISBOA E PORTUGAL, LOCALIZADAS NO BAIRRO NOVO HORIZONTE</t>
   </si>
   <si>
     <t>10819</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10819/indicacao-926-2025-professora_valdirene_bernadino-termino_do_calcamento_da_avenida_gileno_santos_localizada_no_bairro_ayrton_senna.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10819/indicacao-926-2025-professora_valdirene_bernadino-termino_do_calcamento_da_avenida_gileno_santos_localizada_no_bairro_ayrton_senna.pdf</t>
   </si>
   <si>
     <t>TÉRMINO DO CALÇAMENTO DA AVENIDA GILENO SANTOS, LOCALIZADA NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>10820</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10820/indicacao-927-2025-professora_valdirene_bernadino-limpeza_e_poda_de_arvores_na_entrada_do_bairro_jambeiro.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10820/indicacao-927-2025-professora_valdirene_bernadino-limpeza_e_poda_de_arvores_na_entrada_do_bairro_jambeiro.pdf</t>
   </si>
   <si>
     <t>LIMPEZA E PODA DAS ÁRVORES DO ACESSO À ENTRADA DO BAIRRO JAMBEIRO</t>
   </si>
   <si>
     <t>10823</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10823/indicacao-930-2025-schaeffer-realizacao_de_servicos_regulares_de_capina_e_limpeza_das_ruas_da_vila_do_pirola_em_nestor_gomes.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10823/indicacao-930-2025-schaeffer-realizacao_de_servicos_regulares_de_capina_e_limpeza_das_ruas_da_vila_do_pirola_em_nestor_gomes.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE SERVIÇOS REGULARES DE CAPINA E LIMPEZA DAS RUAS DA “VILA DO PIROLA”, LOCALIZADA NO KM 25, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>10825</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10825/indicacao-932-2025-vilmar_do_seac-reparo_em_toda_a_extensao_do_calcamento_da_rua_almir_queiroz_que_liga_o_bairro_morada_do_ribeirao_ao_bairro_jaqueline.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10825/indicacao-932-2025-vilmar_do_seac-reparo_em_toda_a_extensao_do_calcamento_da_rua_almir_queiroz_que_liga_o_bairro_morada_do_ribeirao_ao_bairro_jaqueline.pdf</t>
   </si>
   <si>
     <t>REPARO EM TODA A EXTENSÃO DO CALÇAMENTO DA RUA ALMIR QUEIROZ, QUE LIGA O BAIRRO MORADA DO RIBEIRÃO AO BAIRRO JAQUELINE</t>
   </si>
   <si>
     <t>10826</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10826/indicacao-933-2025-vilmar_do_seac-calcamento_da_rua_erix_pecanha_situada_no_bairro_jaqueline.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10826/indicacao-933-2025-vilmar_do_seac-calcamento_da_rua_erix_pecanha_situada_no_bairro_jaqueline.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA ERIX PEÇANHA, SITUADA NO BAIRRO JAQUELINE</t>
   </si>
   <si>
     <t>10828</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10828/indicacao-935-2025-wan_borges-manutencao_na_infraestrutura_da_rua_14_no_loteamento_residencial_vista_do_cricare_no_bairro_jambeiro.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10828/indicacao-935-2025-wan_borges-manutencao_na_infraestrutura_da_rua_14_no_loteamento_residencial_vista_do_cricare_no_bairro_jambeiro.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA INFRAESTRUTURA DA RUA 14, LOCALIZADA NO LOTEAMENTO RESIDENCIAL “VISTA DO CRICARÉ”, NO BAIRRO JAMBEIRO</t>
   </si>
   <si>
     <t>10829</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10829/indicacao-936-2025-wanderlei_segantini-pintura_dos_quebra-molas_nas_comunidades_de_nova_limasao_geraldo_e_itauninhas_localizadas_no_distrito_de_itauninhas..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10829/indicacao-936-2025-wanderlei_segantini-pintura_dos_quebra-molas_nas_comunidades_de_nova_limasao_geraldo_e_itauninhas_localizadas_no_distrito_de_itauninhas..pdf</t>
   </si>
   <si>
     <t>PINTURA DOS QUEBRA-MOLAS NAS COMUNIDADES DE NOVA LIMA, SÃO GERALDO E ITAUNINHAS, LOCALIZADAS NO DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>10843</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10843/indicacao-940-2025-branco_da_penal-ampliacao_com_construcao_de_muro_e_reforma_do_cemiterio_da_comunidade_santo_antonio_no_km_28.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10843/indicacao-940-2025-branco_da_penal-ampliacao_com_construcao_de_muro_e_reforma_do_cemiterio_da_comunidade_santo_antonio_no_km_28.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO, CONSTRUÇÃO DE MURO E REFORMA DO CEMITÉRIO, LOCALIZADO NA RODOVIA MIGUEL CURRY CARNEIRO, ES-381, NA COMUNIDADE SANTO ANTÔNIO - KM 28, NO DISTRITO DE NESTO GOMES</t>
   </si>
   <si>
     <t>10849</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10849/indicacao-946-2025-raphael_barboza-aquisicao_ou_permuta_de_terreno_para_perfuracao_de_poco_artesiano_na_comunidade_de_tabuas_localizada_no_distrito_do_nativo_de_barra_nova.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10849/indicacao-946-2025-raphael_barboza-aquisicao_ou_permuta_de_terreno_para_perfuracao_de_poco_artesiano_na_comunidade_de_tabuas_localizada_no_distrito_do_nativo_de_barra_nova.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO OU PERMUTA DE TERRENO DESTINADO A PERFURAÇÃO DE POÇO ARTESIANO NA COMUNIDADE DE TÁBUAS, LOCALIZADA NO DISTRITO DO NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>10850</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10850/indicacao-947-2025-raphael_barboza-istalacao_de_um_redutor_de_velocidadequebra-molasna_rua_humberto_de_almeida_franklinem_frente_a_univc_localizada_no_bairro_universitario.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10850/indicacao-947-2025-raphael_barboza-istalacao_de_um_redutor_de_velocidadequebra-molasna_rua_humberto_de_almeida_franklinem_frente_a_univc_localizada_no_bairro_universitario.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE (QUEBRA-MOLAS) NA RUA HUMBERTO DE ALMEIDA FRANKLIN (EM FRENTE AO CENTRO UNIVERSITÁRIO CRICARÉ - UNIVC), LOCALIZADA NO BAIRRO UNIVERSITÁRIO</t>
   </si>
   <si>
     <t>10851</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10851/indicacao-948-2025-schaeffer-realizacao_de_servicos_regulares_de_capina_e_limpeza_nos_arredores_do_cras_do_km_41_e_das_ubs_s_do_km_3529_e_23_em_nestor_gomes.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10851/indicacao-948-2025-schaeffer-realizacao_de_servicos_regulares_de_capina_e_limpeza_nos_arredores_do_cras_do_km_41_e_das_ubs_s_do_km_3529_e_23_em_nestor_gomes.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE SERVIÇOS REGULARES DE CAPINA E LIMPEZA NOS ARREDORES DO CENTRO DE REFERÊNCIA E ASSISTÊNCIA SOCIAL - CRAS DO KM 41 E NOS ARREDORES DAS UNIDADES BÁSICAS DE SAÚDE - UBS'S DOS KM'S 35, 29 E 23, LOCALIZADOS NA RODOVIA MIGUEL CURRY CARNEIRO, ES-381, NO DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>10852</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10852/indicacao-949-2025-schaeffer-aquisicao_ou_permuta_de_terreno_para_construcao_de_um_novo_cemiterio_no_km_41_em_nestor_gomes.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10852/indicacao-949-2025-schaeffer-aquisicao_ou_permuta_de_terreno_para_construcao_de_um_novo_cemiterio_no_km_41_em_nestor_gomes.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO OU PERMUTA DE TERRENO PARA CONSTRUÇÃO DE UM NOVO CEMITÉRIO NO KM 41, LOCALIZADO NA RODOVIA MIGUEL CURRY CARNEIRO, ES-381, NO DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>10857</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10857/indicacao-954-2025-wanderlei_segantini-limpeza_de_todas_as_ruas_do_residencial_jacui_1_localizado_no_bairro_aviacao.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10857/indicacao-954-2025-wanderlei_segantini-limpeza_de_todas_as_ruas_do_residencial_jacui_1_localizado_no_bairro_aviacao.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DE TODAS AS RUAS DO LOTEAMENTO RESIDENCIAL JACUÍ I, LOCALIZADO NO BAIRRO AVIAÇÃO</t>
   </si>
   <si>
     <t>10858</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10858/indicacao-955-2025-wanderlei_segantini-limpeza_de_todas_as_ruas_do_residencial_jacui_ii_localizado_no_bairro_aviacao.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10858/indicacao-955-2025-wanderlei_segantini-limpeza_de_todas_as_ruas_do_residencial_jacui_ii_localizado_no_bairro_aviacao.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DE TODAS AS RUAS DO LOTEAMENTO RESIDENCIAL JACUÍ II, LOCALIZADO NO BAIRRO AVIAÇÃO</t>
   </si>
   <si>
     <t>10860</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10860/indicacao-957-2025-wap_wap-_calcamento_da_rua_sao_daniel_comboni_localizada_no_bairro_guriri_lado_sul.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10860/indicacao-957-2025-wap_wap-_calcamento_da_rua_sao_daniel_comboni_localizada_no_bairro_guriri_lado_sul.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA SÃO DANIEL COMBONI, LOCALIZADA NO BAIRRO GURIRI - LADO SUL</t>
   </si>
   <si>
     <t>10871</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10871/indicacao-966-2025-professora_valdirene_bernadino-reitera_a_indicacao_008-2025..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10871/indicacao-966-2025-professora_valdirene_bernadino-reitera_a_indicacao_008-2025..pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 008/2025, QUE DIZ RESPEITO A EXECUÇÃO DE OBRA DE PAVIMENTAÇÃO NA ESTRADA DAS MELEIRAS, COM INÍCIO A PARTIR DA RODOVIA OTHOVARINO DUARTE SANTOS ATÉ O LIMITE DOS MUNICÍPIOS DE SÃO MATEUS E CONCEIÇÃO DA BARRA/ES</t>
   </si>
   <si>
     <t>10873</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10873/indicacao-968-2025-raphael_barboza-limpeza_desobstrucao_e_manutencao_preventiva_do_valao_localizado_na_comunidade_da_vila_maruim_no_bairro_porto_situado_atras_do_sesc_sao_mateus.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10873/indicacao-968-2025-raphael_barboza-limpeza_desobstrucao_e_manutencao_preventiva_do_valao_localizado_na_comunidade_da_vila_maruim_no_bairro_porto_situado_atras_do_sesc_sao_mateus.pdf</t>
   </si>
   <si>
     <t>LIMPEZA, DESOBSTRUÇÃO E MANUTENÇÃO PREVENTIVA DO VALÃO LOCALIZADO NA COMUNIDADE DA VILA MARUIM, NO BAIRRO PORTO (SITUADO ATRÁS DO SESC SÃO MATEUS)</t>
   </si>
   <si>
     <t>10877</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10877/indicacao-972-2025-vilmar_do_seac-contratacao_de_empresa_especializada_em_esgotamento_de_fossas_septicas_e_rudimentares_para_atendimento_aos_bairros_carentes_de_sao_mateus.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10877/indicacao-972-2025-vilmar_do_seac-contratacao_de_empresa_especializada_em_esgotamento_de_fossas_septicas_e_rudimentares_para_atendimento_aos_bairros_carentes_de_sao_mateus.pdf</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM ESGOTAMENTO DE FOSSAS SÉPTICAS E RUDMENTARES PARA ATENDIMENTO NO MUNICÍPIO DE SÃO MATEUS/ES</t>
   </si>
   <si>
     <t>10878</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10878/indicacao-973-2025-vilmar_do_seac-viabilizar_o_desentupimento_dos_buieros_existentes_e_a_instalacao_ou_substituicao_de_tampas_danificadas_da_cidade.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10878/indicacao-973-2025-vilmar_do_seac-viabilizar_o_desentupimento_dos_buieros_existentes_e_a_instalacao_ou_substituicao_de_tampas_danificadas_da_cidade.pdf</t>
   </si>
   <si>
     <t>DESENTUPIMENTO DOS BUEIROS EXISTENTES NO MUNICÍPIO DE SÃO MATEUS E A INSTALAÇÃO OU SUBSTITUIÇÃO DAS TAMPAS DANIFICADAS</t>
   </si>
   <si>
     <t>10880</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10880/indicacao-975-2025-wan_borges-interligacao_da_rua_bronze_no_bairro_jaqueline_com_a_rodovia_othovarino_duarte_santos__es_315.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10880/indicacao-975-2025-wan_borges-interligacao_da_rua_bronze_no_bairro_jaqueline_com_a_rodovia_othovarino_duarte_santos__es_315.pdf</t>
   </si>
   <si>
     <t>INTERLIGAÇÃO DA RUA BRONZE, NO BAIRRO JAQUELINE, COM A RODOVIA OTHOVARINO DUARTE SANTOS – ES 315</t>
   </si>
   <si>
     <t>10882</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10882/indicacao-977-2025-wanderlei_segantini-encascalhamento_da_ladeira_denominada_como_morro_do_nazario_localizada_na_comunidade_do_chiado_distrito_de_itauninhas.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10882/indicacao-977-2025-wanderlei_segantini-encascalhamento_da_ladeira_denominada_como_morro_do_nazario_localizada_na_comunidade_do_chiado_distrito_de_itauninhas.pdf</t>
   </si>
   <si>
     <t>ENCASCALHAMENTO DA LADEIRA DENOMINADA COMO “MORRO DO NAZÁRIO”, LOCALIZADA NA COMUNIDADE DO CHIADO, DISTRITO DE ITAUNINHAS</t>
+  </si>
+  <si>
+    <t>10900</t>
+  </si>
+  <si>
+    <t>984</t>
+  </si>
+  <si>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10900/indicacao-984-2025-isael_aguilar-reitera_indicacao_n_197-2025.pdf</t>
+  </si>
+  <si>
+    <t>REITERA A INDICAÇÃO Nº 197/2025, QUE DIZ RESPEITO A APLICAÇÃO DE REVSOL NA ESTRADA QUE LIGA A RODOVIA ES – 315 ATÉ O CÓRREGO SANTANINHA, NA COMUNIDADE SANTA MARIA, DISTRITO DE ITAUNINHAS</t>
+  </si>
+  <si>
+    <t>10905</t>
+  </si>
+  <si>
+    <t>989</t>
+  </si>
+  <si>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10905/indicacao-989-2025-professora_valdirene_bernadino-implantacao_de_rota_de_acesso_elevado_no_bairro_guriri..pdf</t>
+  </si>
+  <si>
+    <t>EXECUÇÃO DE CALÇAMENTO ELEVADO COMO MEDIDA EMERGENCIAL, VISANDO ASSEGURAR A MOBILIDADE URBANA NO PERÍODO CHUVOSO, NO TRECHO ENTRE A RUA DOS PINHEIROS E A RUA PROFESSOR AMARO NASCIMENTO, BEM COMO NA AVENIDA DÉCIMA PRIMEIRA, TODAS LOCALIZADAS NO BAIRRO GURIRI, QUE SÃO VIAS PÚBLICAS NÃO PAVIMENTADAS E DE CONEXÃO ENTRE OS LADOS SUL E NORTE DO REFERIDO BAIRRO</t>
+  </si>
+  <si>
+    <t>10906</t>
+  </si>
+  <si>
+    <t>990</t>
+  </si>
+  <si>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10906/indicacao-990-2025-raphael_barboza-revitalizacao_das_identificacoes_visuais_da_frota_municipal_e_de_veiculos_terceirizados.pdf</t>
+  </si>
+  <si>
+    <t>REVITALIZAÇÃO DAS IDENTIFICAÇÕES VISUAIS DA FROTA MUNICIPAL E DE VEÍCULOS TERCEIRIZADOS</t>
+  </si>
+  <si>
+    <t>10907</t>
+  </si>
+  <si>
+    <t>991</t>
+  </si>
+  <si>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10907/indicacao-991-2025-raphael_barboza-instalacao_de_redutor_de_velocidade.pdf</t>
+  </si>
+  <si>
+    <t>INSTALAÇÃO DE REDUTOR DE VELOCIDADE (QUEBRA-MOLAS) NA RUA ITÁLIA, BAIRRO NOVO HORIZONTE</t>
+  </si>
+  <si>
+    <t>10910</t>
+  </si>
+  <si>
+    <t>994</t>
+  </si>
+  <si>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10910/indicacao-994-2025-vilmar_do_seac-reparo_no_calcamento_de_toda_extensao_da_rua_cel._mateus_cunha_localizada_no_bairro_sernamby.pdf</t>
+  </si>
+  <si>
+    <t>REPARO NO CALÇAMENTO DE TODA EXTENSÃO DA RUA CEL. MATEUS CUNHA, NO TRECHO COMPREENDIDO ENTRE O ENTRONCAMENTO DA RUA JOÃO EVANGELISTA MONTEIRO LOBATO, SITUADA NO BAIRRO SERNAMBY ATÉ A RUA TRÊS, LOCALIZADA NO BAIRRO MORADA DO RIBEIRÃO</t>
+  </si>
+  <si>
+    <t>10913</t>
+  </si>
+  <si>
+    <t>997</t>
+  </si>
+  <si>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10913/indicacao-997-2025-wan_borges-instalacao_de_abrigo_de_onibus_no_residencial_solar_localizado_no_bairro_aroeira.pdf</t>
+  </si>
+  <si>
+    <t>INSTALAÇÃO DE ABRIGO DE ÔNIBUS NO RESIDENCIAL SOLAR, LOCALIZADO NO BAIRRO AROEIRA</t>
+  </si>
+  <si>
+    <t>10914</t>
+  </si>
+  <si>
+    <t>998</t>
+  </si>
+  <si>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10914/indicacao-998-2025-wanderlei_segantini-instalacao_de_lixeiras_publicas_na_comunidade_de_nova_lima..pdf</t>
+  </si>
+  <si>
+    <t>INSTALAÇÃO DE LIXEIRAS PÚBLICAS DE GRANDE PORTE NAS PRINCIPAIS VIAS DA COMUNIDADE DE NOVA LIMA, LOCALIZADA NO DISTRITO DE ITAUNINHAS</t>
+  </si>
+  <si>
+    <t>10915</t>
+  </si>
+  <si>
+    <t>999</t>
+  </si>
+  <si>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10915/indicacao-999-2025-wanderlei_segantini-instalacao_de_lixeiras_publicas_na_comunidade_de_itauninhas..pdf</t>
+  </si>
+  <si>
+    <t>INSTALAÇÃO DE LIXEIRAS PÚBLICAS DE GRANDE PORTE NAS PRINCIPAIS VIAS DA COMUNIDADE DE ITAUNINHAS, LOCALIZADA NO DISTRITO DE ITAUNINHAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -4281,56 +4377,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9529/indicacao-003-2025_-cristiano_balanga-pavimentacao_da_estrada_do_nativo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9530/indicacao-004-2025-cristiano_balanga-pavimentacao_asfaltica_da_rua.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9533/indicacao-007-2025-isamara_da_farmacia-calcamento_da_rua_antenor_franca.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9534/indicacao-008-2025_-valdirene_bernadino-calcamento_rural.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9537/indicacao-011-2025_raphael_barboza-limpeza_e_capina_de_valao_morada_do_ribeirao.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9542/indicacao-016-2025-wan_borges-recapeamento_asfaltico_da_avenida_joao_nardoto.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9545/indicacao-019-2025_-wap_wap-_construcao_de_galeria_no_vila_nova.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9549/indicacao-023-2025-cristiano_balanga-manilhamento_da_rede_pluvial_comunidade_vila_do_nino.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9553/indicacao-027-2025-isamara_da_farmacia-calcamento_da_rua_maranhaono_bairro_caicaras.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9556/indicacao-030-2025-professora_valdirene_bernardino-construcao_de_calcada_cidada_na_rua_2conhecida_como_ladeira_do_san_remo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9558/indicacao-032-raphael_barboza-termino_do_calcamento_do_final_da_rua_7_de_setembro_no_bairro_maruim.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9564/indicacao-038-2025_-_wan_borges_-__recostrucao_da_estrada_que_conecta_os_bairros_morada_do_ribeirao_e_seac.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9572/indicacao-046-2025-cristiano_balanga-calcamento_da_rua_admir_silva_crespo_no_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9580/indicacao-054-2025-raphael_barboza-reforma_e_revitalizacao_do_mercado_municipal_do_municipio_de_sao_mateus..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9585/indicacao-059-2025-wan_borges-recapeamento_asfaltico_em_todas_as_ruas_do_bairro_cohab.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9590/indicacao-064-2025-wap_wap-calcamento_da_rua_rio_grande_do_sul_localizada_no_bairro_ayrton_senna.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9601/indicacao-069-2025-isael_aguilar-aplicacao_de_revisol_na_ladeira_denominada_como_morro_do_nazario_localizada_na_comunidade__do_chiadodistrito_de_itauninhas.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9608/indicacao-076-2025-raphael_barboza-calcamento_da_avenida_padre_angelo_compri_situada_em_frente_ao_ceim_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9609/indicacao-077-2025-schaeffer-construcao_de_uma_capela_mortuaria_no_distrito_de_nestor_gomes..pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9611/indicacao-079-2025_-_vilmar_do_seac-_calcamento_das_ruas_b_norte_c_norte_e_norte_bairro_seac.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9613/indicacao-081-2025-wan_borges-recapeamento_asfaltico_da_avenida_reconcavo_dos_corais_localizada_no_bairro_morada_do_ribeirao.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9614/indicacao-082-2025-wan_borges-reparo_asfaltico_da_avenida_recanto_das_iaras_localizada_no_bairo_morada_de_ribeirao.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9617/indicacao-085-2025-wap_wap-revitalizacao_da_feirinha_do_bairro_vila_nova_e_guriri..pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9624/indicacao-092-2025-isael_aguilar-construcao_de_uma_capela_mortuaria_na_comunidade_de_nova_lima-_distrito_de_itauninhas.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9627/indicacao-095-2025-professora_valdirene_bernadino-ampliacao_da_extensao_e_reforma_geral_do_muro_do_cemiterio_nestor_gomes.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9628/indicacao-096-2025-professora_valdirene_bernadino-pavimentacao_da_ciclovia_em_toda_a_extensao_do_calcadao.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9630/indicacao-098-2025-raphael_barboza-construcao_do_centro_administrativo_municipal.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9634/indicacao-102-2025-vilmar_do_seac-limpeza_da_area_de_lazer_conhecida_como_jaqueira_localizada_ao_lado_do_campo_de_futebol_de_areia_no_bairro_ribeirao.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9635/indicacao-103-2025-wan_borges-aquisicao_de_terreno_para_construcao_de_um_novo_cemiterio_em_sao_mateus.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9637/indicacao-105-2025-wanderlei_segantini-limpeza_das_ruas_das_comunidades_de_nova_limadistrito_de_itauninhas.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9638/indicacao-106-2025-wanderlei_segantini-instalacao_de_redutor_de_velocidadequebra-molas_na_rua_maria_branca_localizada_na_comunidade_nova_limadistrito_de_itauninhas.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9683/indicacao-113-2025-isamara_da_farmacia-instalacao_de_aparelhos_de_ar_condicionado_na_capela_mortuaria_de_sao_mateus_localizada_na_rua_dr._arlindo_sodre_n108bairro_centro.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9684/indicacao-114-2025-isamara_da_farmacia-reposicionamento_de_ponto_de_onibus_com_construcao_do_respectivo_abrigo_na_avenida_dom_jose_dalvit_no_bairro_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9691/indicacao-121-2025-vilmar_do_seac-calcamento_da_rua_e_norte_no_bairro_seac.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9692/indicacao-122-2025-vilmar_do_seac-calcamento_da_rua_c_norte_no_bairro_seac.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9693/indicacao-123-2025-wan_borges-solicitacao_de_vistoria_na_ponte_localizada_na_rua_zenor_pedrosa_rocha_no_bairro_ribeirao.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9695/indicacao-125-2025-wanderlei_segantini-limpeza_das_ruas_da_comunidade_de_sao_geraldo_distrito_de_itauninhas.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9696/indicacao-126-2025-wanderlei_segantini-limpeza_das_ruas_de_itauninhas_distrito_de_itauninhas.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9703/indicacao-130-2025_-branco_da_penal_calcamento_da_vila_do_pirola.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9706/indicacao-133-2025-isael_aguilar-recapeamento_asfaltico_da_rua_luiz_claudio_dos_santoscomunidade_nova_limadistrito_de_itauninhas.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9717/indicacao-144-2025-wan_borges-calcamento_da_rua_sebastiao_soares_localizada_no_bairro_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9719/indicacao-146-2025-wanderlei_segantini-construcao_de_um_camelodromo_na_praca_mesquita_neto_localizada_no_centro_do_municipio_de_sao_mateus..pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9729/indicacao-154_-2025-isael_aguilar-calcamento_rural..corrego_santaninha..comunidade_santa_maria_distrito..itauninhas.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9731/indicacao-156-2025-isamara_da_farmacia-calcamento_da_rua_domingos_felismino_localizada_no_bairro_bela_vista..pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9732/indicacao-157-2025-professora_valdirene_bernadino-calcamento_da_rua_gilson_joao_clemente_localizada_no_bairro_jambeiro.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9735/indicacao-160-2025-raphael_barboza-.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9738/indicacao-163-2025-vilmar_do_seac-conclusao_da_obra_de_pavimentacao_da_rua_bc_localizada_no_bairro_seac.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9739/indicacao-164-2025-vilmar_do_seac-conclusao_da_obra_de_pavimentacao_da_rua_p_no_bairro_seac.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9740/indicacao-165-2025-wan_borges-manutencao_emtoda_extensao_da_rua_santa_ines_localizada_no_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9742/indicacao-167-2025-wanderlei_segantini-construcao_campo_soceity_na_comunididade_de_nova_lima_distrito_de_nestor_gomes_2.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9744/indicacao-169-2025-wap_wap-pavimentacao_da_avenida_francisca_pereira_de_carvalho_lado_norte_localizada_em_guriri.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9745/indicacao-170-2025-wap_wap-pavimentacao_da_rua_22_lado_norte_bairro_guriri.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9749/indicacao-171-2025_-branco_da_penal_recapeamento_asfaltico_da_rua_presidente_costa_e_silva_no_bairro_santo_antonio..pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9755/indicacao-177-2025-isamara_da_farmacia-desapropiacao_de_uma_area_equivalente_a_oitocentos_metros_quadrados_no_bairro_caicaras_em_frente_ao_ceim_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9757/indicacao-179-2025-professora_valdirene_bernadino-calcamento_da_rua_jacinto_lopes_localizada_no_bairro_jambeiro.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9758/indicacao-180-2025-professora_valdirene_bernadino-reparo_da_pavimentcao_da_rua_mateus_lindolfo_de_jesus_localizada_na_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9759/indicacao-181-2025-raphael_barboza-construcao_de_muro_e_de_uma_calcada_na_area_externa_da_associacao_de_artesanatos_e_comidas_tipicas_do_balneario_de_guriri-arcotisam.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9761/indicacao-183-2025-schaeffer-calcamento_da_rua_do_machado_localizado_nova_aymores_distrito_nrstor_gomes.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9762/indicacao-184-2025-schaeffer-construcao_do_corrimao_e_reforma_da_ponte_da_cachoeira_do_cravo.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9788/indicacao-200-2025-isamara_da_farmacia-calcamento_da_rua_sao_rafael_localizada_no_bairro_morada_do_lago.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9789/indicacao-201-2025-professora_valdirene_bernadino-construcao_de_uma_capela_mortuaria_em_area_publica_ja_existente_no_bairro_guriri.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9793/indicacao-205-2025-schaeffer-calcamento_da_rua_beira_rio_na_comunidade_nova_aymores_km_35no_distrito_de_nestor_gomes.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9796/indicacao-208-2025-vilmar_do_seac-calcamento_rural_interligando_a_comunidade_sao_jose_ao_distrito_de_nativo_de_barra_nova.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9798/indicacao-210-2025-wan_borges-drenagem_pluvial_e_calcamento_da_rua_alberto_sartorio_localizado_no_bairro_litoraneo.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9813/indicacao-216-2025_-branco_da_penalconstrucao_de_barragem_no_corrego_bamburral_localizado_no_municipio_de_sao_mateus_..pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9818/indicacao-221-2025-isamara_da_farmacia-calcamento_da_rua_otto_alveslocalizada_no_bairro_bela_vista..pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9819/indicacao-222-2025-isamara_da_farmacia-pavimentacao_da_avenida_do_contornolocalizada_no_bairro_caicaras.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9821/indicacao-224-2025-professora_valdirene_bernadino-reforma_da_escadaria_de_acesso_a_biquinha_e_instalacao_de_corrimao_situada_no_bairro_vila_nova..pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9828/indicacao-231-2025-wan_borges-encascalhamento_da_rua_blumenau_localizada_no_bairro_nova_era.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9831/indicacao-234-2025-wanderlei_segantini-conclusao_da_obra_de_pavimentacao_da_rua_castro_alves_ao_loteamento_village_localiada_no_bairro_litoraneo.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9832/indicacao-235-2025-wap_wap-macrodrenagem_no_bairro_rio_preto_e_vargem_grande.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9852/indicacao-241-2025-isael_aguilar-pavimentacao_asfaltica_da_rodovia_municpal_que_liga_a_comunidade_nova_lima_a_comunidade_santa_maria-distrito_de_itauninhas.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9853/indicacao-242-2025-isael_aguilar-pavimentacao_asfaltica_da_rodovia_municipal_que_liga_a_comunidade_de_dilo_barbosa_passando_pela_comunidade_do_chiado_contendasmorro_do_nazario_ate_a_es_315.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9858/indicacao-247-2025-raphael_barboza-calcamento_da_rua_braunalocalizada_no_bairro_san_remo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9859/indicacao-248-2025-raphael_barboza-_calcamento_da_rua_oswaldo_manoel_pimenta_ramos_localizada_no_bairro_guriri_sul.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9860/indicacao-249-2025-schaeffer-aquisicao_de_terreno_para_construcao_de_um_cemiterio_na_comunidade_nova_aymores_km_35_distrito_de_nestor_gomes..pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9862/indicacao-251-2025-vilmar_do_seac-encascalhamento_da_rua_chapeco_no_bairro_nova_era..pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9863/indicacao-252-2025-vilmar_do_seac-limpeza_e_reabertura_da_avenida_portugalque_liga_o_bairro_novo_horizonte_ao_bairro_nova_sao_mateus.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9866/indicacao-255-2025-wanderlei_segantini-limpeza_e_capina_das_ruas_na_comunidade_de_santa_maria_distrito_de_itauniuas..pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9867/indicacao-256-2025-wanderlei_segantini-limpeza_e_capina_das_ruas_na_comunidade_de_santa_maria_distrito_de_itauniuas..pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9872/indicacao-259-2025-branco_da_penal-calcamento_da_rua_ype_localizada_no_km_28_distrito_de_nestor_gomes..pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9874/indicacao-261-2025-cristiano_balanga-pavimentacaoaproximadamente_25_quilometroscom_inicio_no_termino_do_asfalto_do_bairro_aroeira_ate_o_ponto_final_do_onibus.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9880/indicacao-267-2025-professora_valdirene_bernadino-calcamento_da_rua_linhares_localizada_no_bairro_guriri_sul..pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9882/indicacao-269-2025-raphael_barboza-calcamento_da_rua_sao_gabriel_localizada_na_comunidade_rio_preto_distrito_do_nativo_de_barra_nova.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9885/indicacao-272-2025-vilmar_do_seac-calcamento_da_rua_laranjeira_bairro_aroeira..pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9886/indicacao-273-2025-vilmar_do_seac-calcamento_da_rua_laranjeira_bairro_aroeira..pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9887/indicacao-274-2025-wan_borges-encascalhamento_das_ladeiras_que_dao_acesso_ao_bairro_eldourado.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9892/indicacao-279-2025-wap_wap-recapeamento_da_avenida_vitoria_na_ladeira_que_liga_os_bairros_vila_nova_e_bairro_alvorada.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9895/indicacao-280-2025-branco_da_penal-calcamento_da_rua_ype_localizada_no_km_28_distrito_de_nestor_gomes..pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9897/indicacao-282-2025-cristiano_balanga-construcao_de_banheiros_no_cemiterio_do_nativo_de_barra_nova_localizado_no_distrito_do_nativo_de_barra_nova.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9900/indicacao-285-2025-isael_aguilar-aquisicao_de_area_para_construcao_de_cemiterio_na_comunidade_nova_vistadistrito_de_itauninhas.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9901/indicacao-286-2025-isamara_da_farmacia-recapeamento_asfaltico_da_avenida_do_ipes_no_parque_das_brisas.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9902/indicacao-287-2025-isamara_da_farmacia-construcao_de_uma_nova_ponte_na_comunidade_de_serrinha-distrito_de_nova_verona.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9904/indicacao-289-2025-professora_valdirene_bernadino-calcamento_da_rua_nova_venecialocalizada_em_guriri.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9905/indicacao-290-2025-raphael_barboza-calcamento_da_rua_bariloche_no_bairro_carapina.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9906/indicacao-291-2025-raphael_barboza-calcamento_da_rua_uruguaina_localizada_no_bairro_carapina.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9908/indicacao-293-2025-schaeffer-pavimentacao_das_ruas_da_comunidade_maria_preta_localizada_no_km_41_distrito_de_nestor_gomes.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9909/indicacao-294-2025-vilmar_do_seac-manilhamento_e_instalacao_de_guarda-corpo_na_estrada_da_gameleira_no_distrito_do__nativo_de_barra_nova..pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9910/indicacao-295-2025-vilmar_do_seac-termino_do_calcamento_da_rua_sao_benedito.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9911/indicacao-296-2025-wan_borges-recapeamento_asfaltico_em_todas_as_ruas_do_bairro_morada_do_ribeirao..pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9912/indicacao-297-2025-wan_borges-calcamento_da_rua_projetada_localizada_no_bairro_cohab..pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9914/indicacao-299-2025-wanderlei_segantini-limpeza_do_patio_e_podagem_das_arvores_da_escola_pluridocente_municipal_antonio_lima.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9916/indicacao-301-2025-wap_wap-calcamento_de_toda_a_extensao_da_rua_professor_amaro_nascimento_mendes_antiga_rua_07_lado_sul_no_bairro_guriri..pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9927/indicacao-304-2025-cristiano_balanga-recapeamento_asfaltico_em_todo_bairro_santa_tereza.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9930/indicacao-307-2025-isamara_da_farmacia-pavimentacao_asfaltica_e_instalacao_de_redutores_de_velocidade_quebra_molas_na_rua_sao_joao_no_bairro_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9931/indicacao-308-2025-isamara_da_farmacia-calcamento_da_rua_13_localizada_no_bairro_bom_sucesso_ii.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9934/indicacao-311-2025-raphael_barboza-recapeamento_asfaltico_na_rua_italia_na_descida_da_farinheira_localizada_no_bairro_novo_horizonte..pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9935/indicacao-312-2025-raphael_barboza-recapeamento_asfaltico_na_avenida_franca_na_descida_do_joka_autopecas_localizada_no_bairro_novo_horizonte..pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9936/indicacao-313-2025-schaeffer-calcamento_da_rua_capixaba.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9938/indicacao-315-2025-vilmar_do_seac-calcamento_da_rua_sao_januario_localizada_no_bairro_carapina.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9939/indicacao-316-2025-vilmar_do_seac-instalacao_de_dois_redutores_de_velocidade_na_avenida_amocim_leite_no_bairro_jacui.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9940/indicacao-317-2025-wan_borges-limpeza_do_valao_da_rua_10_localizada_no_bairro_morada_do_ribeirao..pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9941/indicacao-318-2025-wan_borges-recapeamento_asfaltico_na_avenida_hernane_rufino_locaizada_no_bairro_pedra_dagua.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9955/indicacao-325-2025-cristiano_balanga-encascalhamento_e_reparo_de_buracos_na_estrada_que_da_acesso_a_comunidade_ilha_preta..pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9959/indicacao-329-2025-isamara_da_farmacia-instalacao_de_manilhas_para_esgotamento_pluvial_an_av_fernando_jogaibno_entrocamento_com_a_rua_casimiro_de_abreu.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9960/indicacao-330-2025-isamara_da_farmacia-calcamento_da_avenida_santo_andrelocalizada_no_bairro_morada_do_lago.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9964/indicacao-334-2025-raphael_barboza-calcamento_da_rua_pinheiros_localizada_no_bairro_guriri-lado_sul.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9967/indicacao-337-2025-vilmar_do_seac-calcamento_da_rua_sao_januario_localizada_no_bairro_carapina.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9972/indicacao-342-2025-wanderlei_segantini-podagem_das_arvores_das_comunidades_de_sao_geraldo_nova_lima_e_itauninhas..pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9973/indicacao-343-2025-wap_wap-_calcamento_da_rua_40_localizada_no_bairro_guriri-norte.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9989/indicacao-348-2025-cristiano_balanga-recapeamento_asfaltico_de_todas_as_ruas_do_bairro_vitoria..pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9992/indicacao-351-2025-isamara_da_farmacia-recuo_do_ponto_de_onibus_localizado_na_avenida_jose_tozze_co_centor_de_sao_mateus-es.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9996/indicacao-355-2025-raphael_barboza-calcamento_da_lateral_do_campo_de_futebol_do_botafogolocalizado_no_bairro_vila_nova.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9997/indicacao-356-2025-raphael_barboza-reforma_e_instalacao_de_novos_pontos_de_onibus_em_todo_municipio_de_sao_mateus.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10003/indicacao-362-2025-wan_borges-manilhamento_na_avenida_amocim_leite_no_trecho_apos_o_residencial_golden_garden..pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10005/indicacao-364-2025-wanderlei_segantini-reforma_dos_pontos_de_onibus_nas_comunidades_de_nova_lima_sao_geraldo_e_iatuninhas..pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10006/indicacao-365-2025-wap_wap-revitalizacao_da_feira_livre__com_construcao_de_um_local_para_guardar_as_barracas_e_banheiros_para_atender_os_feirantes_no_bairro_inocoop.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10015/indicacao-367-2025-branco_da_penal-reforma_e_ampliacao_da_salas_de_aula_dilo_barbosa.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10017/indicacao-369-2025-cristiano_balanga-calcamento_da_rua_geraldo_pintolocalizada_no_bairro_guriri.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10018/indicacao-370-2025-cristiano_balanga-calcamento_da_avenida_posto_da_matalocalizada_no_bairro_liberdade.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10025/indicacao-377-2025-raphael_barboza-limpeza_e_poda_do_canteiro_da_br_101.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10029/indicacao-381-2025-vilmar_do_seac-conclusao_da_obra_de_pavimentacao_da_rua_louro_no_bairro_cacique_ii.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10030/indicacao-382-2025-vilmar_do_seac-conclusao_da_obra_de_pavimentacao_da_rua_albino_negris_em_guriri.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10036/indicacao-388-2025-wap_wap-retirada_de_entulhos_no_estadio_manoel_moreira_sobrinho.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10053/indicacao-403-2025-professora_valdirene-_obras_-aquisicao_e_instalacao_de_base_de_concreto_armado_para_caixa_dagua_de_20.000_litros.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10054/indicacao-404-2025-branco_da_penal-recapeamento_asfaltico_de_todas_as_ruas_localizadas_no_bairro_santo_antonio._2.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10056/indicacao-406-2025-cristiano_balanga-construcao_de_sistema_de_rede_de_drenagem_pluvial_no_loteamento_eldorado.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10060/indicacao-410-2025-isamara_da_farmacia-calcamento_da_rua_jose_alencar_localizada_no_bairro_ayrton_senna.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10064/indicacao-414-2025-raphael_barboza-recapeamento_asfaltico_de_toda_extensao_do_bairro_alvorada..pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10067/indicacao-417-2025-vilmar_do_seac-conclusao_da_obra_de_pavimentacao_da_rua_adriana_barbosa_caran_no_bairro_guriri_norte.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10068/indicacao-418-2025-vilmar_do_seac-limpeza_e_manutencao_com_patrolamento_da_rua_p_no_bairro_seac..pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10069/indicacao-419-2025-wan_borges-calcamento_da_rua_joelmir_alves_de_almeidalocalizada_no_bairro_litoraneo.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10070/indicacao-420-2025-wan_borges-recapeamento_asfaltico_em_todas_as_ruas_localizadas_no_bairro_ribeirao.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10071/indicacao-421-2025-wanderlei_segantini-limpeza_geral_e_podagem_das_arvores_de_todas_as_ruas_do_bairro_boa_vista..pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10072/indicacao-422-2025-wanderlei_segantini-limpeza_geral_e_podagem_das_arvores_de_todas_as_ruas_do_bairro_guriri..pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10074/indicacao-424-2025-wap_wap-limpeza_do_terreno_ao_lado_do_campo_de_futebol_localizado_no_bairro_vila_nova..pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10083/indicacao-425-2025-branco_da_penal-aplicacao_de_revsol_em_todas_as_ruas_dos_bairros_caicaras_e_ayrton_sena..pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10085/indicacao-427-2025-cristiano_balanga-calcamento_da_rua_antonio_cunha_filhoantiga_rua_30.localizada_no_bairro_guririlado_norte.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10089/indicacao-431-2025-isamara_da_farmacia-implantacao_do_auxilio_reconstrucao_dedicado_as_vitimas_das_fortes_chuvas_do_municipio_de_sao_mateus-es.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10090/indicacao-432-2025-isamara_da_farmacia-calcamento_ruralaproximadamente_3_kmna_comunidade_corrego_do_piqui_distrito_do_nativo_de_barra_nova.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10097/indicacao-439-2025-vilmar_do_seac-obra_de_pavimentacao_asfaltica_na_avenida_karina_no_bairro_seac..pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10098/indicacao-440-2025-vilmar_do_seac-obra_de_pavimentacao_na_rua_arnobio_alves_de_holanda_no_bairro_centro..pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10100/indicacao-442-2025-wan_borges-calcamento_rural_em_toda_extensao_do_assentamento_13_de_setembrolocalizado_na_comunidade_13_de_setembro_distrito_de_nestor_gomes.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10120/indicacao-459-2025-schaeffer-calcamento_da_rua_barbosa_localizada_no_loteamento_reinaldo_barbosa_localizada_na_comunidade_nova_aymoresdistrito_de_nestor_gomes.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10122/indicacao-461-2025-vilmar_do_seac-viabilizacao_de_projeto_de_calcada_cidada_na_ladeira_do_antigo_valao_bo_bairro_seac..pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10123/indicacao-462-2025-vilmar_do_seac-calcamento_da_rua_euclides_ferreira_do_nascimento_no_bairro_cacique..pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10124/indicacao-463-2025-wan_borges-instalacao_de_redutor_de_velocidadequebra-molasna_comunidade_tabuaslocalizada_no_distrito_do_nativo_de_barra_nova.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10126/indicacao-465-2025-wanderlei_segantini-instalacao_de_01_quebra-molas_na_avenida_netuno_localizada_no_bairro_vitoria..pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10127/indicacao-466-2025-wanderlei_segantini-conclusao_da_obra_de_pavimentacao_no_trecho_que_liga_a_estrada_principal_ao_cemiterio_no_distrito_do_nativo_de_barra_nova..pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10145/indicacao-476-2025-isamara_da_farmacia-termino_do_calcamento_da_rua_jerusalem_localizada_no_bairro_aroeira.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10147/indicacao-478-2025-professora_valdirene_bernadino-elaborar_e_realizar_projeto_de_arborizacao_em_todo_municipio_de_sao_mateus.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10149/indicacao-480-2025-raphal_barboza-calcamento_da_rua_nova_jerusalem_localizada_na_comunidade_rio_preto..pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10150/indicacao-481-2025-schaeffer-calcamento_ruralaproximadamente_1kmna_comunidade_corrego_da_arreiadistrito_de_nestor_gomes.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10152/indicacao-483-2025-vilmar_do_seac-calcamento_da_rua_das_castanheiras_no_bairro_guriri_norte..pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10153/indicacao-484-2025-vilmar_do_seac-calcamento_da_rua_jovino_coimbra_no_bairro_cacique..pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10162/indicacao-492-2025-branco_da_penal-pavimentacao_da_rua_nivaldo_de_souza_localizada_no_bairro_bela_vista..pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10165/indicacao-495-2025-isael_aguilar-pavimentacao_da_rua_lateral_da_es-315rua_projetada_ate_o_ponto_final_do_onibus_localizada_na_comunidade_morro_da_arara_distrito_de_itauninhas.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10166/indicacao-496-2025-isael_aguilar-_calcamento_da_rua_beija-flor_antida_rua_37_localizada_no_bairro_guriri-lado_norte.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10168/indicacao-498-2025-isamara_da_farmacia-construcao_de_escadaria_que_interliga_a_avenida_cricare_no_bairro_cricare_arua_galdino_negris_no_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10169/indicacao-499-2025-professora_valdirene_bernadino-reforma_da_capela_mortuaria_localizada_no_centro_do_municiio_de_sao_mateus..pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10171/indicacao-501-2025-raphael_barboza-recapeamento_asfaltico_de_todas_as_ruas_do_bairro_aviacao.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10172/indicacao-502-2025-raphael_barboza-instalacao_de_redutor_de_velociadadequebra_molas_em_frente_a_1igreja_assembleia_de_deus__localizada_no_bairro_cohab.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10175/indicacao-505-2025-vilmar_do_seac-recapeamento_asfaltico_da_rua_p_localizada_no_bairro_seac..pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10176/indicacao-506-2025-vilmar_do_seac-recapeamento_asfaltico_da_q_localizada_no_bairro_seac..pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10178/indicacao-508-2025-wan_borges-instalacao_de_um_quebra-molas_na_avenida_jose_tozzi_nos_fundos_da_academia_allp_fit_localizada_no_bairro_boa_vista..pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10188/indicacao-514-2025-branco_da_penal-calcamento_da_rua_manoel_mercedes_localizada_no_bairro_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10190/indicacao-516-2025-cristiano_balanga-jateamento_de_concreto_na_ladeira_conheciada_como_buraco_do_sapo_localizada_no_bairro_santa_terezinhaponte.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10198/indicacao-524-2025-raphael_barboza-construcao_de_calcadas_cidadas_em_toda_extensao_do_bairro_cricare..pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10200/indicacao-526-2025_-_schaeffer-reitera_indicacao_033-2025_que_diz_respeito_a-__encascalhamento_de_todas_as__ladeiras_vicinais_que_compreendem_os_km_18_ao_km_47.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10201/indicacao-527-2025-vilmar_do_seac-recapeamento_asfaltico_em_todas_as_ruas_do_bairro_seac..pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10202/indicacao-528-2025-vilmar_do_seac-obra_de_pavimentacao_asfaltica_com_sinalizacao_adequada_em_todas_as_ruas_que_nao_sao_asfalyadas_no_bairro_seac..pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10203/indicacao-529-2025-wan_borges-instalacao_de_uma_caixa_dagua_de_10_mil_litros_no_bairro_jambeiro..pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10205/indicacao-531-2025-wanderlei_segantini-instalacao_de_canaleta_para_escoamento_de_agua_pluvial_na_rua_antonio_moreira_sobrinho_no_bairro_ayrton_senna..pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10219/indicacao-537-2025-cristiano_balanga-termino_do_calcamento_da_rua_antonio_rocha_cavalcante_no_bairro_maruim..pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10223/indicacao-541-2025-isamara_da_farmacia-recapeamento_asfaltico_da_avenida_cricare_localizada_no_bairro_cricare.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10224/indicacao-542-2025-isamara_da_farmacia-instalacao_de_um_ponto_de_onibus_na_entrada_do_bairro_jacui_i.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10225/indicacao-543-2025-professora_valdirene_bernadino-_calcamento_da_rua_antonio_massucatti_localizada_no_bairro_guriri-lado_norte.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10227/indicacao-545-2025-raphael_barboza-troca_reparos_e_substituicao_das_grades_de_bocas_de_lobo_da_avenida_jose_tozze_e_avenida_dr.raimundo_guilherme_sobrinho.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10231/indicacao-549-2025-vilmar_do_seac-calcamento_da_rua_03logo_apos_a_igreja_catolica_localizada_no_bairro_cacique.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10232/indicacao-550-2025-vilmar_do_seac-calcamento_da_rua_wilson_gomes_localizada_no_bairro_nova_sao_mateus.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10235/indicacao-553-2025-wanderlei_segantini-nivelamento_e_compactacao_de_todas_as_ruas_do_bairro_guriri..pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10241/indicacao-557-2025-branco_da_penal-calcamento_da_ladeirade_acesso_ao_cemiterioda_comunidade_santa_leocadia_localizada_no_km_23_distrito_de_nestor_gomes.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10248/indicacao-564-2025-professora_valdirene_bernadino-aquisicao_de_barracas_padronizadas_para_uso_nas_feiras_livres_do_municipio_de_sao_mateus.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10249/indicacao-565-2025-professora_valdirene_bernadino-instalacao_de_lixeiras_publicas_nas_vias_e_pracas_localizadas_no_centro_de_sao_mateus.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10254/indicacao-570-2025-vilmar_do_seac-construcao_de_abrigos_de_pontos_de_onibus_no_bairro_residencial_solar..pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10255/indicacao-571-2025-vilmar_do_seac-manutencao_e_reparo_no_calcamento_de_todas_as_ruas_localizadas_no_bairro_residencial_solar..pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10258/indicacao-574-2025-wap_wap-calcamento_da_rua_42_localizada_no_bairro_gurir-_lado_norte.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10259/indicacao-575-2025-wap_wap-calcamento_da_area_externa_da_ubs_veronica_favalessa_pestana_localizada_no_bairro_santo_antonio_para_implantacao_do_cepaf.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10275/indicacao-580-2025-isael_aguilar-calcamento_da_avenida_maria_calixto_conceicao_localizada_no_bairro_bonsucesso..pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10277/indicacao-582-2025-isamara_da_farmacia-termino_do_calcamento_da_rua_umburatiba_localizada_no_bairro_aviacao.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10284/indicacao-589-2025-schaeffer-calcamento_da_via_de_acesso_principal_da_cachoeira_do_cravocerca_de_oitocentos_metros_localizada_no_km_41_distrito_de_nestor_gomes.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10290/indicacao-595-2025-wanderlei_segantini-calcamento_da_rua_chiquito_bongosto_localizada_no_bairro_carapina.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10291/indicacao-596-2025-wap_wap-calcamento_da_via_principal_da_comunidade_sao_sebastiao_localizada_na_regiao_da_estiva__no_municipio_de_sao_mateus.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10297/indicacao-599-2025-branco_da_penal-pavimentacao_urbanizacao_instalacao_de_gradil_e_implantacao_de_calcadao_com_ciclovia_no_trecho_da_rua_castro_alves_e_avenida_maria_elisa_rios..pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10302/indicacao-604-2025-isamara_da_farmacia-aquisicao_de_area_para_construcao_de_um_cemiterio_com_capela_mortuaria_no_bairro_colina.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10305/indicacao-607-2025-professora_valdirene_bernadino-pavimentacao_da_rua_leomar_dionizioconhecida_como_ladeira_da_cacique_localizada_no_bairro_cacique_ii.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10307/indicacao-609-2025-raphael_barboza-calcamento_da_rua_lucia_toscano_aragon_no_bairro_ribeirao..pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10308/indicacao-610-2025-schaeffer-calcamento_da_rua_da_loterica_do_km_41_localizada_no_distrito_de_nestor_gomes.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10326/indicacao-623-2025-cristiano_balanga-calcamento_da_rua_admir_silva_crespo_no_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10327/indicacao-624-2025-isael_aguilar-construcao_de_uma_capela_mortuaria_no_cemiterio_da_comunidade_santa_maria_localizada_no_distrito_de_itauninhas.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10334/indicacao-631-2025-raphael_barboza-calcamento_da_rua_amazonas_no_bairro_rio_preto..pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10336/indicacao-633-2025-schaeffer-calcamento_da_rua_maria_claranas_proximidades_da_nova_construcao_da_paroquia_sao_lucas_evangelistalocalizada_no_km_41_distirto_de_nestor_gomes.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10337/indicacao-634-2025-vilmar_do_seac-instalacao_de_um_redutor_de_velocidade_quebra-molasna_rua_bcconhecida_como_rua_da_mangueira_localizada_no_bairro_seac.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10338/indicacao-635-2025-vilmar_do_seac-calcamento_da_rua_sao_pedro_localizada_no_bairro_morada_do_lago.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10351/indicacao-642-2025-branco_da_penal-calcamento_da_rua_mangabeira_localizada_no_bairro_guriri-lado_norte.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10352/indicacao-643-2025-branco_da_penal-manilhamentoservico_de_aterro_e_rabertura_das_ruas_santa_rita_de_cassia_e_bom_jesus_localizadas_no_bairro_morada_do_lado.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10353/indicacao-644-2025-cristiano_balanga-calcamento_da_rua_osvaldo_cruz_localizada_no_bairro_colina.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10361/indicacao-652-2025-raphael_barboza-recapeamento_asfaltico_da_rua_ademar_de_oliveira_neves_do_bairro_sernamby_ao_bairro_boa_vista..pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10365/indicacao-656-2025-vilmar_do_seac-construcao_de_escadaria_em_rua_que_nao_possuem_segmento_e_desembocam_no_antigo_valao_localizado_no_bairro_seac.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10369/indicacao-660-2025-wanderlei_segantini-que_a_viacao_sao_gabriel_viabilize_linhas_de_itinerario_nos_residenciais_jacui_i_ii_e_iii..pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10379/indicacao-663-2025-branco_da_penal-calcamento_da_rua_sao_mateus_localizada_no_bairro_morada_do_lago..pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10385/indicacao-669-2025-isamara_da_farmacia-construcao_de_rotatoria_com_sinalizacao_no_entrocamento_das_ruas_cel.constantino_cunhazedio_bonomo_e_nelson_fundao_localizadas_no_bairro_fatima.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10386/indicacao-670-2025-isamara_da_farmacia-calcamento_da_rua_osvaldo_cruz_localizada_no_bairro_aroeira.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10387/indicacao-671-2025-professora_valdirene_bernadino-instalacao_de_redutores_de_velociadadequebra-molasna_rua_espera_feliznas_proximidades_do_clube_da_terceira_idade.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10390/indicacao-674-2025-raphael_barboza-fiscalizacao_dos_terrenos_baldios_existentes_no_municipio..pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10395/indicacao-679-2025-wan_borges-construcao_de_2_galpoes_em_area_publica_ja_existente_localizada_no_bairro_cohab.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10396/indicacao-680-2025-wan_borges-recapeamento_asfaltico_da_rua_nery_frontino_localizada_no_bairro_sernamby.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10397/indicacao-681-2025-wanderlei_segantini-construcao_de_um_redutor_de_velocidade_na_rua_dr._ademar_oliveira_neves_no_bairro_sernamby..pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10399/indicacao-683-2025-wap_wap-implantacao_da_opcao_de_pagamento_de_passagens_via_pix_nas_linhas_de_onibus_da_viacao_sao_gabriel..pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10415/indicacao-690-2025-isael_aguilar-pavimentacao_da_vila_boa_sorte_localizada_na_comunidade_de_santa_maria_distrito_de_itauninhas.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10416/indicacao-691-2025-isamara_da_farmacia-recuperacao_e_pavimentacao_da_ladeira_do_besouro_localizada_na_avenida_cricare.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10417/indicacao-692-2025-isamara_da_farmacia-recapeamento_asfaltico__de_todas_as_ruas_do_bairro_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10418/indicacao-693-2025-professora_valdirene_bernadino-instalacao_de_placas_de_identificacao_com_os_nomes_das_comunidades_quilombolas_do_municipio_de_sao_mateus..pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10421/indicacao-696-2025-raphael_barboza-calcamento_de_ruas_do_bairro_jambeiro.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10423/indicacao-698-2025-schaeffer-reitera_indicacao_293-_2025_que_diz_respeito_a_calcamento_da_comunidade_maria_preta_localizada_no_km_41__distrito_de_nestor_gomes.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10426/indicacao-701-2025-wan_borges-calcamento_da_rua_jose_guimaraes_localizada_no_bairro_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10448/indicacao-717-2025-raphael_barboza-substituicao_da_boca_de_lobo_localizada_na_esquina_da_casa_de_farinha_no_bairro_santo_antonio..pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10451/indicacao-720-2025-schaeffer-_calcamento_da_rua_zenilson_cosme_localizada_na_rodovia_miguel_curry_careiro_km_34_distrito_de_nestor_gomes.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10452/indicacao-721-2025-vilmar_do_seac-calcamento_da_rua_nossa_senhora_aparecida_localizada_no_bairro_morada_do_lago..pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10453/indicacao-722-2025-vilmar_do_seac-calcamento_da_avenida_sao_marcos_localizada_no_bairro_morada_do_lago.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10472/indicacao-735-2025-isamara_da_farmacia-termino_do_calcamento_da_rua_12_que_liga_o_bairro_bom_sucesso_e_colina.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10476/indicacao-739-2025-raphael_barboza-recapeamento_asfaltico_da_rua_coronel_constantino_cunhano_trecho_que_interliga_os_bairros_ideal_e_lago_dos_cisnes..pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10481/indicacao-744-2025-wan_borges-patrolamento_das_ruas_do_bairro_morada_do_ribeirao.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10485/indicacao-748-2025-wap_wap-instalacao_de_um_redutor_de_velocidade_quebra-molas_na_rua_liberdade_localizada_no_bairro_sernamby..pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10494/indicacao-752-2025-isael_aguilar-reitera_indicacao_092-2025_que_diz_respeito_a_construcao_de_uma_capela_mortuaria_na_comunidade_de_nova_lima_distrito_de_itauninhas.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10497/indicacao-755-2025-professora_valdirene-calcamento_rural_no_trecho_que_vai_da_entrada_da_comunidade_quilombola_divino_espirito_santo_ate_a_sede_da_associacao_de_moradores_local.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10499/indicacao-757-2025-raphael_barboza-reabertura_da_rua_nossa_senhora_dos_navegantes_localizada_na_comunidade_mariricu.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10500/indicacao-758-2025-raphael_barboza-calcamento_da_avenida_joao_lazaro_de_almeida_prado_localizada_no_bairro_cohab.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10502/indicacao-760-2025-schaeffer-pavimentacao_asfaltica_da_rodovia_miguel_carneiro_curry_es-381_no_trecho_do_km_30_ao_municipio_de_jaguare.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10503/indicacao-761-2025-vilmar_do_seac-manutencao_e_reparo_no_calcamento_da_rua_ornalindo_domingos_no_bairro_morada_do_ribeirao.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10504/indicacao-762-2025-vilmar_do_seac-manutencao_e_reparo_no_calcamento_de_todas_as_ruas_e_avenidas_do_bairro_nova_sao_mateus.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10505/indicacao-763-2025-wan_borges-implantacao_de_redutores_de_velocidade_quebra-mola_na_avenida_de_acesso_ao_bairro_village.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10518/indicacao-773-2025-isael_aguilar-calcamento_da_rua_ceara_localizada_no_bairro_carapina.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10533/indicacao-788-2025-wanderlei_segantini-patrolamento_na_estrada_que_interliga_o_km_44_a_comunidade_pratinha_localizada_no_distrito_de_nestor_gomes.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10645/indicacao-792-2025-branco_da_penal-calcamento_da_rua_minas_gerais_localizada_no_loteamento_caicaras_bairro_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10646/indicacao-793-2025-cristiano_balanga-construcao_de_uma_capela_mortuaria_com_banheiros_no_cemiterio_da_comunidade_nativo_localizada_no_distrito_do_nativo_de_barra_nova.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10647/indicacao-794-2025-cristiano_balanga-disponibilizacao_de_patrulha_mecanizada__comunidades_locais_localizadas_no_distrito_do_nativo_de_barra_nova.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10649/indicacao-796-2025-isael_aguilar-reitera_a_indicacao_no_133-2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10650/indicacao-797-2025-isamara_da_farmacia-_conclusao_da_pavimentacao_do_calcadao_da_orla_de_guriri_com_calcamento_da_ciclovia.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10651/indicacao-798-2025-isamara_da_farmacia-abertura_da_avenida_luis_carlos_furlin_e_a_implantacao_11km_de_sistema_viario.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10654/indicacao-801-2025-raphael_barboza-calcamento_da_rua_douglas_lima_localizada_no_bairro_guriri_lado_norte.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10655/indicacao-802-2025-raphael_barboza-criacao_e_execucao_do_projeto_ecopontos_no_municipio_de_sao_mateus-es.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10656/indicacao-803-2025-schaeffer-execucao_de_servicos_de_elevacao_do_nivel_do_leito_viario_e_instalacao_de_manilhamento_na_estrada_de_acesso_ao_km_28.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10661/indicacao-808-2025-wan_borges-pavimentacao_da_estrada_que_interliga_o_bairro_alvorada_a_br_101.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10677/indicacao-818-2025-isael_aguilar-reitera_indicacao_070-2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10683/indicacao-824-2025-raphael_barboza-calcamento_da_rua_jamil_alhakim_localizada_no_bairro_guriri_lado_norte.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10688/indicacao-829-2025-wan_borges-abertura_e_urbanizacao_da_via_que_interliga_o_bairro_village_ao_bairro_litoraneo_com_acesso_pela_rua_joao_rosa_lima.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10690/indicacao-831-2025-wanderlei_segantini-limpeza_da_area_que_liga_os_bairros_vila_nova_e_vila_verde.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10706/indicacao-835-2025-branco_da_penal-calcamento_da_avenida_francisco_pereira_de_carvalho_no_bairro_guriri_lado_norte.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10711/indicacao-840-2025-isamara_da_farmacia-_calcamento_da_rua_gentil_otaviano_fundao_localizada_no_bairro_bom_sucesso_i.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10720/indicacao-849-2025-vilmar_do_seac-reparo_no_calcamento_de_toda_extensao_da_rua_vila_silvares_localizada_no_bairro_sernamby.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10722/indicacao-851-2025-wan_borges-manilhamento_no_corrego_proximo_a_rua_do_riacho_localizado_no_bairro_pedra_d_agua.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10724/indicacao-853-2025-wanderlei_segantini-limpeza_das_vias_publicas_do_bairro_santa_tereza..pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10725/indicacao-854-2025-wap_wap-pavimentacao_asfaltica_da_avenida_humbrto_almeida_franklin_localizada_no_bairro_universitario.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10726/indicacao-855-2025-wap_wap-limpeza_do_valao_que_tem_inicio_no_bairro_idel_e_termino_atras_do_condominio_jardim_floresta_localizado_no_bairro_carapina.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10737/indicacao-860-2025-isael_aguilar-reparo_de_todo_calcamento_das_ruas_da_comunidade_santa_maria_localizada_no_distrito_de_itauninhas.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10745/indicacao-868-2025-schaeffer-execucao_de_servicos_de_calcamento_na_vila_do_nino_km_29_distrito_de_nestor_gomes.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10749/indicacao-872-2025-wan_borges-termino_do_calcamento_da_rua_46_localizada_no_bairro_cohab.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10750/indicacao-873-2025-wan_borges-disponibilizacao_de_um_gari_fixo_nas_entradas_dos_bairros_do_municipio_de_sao_mateus.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10752/indicacao-875-2025-wanderlei_segantini-_instalacao_de_um_redutor_de_velocidade_quebra-molas_na_avenida_principal_da_comunidade_de_nova_lima.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10764/indicacao-878-2025-branco_da_penal-calcamento_da_avenida_fernando_jogaib_localizada_no_bairro_ayrton_senna.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10769/indicacao-883-2025-isael_aguilar-reiteracao_da_indicacao_154-2025_que_diz_respeito_ao_calcamento_rural_no_corrego_santaninha_situado_na_comunidade_santa_maria_distrito_de_itauninhas.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10773/indicacao-887-2025-professora_valdirene_bernadino-elaboracao_atualizacao_e_execucao_do_plano_municipal_de_saneamento_basico_pmsb.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10775/indicacao-889-2025-raphael_barboza-termino_do_asfaltamento_da_rua_sao_joao_localizada_no_bairro_ideal_adjacente_a_igreja_catolica_da_comunidade_nossa_senhora_de_fatima.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10781/indicacao-895-2025-wan_borges-manutencao_na_infraestrutura_da_rua_ilheus_no_bairro_pedra_dagua.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10783/indicacao-897-2025-wanderlei_segantini-cotratacao_de_pessoal_para_limpeza_publica_na_comunidade_de_itauninhas..pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10792/indicacao-902-2025-cristiano_balanga-termino_do_calcamento_da_rua_clemente_sartorio_situada_no_bairro_jaqueline.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10794/indicacao-904-2025-isamara_da_farmacia-instalacao_de_redutor_de_velocidade_na_avenida_joao_batista_crespo_nas_proximidades_da_residencia_801_locaixada_no_bairro_vitoria.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10795/indicacao-905-2025-isamara_da_farmacia-calcamento_da_rua_da_prata_localizada_no_bairro_jardim_bom_gosto.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10798/indicacao-908-2025-raphael_barboza-calcamento_da_rua_sao_paulo_localizada_no_bairro_rio_preto.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10801/indicacao-911-2025-schaeffer-conclusao_do_calcamento_das_ruas_que_circundam_a_quadra_poliesportiva_localizada_no_distrito_de_nestor_gomes__km_41.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10803/indicacao-913-2025-vilmar_do_seac-calcamento_da_rua_euclides_da_cunha_localizada_no_bairro_ayrton_senna.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10804/indicacao-914-2025-wan_borges-limpeza_e_manutencao_de_todas_as_ruas_do_bairro_litoraneo..pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10805/indicacao-915-2025-wan_borges-limpeza_e_manutencao_dos_acessos_ao_bairro_porto..pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10808/indicacao-918-2025-wap_wap-calcamento_da_rua_odilio_nico_localizada_no_bairro_guriri-_lado_sul.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10809/indicacao-919-2025-wap_wap-calcamento_da_rua_12ao_lado_da_gurimar_localizada_no_bairro_guriri-_lado_sul.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10816/indicacao-923-2025-cristiano_balanga-reforma_e_manutencao_da_motobomba_de_succao_para_dragagem_localizada_na_comunidade_de_barra_seca_distrito_do_nativo_de_barra_nova.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10818/indicacao-925-2025-isamara_da_farmacia-recapeamento_asfaltico_das_avenidas_alemanha_berlim_lisboa_e_portugal_localizadas_no_bairro_novo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10819/indicacao-926-2025-professora_valdirene_bernadino-termino_do_calcamento_da_avenida_gileno_santos_localizada_no_bairro_ayrton_senna.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10820/indicacao-927-2025-professora_valdirene_bernadino-limpeza_e_poda_de_arvores_na_entrada_do_bairro_jambeiro.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10823/indicacao-930-2025-schaeffer-realizacao_de_servicos_regulares_de_capina_e_limpeza_das_ruas_da_vila_do_pirola_em_nestor_gomes.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10825/indicacao-932-2025-vilmar_do_seac-reparo_em_toda_a_extensao_do_calcamento_da_rua_almir_queiroz_que_liga_o_bairro_morada_do_ribeirao_ao_bairro_jaqueline.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10826/indicacao-933-2025-vilmar_do_seac-calcamento_da_rua_erix_pecanha_situada_no_bairro_jaqueline.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10828/indicacao-935-2025-wan_borges-manutencao_na_infraestrutura_da_rua_14_no_loteamento_residencial_vista_do_cricare_no_bairro_jambeiro.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10829/indicacao-936-2025-wanderlei_segantini-pintura_dos_quebra-molas_nas_comunidades_de_nova_limasao_geraldo_e_itauninhas_localizadas_no_distrito_de_itauninhas..pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10843/indicacao-940-2025-branco_da_penal-ampliacao_com_construcao_de_muro_e_reforma_do_cemiterio_da_comunidade_santo_antonio_no_km_28.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10849/indicacao-946-2025-raphael_barboza-aquisicao_ou_permuta_de_terreno_para_perfuracao_de_poco_artesiano_na_comunidade_de_tabuas_localizada_no_distrito_do_nativo_de_barra_nova.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10850/indicacao-947-2025-raphael_barboza-istalacao_de_um_redutor_de_velocidadequebra-molasna_rua_humberto_de_almeida_franklinem_frente_a_univc_localizada_no_bairro_universitario.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10851/indicacao-948-2025-schaeffer-realizacao_de_servicos_regulares_de_capina_e_limpeza_nos_arredores_do_cras_do_km_41_e_das_ubs_s_do_km_3529_e_23_em_nestor_gomes.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10852/indicacao-949-2025-schaeffer-aquisicao_ou_permuta_de_terreno_para_construcao_de_um_novo_cemiterio_no_km_41_em_nestor_gomes.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10857/indicacao-954-2025-wanderlei_segantini-limpeza_de_todas_as_ruas_do_residencial_jacui_1_localizado_no_bairro_aviacao.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10858/indicacao-955-2025-wanderlei_segantini-limpeza_de_todas_as_ruas_do_residencial_jacui_ii_localizado_no_bairro_aviacao.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10860/indicacao-957-2025-wap_wap-_calcamento_da_rua_sao_daniel_comboni_localizada_no_bairro_guriri_lado_sul.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10871/indicacao-966-2025-professora_valdirene_bernadino-reitera_a_indicacao_008-2025..pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10873/indicacao-968-2025-raphael_barboza-limpeza_desobstrucao_e_manutencao_preventiva_do_valao_localizado_na_comunidade_da_vila_maruim_no_bairro_porto_situado_atras_do_sesc_sao_mateus.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10877/indicacao-972-2025-vilmar_do_seac-contratacao_de_empresa_especializada_em_esgotamento_de_fossas_septicas_e_rudimentares_para_atendimento_aos_bairros_carentes_de_sao_mateus.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10878/indicacao-973-2025-vilmar_do_seac-viabilizar_o_desentupimento_dos_buieros_existentes_e_a_instalacao_ou_substituicao_de_tampas_danificadas_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10880/indicacao-975-2025-wan_borges-interligacao_da_rua_bronze_no_bairro_jaqueline_com_a_rodovia_othovarino_duarte_santos__es_315.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10882/indicacao-977-2025-wanderlei_segantini-encascalhamento_da_ladeira_denominada_como_morro_do_nazario_localizada_na_comunidade_do_chiado_distrito_de_itauninhas.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9529/indicacao-003-2025_-cristiano_balanga-pavimentacao_da_estrada_do_nativo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9530/indicacao-004-2025-cristiano_balanga-pavimentacao_asfaltica_da_rua.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9533/indicacao-007-2025-isamara_da_farmacia-calcamento_da_rua_antenor_franca.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9534/indicacao-008-2025_-valdirene_bernadino-calcamento_rural.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9537/indicacao-011-2025_raphael_barboza-limpeza_e_capina_de_valao_morada_do_ribeirao.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9542/indicacao-016-2025-wan_borges-recapeamento_asfaltico_da_avenida_joao_nardoto.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9545/indicacao-019-2025_-wap_wap-_construcao_de_galeria_no_vila_nova.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9549/indicacao-023-2025-cristiano_balanga-manilhamento_da_rede_pluvial_comunidade_vila_do_nino.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9553/indicacao-027-2025-isamara_da_farmacia-calcamento_da_rua_maranhaono_bairro_caicaras.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9556/indicacao-030-2025-professora_valdirene_bernardino-construcao_de_calcada_cidada_na_rua_2conhecida_como_ladeira_do_san_remo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9558/indicacao-032-raphael_barboza-termino_do_calcamento_do_final_da_rua_7_de_setembro_no_bairro_maruim.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9564/indicacao-038-2025_-_wan_borges_-__recostrucao_da_estrada_que_conecta_os_bairros_morada_do_ribeirao_e_seac.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9572/indicacao-046-2025-cristiano_balanga-calcamento_da_rua_admir_silva_crespo_no_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9580/indicacao-054-2025-raphael_barboza-reforma_e_revitalizacao_do_mercado_municipal_do_municipio_de_sao_mateus..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9585/indicacao-059-2025-wan_borges-recapeamento_asfaltico_em_todas_as_ruas_do_bairro_cohab.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9590/indicacao-064-2025-wap_wap-calcamento_da_rua_rio_grande_do_sul_localizada_no_bairro_ayrton_senna.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9601/indicacao-069-2025-isael_aguilar-aplicacao_de_revisol_na_ladeira_denominada_como_morro_do_nazario_localizada_na_comunidade__do_chiadodistrito_de_itauninhas.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9608/indicacao-076-2025-raphael_barboza-calcamento_da_avenida_padre_angelo_compri_situada_em_frente_ao_ceim_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9609/indicacao-077-2025-schaeffer-construcao_de_uma_capela_mortuaria_no_distrito_de_nestor_gomes..pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9611/indicacao-079-2025_-_vilmar_do_seac-_calcamento_das_ruas_b_norte_c_norte_e_norte_bairro_seac.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9613/indicacao-081-2025-wan_borges-recapeamento_asfaltico_da_avenida_reconcavo_dos_corais_localizada_no_bairro_morada_do_ribeirao.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9614/indicacao-082-2025-wan_borges-reparo_asfaltico_da_avenida_recanto_das_iaras_localizada_no_bairo_morada_de_ribeirao.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9617/indicacao-085-2025-wap_wap-revitalizacao_da_feirinha_do_bairro_vila_nova_e_guriri..pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9624/indicacao-092-2025-isael_aguilar-construcao_de_uma_capela_mortuaria_na_comunidade_de_nova_lima-_distrito_de_itauninhas.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9627/indicacao-095-2025-professora_valdirene_bernadino-ampliacao_da_extensao_e_reforma_geral_do_muro_do_cemiterio_nestor_gomes.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9628/indicacao-096-2025-professora_valdirene_bernadino-pavimentacao_da_ciclovia_em_toda_a_extensao_do_calcadao.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9630/indicacao-098-2025-raphael_barboza-construcao_do_centro_administrativo_municipal.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9634/indicacao-102-2025-vilmar_do_seac-limpeza_da_area_de_lazer_conhecida_como_jaqueira_localizada_ao_lado_do_campo_de_futebol_de_areia_no_bairro_ribeirao.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9635/indicacao-103-2025-wan_borges-aquisicao_de_terreno_para_construcao_de_um_novo_cemiterio_em_sao_mateus.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9637/indicacao-105-2025-wanderlei_segantini-limpeza_das_ruas_das_comunidades_de_nova_limadistrito_de_itauninhas.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9638/indicacao-106-2025-wanderlei_segantini-instalacao_de_redutor_de_velocidadequebra-molas_na_rua_maria_branca_localizada_na_comunidade_nova_limadistrito_de_itauninhas.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9683/indicacao-113-2025-isamara_da_farmacia-instalacao_de_aparelhos_de_ar_condicionado_na_capela_mortuaria_de_sao_mateus_localizada_na_rua_dr._arlindo_sodre_n108bairro_centro.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9684/indicacao-114-2025-isamara_da_farmacia-reposicionamento_de_ponto_de_onibus_com_construcao_do_respectivo_abrigo_na_avenida_dom_jose_dalvit_no_bairro_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9691/indicacao-121-2025-vilmar_do_seac-calcamento_da_rua_e_norte_no_bairro_seac.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9692/indicacao-122-2025-vilmar_do_seac-calcamento_da_rua_c_norte_no_bairro_seac.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9693/indicacao-123-2025-wan_borges-solicitacao_de_vistoria_na_ponte_localizada_na_rua_zenor_pedrosa_rocha_no_bairro_ribeirao.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9695/indicacao-125-2025-wanderlei_segantini-limpeza_das_ruas_da_comunidade_de_sao_geraldo_distrito_de_itauninhas.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9696/indicacao-126-2025-wanderlei_segantini-limpeza_das_ruas_de_itauninhas_distrito_de_itauninhas.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9703/indicacao-130-2025_-branco_da_penal_calcamento_da_vila_do_pirola.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9706/indicacao-133-2025-isael_aguilar-recapeamento_asfaltico_da_rua_luiz_claudio_dos_santoscomunidade_nova_limadistrito_de_itauninhas.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9717/indicacao-144-2025-wan_borges-calcamento_da_rua_sebastiao_soares_localizada_no_bairro_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9719/indicacao-146-2025-wanderlei_segantini-construcao_de_um_camelodromo_na_praca_mesquita_neto_localizada_no_centro_do_municipio_de_sao_mateus..pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9729/indicacao-154_-2025-isael_aguilar-calcamento_rural..corrego_santaninha..comunidade_santa_maria_distrito..itauninhas.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9731/indicacao-156-2025-isamara_da_farmacia-calcamento_da_rua_domingos_felismino_localizada_no_bairro_bela_vista..pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9732/indicacao-157-2025-professora_valdirene_bernadino-calcamento_da_rua_gilson_joao_clemente_localizada_no_bairro_jambeiro.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9735/indicacao-160-2025-raphael_barboza-.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9738/indicacao-163-2025-vilmar_do_seac-conclusao_da_obra_de_pavimentacao_da_rua_bc_localizada_no_bairro_seac.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9739/indicacao-164-2025-vilmar_do_seac-conclusao_da_obra_de_pavimentacao_da_rua_p_no_bairro_seac.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9740/indicacao-165-2025-wan_borges-manutencao_emtoda_extensao_da_rua_santa_ines_localizada_no_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9742/indicacao-167-2025-wanderlei_segantini-construcao_campo_soceity_na_comunididade_de_nova_lima_distrito_de_nestor_gomes_2.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9744/indicacao-169-2025-wap_wap-pavimentacao_da_avenida_francisca_pereira_de_carvalho_lado_norte_localizada_em_guriri.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9745/indicacao-170-2025-wap_wap-pavimentacao_da_rua_22_lado_norte_bairro_guriri.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9749/indicacao-171-2025_-branco_da_penal_recapeamento_asfaltico_da_rua_presidente_costa_e_silva_no_bairro_santo_antonio..pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9755/indicacao-177-2025-isamara_da_farmacia-desapropiacao_de_uma_area_equivalente_a_oitocentos_metros_quadrados_no_bairro_caicaras_em_frente_ao_ceim_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9757/indicacao-179-2025-professora_valdirene_bernadino-calcamento_da_rua_jacinto_lopes_localizada_no_bairro_jambeiro.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9758/indicacao-180-2025-professora_valdirene_bernadino-reparo_da_pavimentcao_da_rua_mateus_lindolfo_de_jesus_localizada_na_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9759/indicacao-181-2025-raphael_barboza-construcao_de_muro_e_de_uma_calcada_na_area_externa_da_associacao_de_artesanatos_e_comidas_tipicas_do_balneario_de_guriri-arcotisam.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9761/indicacao-183-2025-schaeffer-calcamento_da_rua_do_machado_localizado_nova_aymores_distrito_nrstor_gomes.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9762/indicacao-184-2025-schaeffer-construcao_do_corrimao_e_reforma_da_ponte_da_cachoeira_do_cravo.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9788/indicacao-200-2025-isamara_da_farmacia-calcamento_da_rua_sao_rafael_localizada_no_bairro_morada_do_lago.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9789/indicacao-201-2025-professora_valdirene_bernadino-construcao_de_uma_capela_mortuaria_em_area_publica_ja_existente_no_bairro_guriri.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9793/indicacao-205-2025-schaeffer-calcamento_da_rua_beira_rio_na_comunidade_nova_aymores_km_35no_distrito_de_nestor_gomes.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9796/indicacao-208-2025-vilmar_do_seac-calcamento_rural_interligando_a_comunidade_sao_jose_ao_distrito_de_nativo_de_barra_nova.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9798/indicacao-210-2025-wan_borges-drenagem_pluvial_e_calcamento_da_rua_alberto_sartorio_localizado_no_bairro_litoraneo.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9813/indicacao-216-2025_-branco_da_penalconstrucao_de_barragem_no_corrego_bamburral_localizado_no_municipio_de_sao_mateus_..pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9818/indicacao-221-2025-isamara_da_farmacia-calcamento_da_rua_otto_alveslocalizada_no_bairro_bela_vista..pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9819/indicacao-222-2025-isamara_da_farmacia-pavimentacao_da_avenida_do_contornolocalizada_no_bairro_caicaras.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9821/indicacao-224-2025-professora_valdirene_bernadino-reforma_da_escadaria_de_acesso_a_biquinha_e_instalacao_de_corrimao_situada_no_bairro_vila_nova..pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9828/indicacao-231-2025-wan_borges-encascalhamento_da_rua_blumenau_localizada_no_bairro_nova_era.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9831/indicacao-234-2025-wanderlei_segantini-conclusao_da_obra_de_pavimentacao_da_rua_castro_alves_ao_loteamento_village_localiada_no_bairro_litoraneo.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9832/indicacao-235-2025-wap_wap-macrodrenagem_no_bairro_rio_preto_e_vargem_grande.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9852/indicacao-241-2025-isael_aguilar-pavimentacao_asfaltica_da_rodovia_municpal_que_liga_a_comunidade_nova_lima_a_comunidade_santa_maria-distrito_de_itauninhas.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9853/indicacao-242-2025-isael_aguilar-pavimentacao_asfaltica_da_rodovia_municipal_que_liga_a_comunidade_de_dilo_barbosa_passando_pela_comunidade_do_chiado_contendasmorro_do_nazario_ate_a_es_315.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9858/indicacao-247-2025-raphael_barboza-calcamento_da_rua_braunalocalizada_no_bairro_san_remo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9859/indicacao-248-2025-raphael_barboza-_calcamento_da_rua_oswaldo_manoel_pimenta_ramos_localizada_no_bairro_guriri_sul.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9860/indicacao-249-2025-schaeffer-aquisicao_de_terreno_para_construcao_de_um_cemiterio_na_comunidade_nova_aymores_km_35_distrito_de_nestor_gomes..pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9862/indicacao-251-2025-vilmar_do_seac-encascalhamento_da_rua_chapeco_no_bairro_nova_era..pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9863/indicacao-252-2025-vilmar_do_seac-limpeza_e_reabertura_da_avenida_portugalque_liga_o_bairro_novo_horizonte_ao_bairro_nova_sao_mateus.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9866/indicacao-255-2025-wanderlei_segantini-limpeza_e_capina_das_ruas_na_comunidade_de_santa_maria_distrito_de_itauniuas..pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9867/indicacao-256-2025-wanderlei_segantini-limpeza_e_capina_das_ruas_na_comunidade_de_santa_maria_distrito_de_itauniuas..pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9872/indicacao-259-2025-branco_da_penal-calcamento_da_rua_ype_localizada_no_km_28_distrito_de_nestor_gomes..pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9874/indicacao-261-2025-cristiano_balanga-pavimentacaoaproximadamente_25_quilometroscom_inicio_no_termino_do_asfalto_do_bairro_aroeira_ate_o_ponto_final_do_onibus.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9880/indicacao-267-2025-professora_valdirene_bernadino-calcamento_da_rua_linhares_localizada_no_bairro_guriri_sul..pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9882/indicacao-269-2025-raphael_barboza-calcamento_da_rua_sao_gabriel_localizada_na_comunidade_rio_preto_distrito_do_nativo_de_barra_nova.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9885/indicacao-272-2025-vilmar_do_seac-calcamento_da_rua_laranjeira_bairro_aroeira..pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9886/indicacao-273-2025-vilmar_do_seac-calcamento_da_rua_laranjeira_bairro_aroeira..pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9887/indicacao-274-2025-wan_borges-encascalhamento_das_ladeiras_que_dao_acesso_ao_bairro_eldourado.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9892/indicacao-279-2025-wap_wap-recapeamento_da_avenida_vitoria_na_ladeira_que_liga_os_bairros_vila_nova_e_bairro_alvorada.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9895/indicacao-280-2025-branco_da_penal-calcamento_da_rua_ype_localizada_no_km_28_distrito_de_nestor_gomes..pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9897/indicacao-282-2025-cristiano_balanga-construcao_de_banheiros_no_cemiterio_do_nativo_de_barra_nova_localizado_no_distrito_do_nativo_de_barra_nova.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9900/indicacao-285-2025-isael_aguilar-aquisicao_de_area_para_construcao_de_cemiterio_na_comunidade_nova_vistadistrito_de_itauninhas.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9901/indicacao-286-2025-isamara_da_farmacia-recapeamento_asfaltico_da_avenida_do_ipes_no_parque_das_brisas.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9902/indicacao-287-2025-isamara_da_farmacia-construcao_de_uma_nova_ponte_na_comunidade_de_serrinha-distrito_de_nova_verona.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9904/indicacao-289-2025-professora_valdirene_bernadino-calcamento_da_rua_nova_venecialocalizada_em_guriri.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9905/indicacao-290-2025-raphael_barboza-calcamento_da_rua_bariloche_no_bairro_carapina.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9906/indicacao-291-2025-raphael_barboza-calcamento_da_rua_uruguaina_localizada_no_bairro_carapina.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9908/indicacao-293-2025-schaeffer-pavimentacao_das_ruas_da_comunidade_maria_preta_localizada_no_km_41_distrito_de_nestor_gomes.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9909/indicacao-294-2025-vilmar_do_seac-manilhamento_e_instalacao_de_guarda-corpo_na_estrada_da_gameleira_no_distrito_do__nativo_de_barra_nova..pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9910/indicacao-295-2025-vilmar_do_seac-termino_do_calcamento_da_rua_sao_benedito.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9911/indicacao-296-2025-wan_borges-recapeamento_asfaltico_em_todas_as_ruas_do_bairro_morada_do_ribeirao..pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9912/indicacao-297-2025-wan_borges-calcamento_da_rua_projetada_localizada_no_bairro_cohab..pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9914/indicacao-299-2025-wanderlei_segantini-limpeza_do_patio_e_podagem_das_arvores_da_escola_pluridocente_municipal_antonio_lima.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9916/indicacao-301-2025-wap_wap-calcamento_de_toda_a_extensao_da_rua_professor_amaro_nascimento_mendes_antiga_rua_07_lado_sul_no_bairro_guriri..pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9927/indicacao-304-2025-cristiano_balanga-recapeamento_asfaltico_em_todo_bairro_santa_tereza.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9930/indicacao-307-2025-isamara_da_farmacia-pavimentacao_asfaltica_e_instalacao_de_redutores_de_velocidade_quebra_molas_na_rua_sao_joao_no_bairro_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9931/indicacao-308-2025-isamara_da_farmacia-calcamento_da_rua_13_localizada_no_bairro_bom_sucesso_ii.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9934/indicacao-311-2025-raphael_barboza-recapeamento_asfaltico_na_rua_italia_na_descida_da_farinheira_localizada_no_bairro_novo_horizonte..pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9935/indicacao-312-2025-raphael_barboza-recapeamento_asfaltico_na_avenida_franca_na_descida_do_joka_autopecas_localizada_no_bairro_novo_horizonte..pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9936/indicacao-313-2025-schaeffer-calcamento_da_rua_capixaba.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9938/indicacao-315-2025-vilmar_do_seac-calcamento_da_rua_sao_januario_localizada_no_bairro_carapina.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9939/indicacao-316-2025-vilmar_do_seac-instalacao_de_dois_redutores_de_velocidade_na_avenida_amocim_leite_no_bairro_jacui.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9940/indicacao-317-2025-wan_borges-limpeza_do_valao_da_rua_10_localizada_no_bairro_morada_do_ribeirao..pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9941/indicacao-318-2025-wan_borges-recapeamento_asfaltico_na_avenida_hernane_rufino_locaizada_no_bairro_pedra_dagua.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9955/indicacao-325-2025-cristiano_balanga-encascalhamento_e_reparo_de_buracos_na_estrada_que_da_acesso_a_comunidade_ilha_preta..pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9959/indicacao-329-2025-isamara_da_farmacia-instalacao_de_manilhas_para_esgotamento_pluvial_an_av_fernando_jogaibno_entrocamento_com_a_rua_casimiro_de_abreu.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9960/indicacao-330-2025-isamara_da_farmacia-calcamento_da_avenida_santo_andrelocalizada_no_bairro_morada_do_lago.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9964/indicacao-334-2025-raphael_barboza-calcamento_da_rua_pinheiros_localizada_no_bairro_guriri-lado_sul.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9967/indicacao-337-2025-vilmar_do_seac-calcamento_da_rua_sao_januario_localizada_no_bairro_carapina.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9972/indicacao-342-2025-wanderlei_segantini-podagem_das_arvores_das_comunidades_de_sao_geraldo_nova_lima_e_itauninhas..pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9973/indicacao-343-2025-wap_wap-_calcamento_da_rua_40_localizada_no_bairro_guriri-norte.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9989/indicacao-348-2025-cristiano_balanga-recapeamento_asfaltico_de_todas_as_ruas_do_bairro_vitoria..pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9992/indicacao-351-2025-isamara_da_farmacia-recuo_do_ponto_de_onibus_localizado_na_avenida_jose_tozze_co_centor_de_sao_mateus-es.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9996/indicacao-355-2025-raphael_barboza-calcamento_da_lateral_do_campo_de_futebol_do_botafogolocalizado_no_bairro_vila_nova.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9997/indicacao-356-2025-raphael_barboza-reforma_e_instalacao_de_novos_pontos_de_onibus_em_todo_municipio_de_sao_mateus.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10003/indicacao-362-2025-wan_borges-manilhamento_na_avenida_amocim_leite_no_trecho_apos_o_residencial_golden_garden..pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10005/indicacao-364-2025-wanderlei_segantini-reforma_dos_pontos_de_onibus_nas_comunidades_de_nova_lima_sao_geraldo_e_iatuninhas..pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10006/indicacao-365-2025-wap_wap-revitalizacao_da_feira_livre__com_construcao_de_um_local_para_guardar_as_barracas_e_banheiros_para_atender_os_feirantes_no_bairro_inocoop.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10015/indicacao-367-2025-branco_da_penal-reforma_e_ampliacao_da_salas_de_aula_dilo_barbosa.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10017/indicacao-369-2025-cristiano_balanga-calcamento_da_rua_geraldo_pintolocalizada_no_bairro_guriri.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10018/indicacao-370-2025-cristiano_balanga-calcamento_da_avenida_posto_da_matalocalizada_no_bairro_liberdade.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10025/indicacao-377-2025-raphael_barboza-limpeza_e_poda_do_canteiro_da_br_101.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10029/indicacao-381-2025-vilmar_do_seac-conclusao_da_obra_de_pavimentacao_da_rua_louro_no_bairro_cacique_ii.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10030/indicacao-382-2025-vilmar_do_seac-conclusao_da_obra_de_pavimentacao_da_rua_albino_negris_em_guriri.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10036/indicacao-388-2025-wap_wap-retirada_de_entulhos_no_estadio_manoel_moreira_sobrinho.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10053/indicacao-403-2025-professora_valdirene-_obras_-aquisicao_e_instalacao_de_base_de_concreto_armado_para_caixa_dagua_de_20.000_litros.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10054/indicacao-404-2025-branco_da_penal-recapeamento_asfaltico_de_todas_as_ruas_localizadas_no_bairro_santo_antonio._2.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10056/indicacao-406-2025-cristiano_balanga-construcao_de_sistema_de_rede_de_drenagem_pluvial_no_loteamento_eldorado.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10060/indicacao-410-2025-isamara_da_farmacia-calcamento_da_rua_jose_alencar_localizada_no_bairro_ayrton_senna.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10064/indicacao-414-2025-raphael_barboza-recapeamento_asfaltico_de_toda_extensao_do_bairro_alvorada..pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10067/indicacao-417-2025-vilmar_do_seac-conclusao_da_obra_de_pavimentacao_da_rua_adriana_barbosa_caran_no_bairro_guriri_norte.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10068/indicacao-418-2025-vilmar_do_seac-limpeza_e_manutencao_com_patrolamento_da_rua_p_no_bairro_seac..pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10069/indicacao-419-2025-wan_borges-calcamento_da_rua_joelmir_alves_de_almeidalocalizada_no_bairro_litoraneo.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10070/indicacao-420-2025-wan_borges-recapeamento_asfaltico_em_todas_as_ruas_localizadas_no_bairro_ribeirao.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10071/indicacao-421-2025-wanderlei_segantini-limpeza_geral_e_podagem_das_arvores_de_todas_as_ruas_do_bairro_boa_vista..pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10072/indicacao-422-2025-wanderlei_segantini-limpeza_geral_e_podagem_das_arvores_de_todas_as_ruas_do_bairro_guriri..pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10074/indicacao-424-2025-wap_wap-limpeza_do_terreno_ao_lado_do_campo_de_futebol_localizado_no_bairro_vila_nova..pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10083/indicacao-425-2025-branco_da_penal-aplicacao_de_revsol_em_todas_as_ruas_dos_bairros_caicaras_e_ayrton_sena..pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10085/indicacao-427-2025-cristiano_balanga-calcamento_da_rua_antonio_cunha_filhoantiga_rua_30.localizada_no_bairro_guririlado_norte.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10089/indicacao-431-2025-isamara_da_farmacia-implantacao_do_auxilio_reconstrucao_dedicado_as_vitimas_das_fortes_chuvas_do_municipio_de_sao_mateus-es.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10090/indicacao-432-2025-isamara_da_farmacia-calcamento_ruralaproximadamente_3_kmna_comunidade_corrego_do_piqui_distrito_do_nativo_de_barra_nova.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10097/indicacao-439-2025-vilmar_do_seac-obra_de_pavimentacao_asfaltica_na_avenida_karina_no_bairro_seac..pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10098/indicacao-440-2025-vilmar_do_seac-obra_de_pavimentacao_na_rua_arnobio_alves_de_holanda_no_bairro_centro..pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10100/indicacao-442-2025-wan_borges-calcamento_rural_em_toda_extensao_do_assentamento_13_de_setembrolocalizado_na_comunidade_13_de_setembro_distrito_de_nestor_gomes.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10120/indicacao-459-2025-schaeffer-calcamento_da_rua_barbosa_localizada_no_loteamento_reinaldo_barbosa_localizada_na_comunidade_nova_aymoresdistrito_de_nestor_gomes.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10122/indicacao-461-2025-vilmar_do_seac-viabilizacao_de_projeto_de_calcada_cidada_na_ladeira_do_antigo_valao_bo_bairro_seac..pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10123/indicacao-462-2025-vilmar_do_seac-calcamento_da_rua_euclides_ferreira_do_nascimento_no_bairro_cacique..pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10124/indicacao-463-2025-wan_borges-instalacao_de_redutor_de_velocidadequebra-molasna_comunidade_tabuaslocalizada_no_distrito_do_nativo_de_barra_nova.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10126/indicacao-465-2025-wanderlei_segantini-instalacao_de_01_quebra-molas_na_avenida_netuno_localizada_no_bairro_vitoria..pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10127/indicacao-466-2025-wanderlei_segantini-conclusao_da_obra_de_pavimentacao_no_trecho_que_liga_a_estrada_principal_ao_cemiterio_no_distrito_do_nativo_de_barra_nova..pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10145/indicacao-476-2025-isamara_da_farmacia-termino_do_calcamento_da_rua_jerusalem_localizada_no_bairro_aroeira.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10147/indicacao-478-2025-professora_valdirene_bernadino-elaborar_e_realizar_projeto_de_arborizacao_em_todo_municipio_de_sao_mateus.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10149/indicacao-480-2025-raphal_barboza-calcamento_da_rua_nova_jerusalem_localizada_na_comunidade_rio_preto..pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10150/indicacao-481-2025-schaeffer-calcamento_ruralaproximadamente_1kmna_comunidade_corrego_da_arreiadistrito_de_nestor_gomes.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10152/indicacao-483-2025-vilmar_do_seac-calcamento_da_rua_das_castanheiras_no_bairro_guriri_norte..pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10153/indicacao-484-2025-vilmar_do_seac-calcamento_da_rua_jovino_coimbra_no_bairro_cacique..pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10162/indicacao-492-2025-branco_da_penal-pavimentacao_da_rua_nivaldo_de_souza_localizada_no_bairro_bela_vista..pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10165/indicacao-495-2025-isael_aguilar-pavimentacao_da_rua_lateral_da_es-315rua_projetada_ate_o_ponto_final_do_onibus_localizada_na_comunidade_morro_da_arara_distrito_de_itauninhas.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10166/indicacao-496-2025-isael_aguilar-_calcamento_da_rua_beija-flor_antida_rua_37_localizada_no_bairro_guriri-lado_norte.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10168/indicacao-498-2025-isamara_da_farmacia-construcao_de_escadaria_que_interliga_a_avenida_cricare_no_bairro_cricare_arua_galdino_negris_no_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10169/indicacao-499-2025-professora_valdirene_bernadino-reforma_da_capela_mortuaria_localizada_no_centro_do_municiio_de_sao_mateus..pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10171/indicacao-501-2025-raphael_barboza-recapeamento_asfaltico_de_todas_as_ruas_do_bairro_aviacao.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10172/indicacao-502-2025-raphael_barboza-instalacao_de_redutor_de_velociadadequebra_molas_em_frente_a_1igreja_assembleia_de_deus__localizada_no_bairro_cohab.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10175/indicacao-505-2025-vilmar_do_seac-recapeamento_asfaltico_da_rua_p_localizada_no_bairro_seac..pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10176/indicacao-506-2025-vilmar_do_seac-recapeamento_asfaltico_da_q_localizada_no_bairro_seac..pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10178/indicacao-508-2025-wan_borges-instalacao_de_um_quebra-molas_na_avenida_jose_tozzi_nos_fundos_da_academia_allp_fit_localizada_no_bairro_boa_vista..pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10188/indicacao-514-2025-branco_da_penal-calcamento_da_rua_manoel_mercedes_localizada_no_bairro_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10190/indicacao-516-2025-cristiano_balanga-jateamento_de_concreto_na_ladeira_conheciada_como_buraco_do_sapo_localizada_no_bairro_santa_terezinhaponte.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10198/indicacao-524-2025-raphael_barboza-construcao_de_calcadas_cidadas_em_toda_extensao_do_bairro_cricare..pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10200/indicacao-526-2025_-_schaeffer-reitera_indicacao_033-2025_que_diz_respeito_a-__encascalhamento_de_todas_as__ladeiras_vicinais_que_compreendem_os_km_18_ao_km_47.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10201/indicacao-527-2025-vilmar_do_seac-recapeamento_asfaltico_em_todas_as_ruas_do_bairro_seac..pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10202/indicacao-528-2025-vilmar_do_seac-obra_de_pavimentacao_asfaltica_com_sinalizacao_adequada_em_todas_as_ruas_que_nao_sao_asfalyadas_no_bairro_seac..pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10203/indicacao-529-2025-wan_borges-instalacao_de_uma_caixa_dagua_de_10_mil_litros_no_bairro_jambeiro..pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10205/indicacao-531-2025-wanderlei_segantini-instalacao_de_canaleta_para_escoamento_de_agua_pluvial_na_rua_antonio_moreira_sobrinho_no_bairro_ayrton_senna..pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10219/indicacao-537-2025-cristiano_balanga-termino_do_calcamento_da_rua_antonio_rocha_cavalcante_no_bairro_maruim..pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10223/indicacao-541-2025-isamara_da_farmacia-recapeamento_asfaltico_da_avenida_cricare_localizada_no_bairro_cricare.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10224/indicacao-542-2025-isamara_da_farmacia-instalacao_de_um_ponto_de_onibus_na_entrada_do_bairro_jacui_i.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10225/indicacao-543-2025-professora_valdirene_bernadino-_calcamento_da_rua_antonio_massucatti_localizada_no_bairro_guriri-lado_norte.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10227/indicacao-545-2025-raphael_barboza-troca_reparos_e_substituicao_das_grades_de_bocas_de_lobo_da_avenida_jose_tozze_e_avenida_dr.raimundo_guilherme_sobrinho.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10231/indicacao-549-2025-vilmar_do_seac-calcamento_da_rua_03logo_apos_a_igreja_catolica_localizada_no_bairro_cacique.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10232/indicacao-550-2025-vilmar_do_seac-calcamento_da_rua_wilson_gomes_localizada_no_bairro_nova_sao_mateus.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10235/indicacao-553-2025-wanderlei_segantini-nivelamento_e_compactacao_de_todas_as_ruas_do_bairro_guriri..pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10241/indicacao-557-2025-branco_da_penal-calcamento_da_ladeirade_acesso_ao_cemiterioda_comunidade_santa_leocadia_localizada_no_km_23_distrito_de_nestor_gomes.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10248/indicacao-564-2025-professora_valdirene_bernadino-aquisicao_de_barracas_padronizadas_para_uso_nas_feiras_livres_do_municipio_de_sao_mateus.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10249/indicacao-565-2025-professora_valdirene_bernadino-instalacao_de_lixeiras_publicas_nas_vias_e_pracas_localizadas_no_centro_de_sao_mateus.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10254/indicacao-570-2025-vilmar_do_seac-construcao_de_abrigos_de_pontos_de_onibus_no_bairro_residencial_solar..pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10255/indicacao-571-2025-vilmar_do_seac-manutencao_e_reparo_no_calcamento_de_todas_as_ruas_localizadas_no_bairro_residencial_solar..pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10258/indicacao-574-2025-wap_wap-calcamento_da_rua_42_localizada_no_bairro_gurir-_lado_norte.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10259/indicacao-575-2025-wap_wap-calcamento_da_area_externa_da_ubs_veronica_favalessa_pestana_localizada_no_bairro_santo_antonio_para_implantacao_do_cepaf.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10275/indicacao-580-2025-isael_aguilar-calcamento_da_avenida_maria_calixto_conceicao_localizada_no_bairro_bonsucesso..pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10277/indicacao-582-2025-isamara_da_farmacia-termino_do_calcamento_da_rua_umburatiba_localizada_no_bairro_aviacao.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10284/indicacao-589-2025-schaeffer-calcamento_da_via_de_acesso_principal_da_cachoeira_do_cravocerca_de_oitocentos_metros_localizada_no_km_41_distrito_de_nestor_gomes.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10290/indicacao-595-2025-wanderlei_segantini-calcamento_da_rua_chiquito_bongosto_localizada_no_bairro_carapina.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10291/indicacao-596-2025-wap_wap-calcamento_da_via_principal_da_comunidade_sao_sebastiao_localizada_na_regiao_da_estiva__no_municipio_de_sao_mateus.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10297/indicacao-599-2025-branco_da_penal-pavimentacao_urbanizacao_instalacao_de_gradil_e_implantacao_de_calcadao_com_ciclovia_no_trecho_da_rua_castro_alves_e_avenida_maria_elisa_rios..pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10302/indicacao-604-2025-isamara_da_farmacia-aquisicao_de_area_para_construcao_de_um_cemiterio_com_capela_mortuaria_no_bairro_colina.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10305/indicacao-607-2025-professora_valdirene_bernadino-pavimentacao_da_rua_leomar_dionizioconhecida_como_ladeira_da_cacique_localizada_no_bairro_cacique_ii.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10307/indicacao-609-2025-raphael_barboza-calcamento_da_rua_lucia_toscano_aragon_no_bairro_ribeirao..pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10308/indicacao-610-2025-schaeffer-calcamento_da_rua_da_loterica_do_km_41_localizada_no_distrito_de_nestor_gomes.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10326/indicacao-623-2025-cristiano_balanga-calcamento_da_rua_admir_silva_crespo_no_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10327/indicacao-624-2025-isael_aguilar-construcao_de_uma_capela_mortuaria_no_cemiterio_da_comunidade_santa_maria_localizada_no_distrito_de_itauninhas.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10334/indicacao-631-2025-raphael_barboza-calcamento_da_rua_amazonas_no_bairro_rio_preto..pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10336/indicacao-633-2025-schaeffer-calcamento_da_rua_maria_claranas_proximidades_da_nova_construcao_da_paroquia_sao_lucas_evangelistalocalizada_no_km_41_distirto_de_nestor_gomes.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10337/indicacao-634-2025-vilmar_do_seac-instalacao_de_um_redutor_de_velocidade_quebra-molasna_rua_bcconhecida_como_rua_da_mangueira_localizada_no_bairro_seac.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10338/indicacao-635-2025-vilmar_do_seac-calcamento_da_rua_sao_pedro_localizada_no_bairro_morada_do_lago.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10351/indicacao-642-2025-branco_da_penal-calcamento_da_rua_mangabeira_localizada_no_bairro_guriri-lado_norte.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10352/indicacao-643-2025-branco_da_penal-manilhamentoservico_de_aterro_e_rabertura_das_ruas_santa_rita_de_cassia_e_bom_jesus_localizadas_no_bairro_morada_do_lado.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10353/indicacao-644-2025-cristiano_balanga-calcamento_da_rua_osvaldo_cruz_localizada_no_bairro_colina.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10361/indicacao-652-2025-raphael_barboza-recapeamento_asfaltico_da_rua_ademar_de_oliveira_neves_do_bairro_sernamby_ao_bairro_boa_vista..pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10365/indicacao-656-2025-vilmar_do_seac-construcao_de_escadaria_em_rua_que_nao_possuem_segmento_e_desembocam_no_antigo_valao_localizado_no_bairro_seac.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10369/indicacao-660-2025-wanderlei_segantini-que_a_viacao_sao_gabriel_viabilize_linhas_de_itinerario_nos_residenciais_jacui_i_ii_e_iii..pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10379/indicacao-663-2025-branco_da_penal-calcamento_da_rua_sao_mateus_localizada_no_bairro_morada_do_lago..pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10385/indicacao-669-2025-isamara_da_farmacia-construcao_de_rotatoria_com_sinalizacao_no_entrocamento_das_ruas_cel.constantino_cunhazedio_bonomo_e_nelson_fundao_localizadas_no_bairro_fatima.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10386/indicacao-670-2025-isamara_da_farmacia-calcamento_da_rua_osvaldo_cruz_localizada_no_bairro_aroeira.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10387/indicacao-671-2025-professora_valdirene_bernadino-instalacao_de_redutores_de_velociadadequebra-molasna_rua_espera_feliznas_proximidades_do_clube_da_terceira_idade.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10390/indicacao-674-2025-raphael_barboza-fiscalizacao_dos_terrenos_baldios_existentes_no_municipio..pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10395/indicacao-679-2025-wan_borges-construcao_de_2_galpoes_em_area_publica_ja_existente_localizada_no_bairro_cohab.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10396/indicacao-680-2025-wan_borges-recapeamento_asfaltico_da_rua_nery_frontino_localizada_no_bairro_sernamby.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10397/indicacao-681-2025-wanderlei_segantini-construcao_de_um_redutor_de_velocidade_na_rua_dr._ademar_oliveira_neves_no_bairro_sernamby..pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10399/indicacao-683-2025-wap_wap-implantacao_da_opcao_de_pagamento_de_passagens_via_pix_nas_linhas_de_onibus_da_viacao_sao_gabriel..pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10415/indicacao-690-2025-isael_aguilar-pavimentacao_da_vila_boa_sorte_localizada_na_comunidade_de_santa_maria_distrito_de_itauninhas.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10416/indicacao-691-2025-isamara_da_farmacia-recuperacao_e_pavimentacao_da_ladeira_do_besouro_localizada_na_avenida_cricare.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10417/indicacao-692-2025-isamara_da_farmacia-recapeamento_asfaltico__de_todas_as_ruas_do_bairro_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10418/indicacao-693-2025-professora_valdirene_bernadino-instalacao_de_placas_de_identificacao_com_os_nomes_das_comunidades_quilombolas_do_municipio_de_sao_mateus..pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10421/indicacao-696-2025-raphael_barboza-calcamento_de_ruas_do_bairro_jambeiro.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10423/indicacao-698-2025-schaeffer-reitera_indicacao_293-_2025_que_diz_respeito_a_calcamento_da_comunidade_maria_preta_localizada_no_km_41__distrito_de_nestor_gomes.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10426/indicacao-701-2025-wan_borges-calcamento_da_rua_jose_guimaraes_localizada_no_bairro_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10448/indicacao-717-2025-raphael_barboza-substituicao_da_boca_de_lobo_localizada_na_esquina_da_casa_de_farinha_no_bairro_santo_antonio..pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10451/indicacao-720-2025-schaeffer-_calcamento_da_rua_zenilson_cosme_localizada_na_rodovia_miguel_curry_careiro_km_34_distrito_de_nestor_gomes.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10452/indicacao-721-2025-vilmar_do_seac-calcamento_da_rua_nossa_senhora_aparecida_localizada_no_bairro_morada_do_lago..pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10453/indicacao-722-2025-vilmar_do_seac-calcamento_da_avenida_sao_marcos_localizada_no_bairro_morada_do_lago.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10472/indicacao-735-2025-isamara_da_farmacia-termino_do_calcamento_da_rua_12_que_liga_o_bairro_bom_sucesso_e_colina.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10476/indicacao-739-2025-raphael_barboza-recapeamento_asfaltico_da_rua_coronel_constantino_cunhano_trecho_que_interliga_os_bairros_ideal_e_lago_dos_cisnes..pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10481/indicacao-744-2025-wan_borges-patrolamento_das_ruas_do_bairro_morada_do_ribeirao.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10485/indicacao-748-2025-wap_wap-instalacao_de_um_redutor_de_velocidade_quebra-molas_na_rua_liberdade_localizada_no_bairro_sernamby..pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10494/indicacao-752-2025-isael_aguilar-reitera_indicacao_092-2025_que_diz_respeito_a_construcao_de_uma_capela_mortuaria_na_comunidade_de_nova_lima_distrito_de_itauninhas.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10497/indicacao-755-2025-professora_valdirene-calcamento_rural_no_trecho_que_vai_da_entrada_da_comunidade_quilombola_divino_espirito_santo_ate_a_sede_da_associacao_de_moradores_local.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10499/indicacao-757-2025-raphael_barboza-reabertura_da_rua_nossa_senhora_dos_navegantes_localizada_na_comunidade_mariricu.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10500/indicacao-758-2025-raphael_barboza-calcamento_da_avenida_joao_lazaro_de_almeida_prado_localizada_no_bairro_cohab.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10502/indicacao-760-2025-schaeffer-pavimentacao_asfaltica_da_rodovia_miguel_carneiro_curry_es-381_no_trecho_do_km_30_ao_municipio_de_jaguare.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10503/indicacao-761-2025-vilmar_do_seac-manutencao_e_reparo_no_calcamento_da_rua_ornalindo_domingos_no_bairro_morada_do_ribeirao.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10504/indicacao-762-2025-vilmar_do_seac-manutencao_e_reparo_no_calcamento_de_todas_as_ruas_e_avenidas_do_bairro_nova_sao_mateus.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10505/indicacao-763-2025-wan_borges-implantacao_de_redutores_de_velocidade_quebra-mola_na_avenida_de_acesso_ao_bairro_village.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10518/indicacao-773-2025-isael_aguilar-calcamento_da_rua_ceara_localizada_no_bairro_carapina.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10533/indicacao-788-2025-wanderlei_segantini-patrolamento_na_estrada_que_interliga_o_km_44_a_comunidade_pratinha_localizada_no_distrito_de_nestor_gomes.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10645/indicacao-792-2025-branco_da_penal-calcamento_da_rua_minas_gerais_localizada_no_loteamento_caicaras_bairro_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10646/indicacao-793-2025-cristiano_balanga-construcao_de_uma_capela_mortuaria_com_banheiros_no_cemiterio_da_comunidade_nativo_localizada_no_distrito_do_nativo_de_barra_nova.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10647/indicacao-794-2025-cristiano_balanga-disponibilizacao_de_patrulha_mecanizada__comunidades_locais_localizadas_no_distrito_do_nativo_de_barra_nova.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10649/indicacao-796-2025-isael_aguilar-reitera_a_indicacao_no_133-2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10650/indicacao-797-2025-isamara_da_farmacia-_conclusao_da_pavimentacao_do_calcadao_da_orla_de_guriri_com_calcamento_da_ciclovia.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10651/indicacao-798-2025-isamara_da_farmacia-abertura_da_avenida_luis_carlos_furlin_e_a_implantacao_11km_de_sistema_viario.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10654/indicacao-801-2025-raphael_barboza-calcamento_da_rua_douglas_lima_localizada_no_bairro_guriri_lado_norte.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10655/indicacao-802-2025-raphael_barboza-criacao_e_execucao_do_projeto_ecopontos_no_municipio_de_sao_mateus-es.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10656/indicacao-803-2025-schaeffer-execucao_de_servicos_de_elevacao_do_nivel_do_leito_viario_e_instalacao_de_manilhamento_na_estrada_de_acesso_ao_km_28.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10661/indicacao-808-2025-wan_borges-pavimentacao_da_estrada_que_interliga_o_bairro_alvorada_a_br_101.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10677/indicacao-818-2025-isael_aguilar-reitera_indicacao_070-2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10683/indicacao-824-2025-raphael_barboza-calcamento_da_rua_jamil_alhakim_localizada_no_bairro_guriri_lado_norte.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10688/indicacao-829-2025-wan_borges-abertura_e_urbanizacao_da_via_que_interliga_o_bairro_village_ao_bairro_litoraneo_com_acesso_pela_rua_joao_rosa_lima.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10690/indicacao-831-2025-wanderlei_segantini-limpeza_da_area_que_liga_os_bairros_vila_nova_e_vila_verde.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10706/indicacao-835-2025-branco_da_penal-calcamento_da_avenida_francisco_pereira_de_carvalho_no_bairro_guriri_lado_norte.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10711/indicacao-840-2025-isamara_da_farmacia-_calcamento_da_rua_gentil_otaviano_fundao_localizada_no_bairro_bom_sucesso_i.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10720/indicacao-849-2025-vilmar_do_seac-reparo_no_calcamento_de_toda_extensao_da_rua_vila_silvares_localizada_no_bairro_sernamby.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10722/indicacao-851-2025-wan_borges-manilhamento_no_corrego_proximo_a_rua_do_riacho_localizado_no_bairro_pedra_d_agua.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10724/indicacao-853-2025-wanderlei_segantini-limpeza_das_vias_publicas_do_bairro_santa_tereza..pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10725/indicacao-854-2025-wap_wap-pavimentacao_asfaltica_da_avenida_humbrto_almeida_franklin_localizada_no_bairro_universitario.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10726/indicacao-855-2025-wap_wap-limpeza_do_valao_que_tem_inicio_no_bairro_idel_e_termino_atras_do_condominio_jardim_floresta_localizado_no_bairro_carapina.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10737/indicacao-860-2025-isael_aguilar-reparo_de_todo_calcamento_das_ruas_da_comunidade_santa_maria_localizada_no_distrito_de_itauninhas.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10745/indicacao-868-2025-schaeffer-execucao_de_servicos_de_calcamento_na_vila_do_nino_km_29_distrito_de_nestor_gomes.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10749/indicacao-872-2025-wan_borges-termino_do_calcamento_da_rua_46_localizada_no_bairro_cohab.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10750/indicacao-873-2025-wan_borges-disponibilizacao_de_um_gari_fixo_nas_entradas_dos_bairros_do_municipio_de_sao_mateus.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10752/indicacao-875-2025-wanderlei_segantini-_instalacao_de_um_redutor_de_velocidade_quebra-molas_na_avenida_principal_da_comunidade_de_nova_lima.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10764/indicacao-878-2025-branco_da_penal-calcamento_da_avenida_fernando_jogaib_localizada_no_bairro_ayrton_senna.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10769/indicacao-883-2025-isael_aguilar-reiteracao_da_indicacao_154-2025_que_diz_respeito_ao_calcamento_rural_no_corrego_santaninha_situado_na_comunidade_santa_maria_distrito_de_itauninhas.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10773/indicacao-887-2025-professora_valdirene_bernadino-elaboracao_atualizacao_e_execucao_do_plano_municipal_de_saneamento_basico_pmsb.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10775/indicacao-889-2025-raphael_barboza-termino_do_asfaltamento_da_rua_sao_joao_localizada_no_bairro_ideal_adjacente_a_igreja_catolica_da_comunidade_nossa_senhora_de_fatima.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10781/indicacao-895-2025-wan_borges-manutencao_na_infraestrutura_da_rua_ilheus_no_bairro_pedra_dagua.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10783/indicacao-897-2025-wanderlei_segantini-cotratacao_de_pessoal_para_limpeza_publica_na_comunidade_de_itauninhas..pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10792/indicacao-902-2025-cristiano_balanga-termino_do_calcamento_da_rua_clemente_sartorio_situada_no_bairro_jaqueline.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10794/indicacao-904-2025-isamara_da_farmacia-instalacao_de_redutor_de_velocidade_na_avenida_joao_batista_crespo_nas_proximidades_da_residencia_801_locaixada_no_bairro_vitoria.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10795/indicacao-905-2025-isamara_da_farmacia-calcamento_da_rua_da_prata_localizada_no_bairro_jardim_bom_gosto.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10798/indicacao-908-2025-raphael_barboza-calcamento_da_rua_sao_paulo_localizada_no_bairro_rio_preto.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10801/indicacao-911-2025-schaeffer-conclusao_do_calcamento_das_ruas_que_circundam_a_quadra_poliesportiva_localizada_no_distrito_de_nestor_gomes__km_41.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10803/indicacao-913-2025-vilmar_do_seac-calcamento_da_rua_euclides_da_cunha_localizada_no_bairro_ayrton_senna.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10804/indicacao-914-2025-wan_borges-limpeza_e_manutencao_de_todas_as_ruas_do_bairro_litoraneo..pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10805/indicacao-915-2025-wan_borges-limpeza_e_manutencao_dos_acessos_ao_bairro_porto..pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10808/indicacao-918-2025-wap_wap-calcamento_da_rua_odilio_nico_localizada_no_bairro_guriri-_lado_sul.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10809/indicacao-919-2025-wap_wap-calcamento_da_rua_12ao_lado_da_gurimar_localizada_no_bairro_guriri-_lado_sul.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10816/indicacao-923-2025-cristiano_balanga-reforma_e_manutencao_da_motobomba_de_succao_para_dragagem_localizada_na_comunidade_de_barra_seca_distrito_do_nativo_de_barra_nova.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10818/indicacao-925-2025-isamara_da_farmacia-recapeamento_asfaltico_das_avenidas_alemanha_berlim_lisboa_e_portugal_localizadas_no_bairro_novo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10819/indicacao-926-2025-professora_valdirene_bernadino-termino_do_calcamento_da_avenida_gileno_santos_localizada_no_bairro_ayrton_senna.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10820/indicacao-927-2025-professora_valdirene_bernadino-limpeza_e_poda_de_arvores_na_entrada_do_bairro_jambeiro.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10823/indicacao-930-2025-schaeffer-realizacao_de_servicos_regulares_de_capina_e_limpeza_das_ruas_da_vila_do_pirola_em_nestor_gomes.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10825/indicacao-932-2025-vilmar_do_seac-reparo_em_toda_a_extensao_do_calcamento_da_rua_almir_queiroz_que_liga_o_bairro_morada_do_ribeirao_ao_bairro_jaqueline.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10826/indicacao-933-2025-vilmar_do_seac-calcamento_da_rua_erix_pecanha_situada_no_bairro_jaqueline.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10828/indicacao-935-2025-wan_borges-manutencao_na_infraestrutura_da_rua_14_no_loteamento_residencial_vista_do_cricare_no_bairro_jambeiro.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10829/indicacao-936-2025-wanderlei_segantini-pintura_dos_quebra-molas_nas_comunidades_de_nova_limasao_geraldo_e_itauninhas_localizadas_no_distrito_de_itauninhas..pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10843/indicacao-940-2025-branco_da_penal-ampliacao_com_construcao_de_muro_e_reforma_do_cemiterio_da_comunidade_santo_antonio_no_km_28.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10849/indicacao-946-2025-raphael_barboza-aquisicao_ou_permuta_de_terreno_para_perfuracao_de_poco_artesiano_na_comunidade_de_tabuas_localizada_no_distrito_do_nativo_de_barra_nova.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10850/indicacao-947-2025-raphael_barboza-istalacao_de_um_redutor_de_velocidadequebra-molasna_rua_humberto_de_almeida_franklinem_frente_a_univc_localizada_no_bairro_universitario.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10851/indicacao-948-2025-schaeffer-realizacao_de_servicos_regulares_de_capina_e_limpeza_nos_arredores_do_cras_do_km_41_e_das_ubs_s_do_km_3529_e_23_em_nestor_gomes.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10852/indicacao-949-2025-schaeffer-aquisicao_ou_permuta_de_terreno_para_construcao_de_um_novo_cemiterio_no_km_41_em_nestor_gomes.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10857/indicacao-954-2025-wanderlei_segantini-limpeza_de_todas_as_ruas_do_residencial_jacui_1_localizado_no_bairro_aviacao.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10858/indicacao-955-2025-wanderlei_segantini-limpeza_de_todas_as_ruas_do_residencial_jacui_ii_localizado_no_bairro_aviacao.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10860/indicacao-957-2025-wap_wap-_calcamento_da_rua_sao_daniel_comboni_localizada_no_bairro_guriri_lado_sul.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10871/indicacao-966-2025-professora_valdirene_bernadino-reitera_a_indicacao_008-2025..pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10873/indicacao-968-2025-raphael_barboza-limpeza_desobstrucao_e_manutencao_preventiva_do_valao_localizado_na_comunidade_da_vila_maruim_no_bairro_porto_situado_atras_do_sesc_sao_mateus.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10877/indicacao-972-2025-vilmar_do_seac-contratacao_de_empresa_especializada_em_esgotamento_de_fossas_septicas_e_rudimentares_para_atendimento_aos_bairros_carentes_de_sao_mateus.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10878/indicacao-973-2025-vilmar_do_seac-viabilizar_o_desentupimento_dos_buieros_existentes_e_a_instalacao_ou_substituicao_de_tampas_danificadas_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10880/indicacao-975-2025-wan_borges-interligacao_da_rua_bronze_no_bairro_jaqueline_com_a_rodovia_othovarino_duarte_santos__es_315.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10882/indicacao-977-2025-wanderlei_segantini-encascalhamento_da_ladeira_denominada_como_morro_do_nazario_localizada_na_comunidade_do_chiado_distrito_de_itauninhas.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10900/indicacao-984-2025-isael_aguilar-reitera_indicacao_n_197-2025.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10905/indicacao-989-2025-professora_valdirene_bernadino-implantacao_de_rota_de_acesso_elevado_no_bairro_guriri..pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10906/indicacao-990-2025-raphael_barboza-revitalizacao_das_identificacoes_visuais_da_frota_municipal_e_de_veiculos_terceirizados.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10907/indicacao-991-2025-raphael_barboza-instalacao_de_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10910/indicacao-994-2025-vilmar_do_seac-reparo_no_calcamento_de_toda_extensao_da_rua_cel._mateus_cunha_localizada_no_bairro_sernamby.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10913/indicacao-997-2025-wan_borges-instalacao_de_abrigo_de_onibus_no_residencial_solar_localizado_no_bairro_aroeira.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10914/indicacao-998-2025-wanderlei_segantini-instalacao_de_lixeiras_publicas_na_comunidade_de_nova_lima..pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10915/indicacao-999-2025-wanderlei_segantini-instalacao_de_lixeiras_publicas_na_comunidade_de_itauninhas..pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H320"/>
+  <dimension ref="A1:H328"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="48.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -12619,50 +12715,258 @@
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
         <v>1304</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
         <v>1305</v>
       </c>
       <c r="D320" t="s">
         <v>11</v>
       </c>
       <c r="E320" t="s">
         <v>12</v>
       </c>
       <c r="F320" t="s">
         <v>142</v>
       </c>
       <c r="G320" s="1" t="s">
         <v>1306</v>
       </c>
       <c r="H320" t="s">
         <v>1307</v>
+      </c>
+    </row>
+    <row r="321" spans="1:8">
+      <c r="A321" t="s">
+        <v>1308</v>
+      </c>
+      <c r="B321" t="s">
+        <v>9</v>
+      </c>
+      <c r="C321" t="s">
+        <v>1309</v>
+      </c>
+      <c r="D321" t="s">
+        <v>11</v>
+      </c>
+      <c r="E321" t="s">
+        <v>12</v>
+      </c>
+      <c r="F321" t="s">
+        <v>86</v>
+      </c>
+      <c r="G321" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="H321" t="s">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="322" spans="1:8">
+      <c r="A322" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B322" t="s">
+        <v>9</v>
+      </c>
+      <c r="C322" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D322" t="s">
+        <v>11</v>
+      </c>
+      <c r="E322" t="s">
+        <v>12</v>
+      </c>
+      <c r="F322" t="s">
+        <v>27</v>
+      </c>
+      <c r="G322" s="1" t="s">
+        <v>1314</v>
+      </c>
+      <c r="H322" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="323" spans="1:8">
+      <c r="A323" t="s">
+        <v>1316</v>
+      </c>
+      <c r="B323" t="s">
+        <v>9</v>
+      </c>
+      <c r="C323" t="s">
+        <v>1317</v>
+      </c>
+      <c r="D323" t="s">
+        <v>11</v>
+      </c>
+      <c r="E323" t="s">
+        <v>12</v>
+      </c>
+      <c r="F323" t="s">
+        <v>32</v>
+      </c>
+      <c r="G323" s="1" t="s">
+        <v>1318</v>
+      </c>
+      <c r="H323" t="s">
+        <v>1319</v>
+      </c>
+    </row>
+    <row r="324" spans="1:8">
+      <c r="A324" t="s">
+        <v>1320</v>
+      </c>
+      <c r="B324" t="s">
+        <v>9</v>
+      </c>
+      <c r="C324" t="s">
+        <v>1321</v>
+      </c>
+      <c r="D324" t="s">
+        <v>11</v>
+      </c>
+      <c r="E324" t="s">
+        <v>12</v>
+      </c>
+      <c r="F324" t="s">
+        <v>32</v>
+      </c>
+      <c r="G324" s="1" t="s">
+        <v>1322</v>
+      </c>
+      <c r="H324" t="s">
+        <v>1323</v>
+      </c>
+    </row>
+    <row r="325" spans="1:8">
+      <c r="A325" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B325" t="s">
+        <v>9</v>
+      </c>
+      <c r="C325" t="s">
+        <v>1325</v>
+      </c>
+      <c r="D325" t="s">
+        <v>11</v>
+      </c>
+      <c r="E325" t="s">
+        <v>12</v>
+      </c>
+      <c r="F325" t="s">
+        <v>100</v>
+      </c>
+      <c r="G325" s="1" t="s">
+        <v>1326</v>
+      </c>
+      <c r="H325" t="s">
+        <v>1327</v>
+      </c>
+    </row>
+    <row r="326" spans="1:8">
+      <c r="A326" t="s">
+        <v>1328</v>
+      </c>
+      <c r="B326" t="s">
+        <v>9</v>
+      </c>
+      <c r="C326" t="s">
+        <v>1329</v>
+      </c>
+      <c r="D326" t="s">
+        <v>11</v>
+      </c>
+      <c r="E326" t="s">
+        <v>12</v>
+      </c>
+      <c r="F326" t="s">
+        <v>37</v>
+      </c>
+      <c r="G326" s="1" t="s">
+        <v>1330</v>
+      </c>
+      <c r="H326" t="s">
+        <v>1331</v>
+      </c>
+    </row>
+    <row r="327" spans="1:8">
+      <c r="A327" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B327" t="s">
+        <v>9</v>
+      </c>
+      <c r="C327" t="s">
+        <v>1333</v>
+      </c>
+      <c r="D327" t="s">
+        <v>11</v>
+      </c>
+      <c r="E327" t="s">
+        <v>12</v>
+      </c>
+      <c r="F327" t="s">
+        <v>142</v>
+      </c>
+      <c r="G327" s="1" t="s">
+        <v>1334</v>
+      </c>
+      <c r="H327" t="s">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="328" spans="1:8">
+      <c r="A328" t="s">
+        <v>1336</v>
+      </c>
+      <c r="B328" t="s">
+        <v>9</v>
+      </c>
+      <c r="C328" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D328" t="s">
+        <v>11</v>
+      </c>
+      <c r="E328" t="s">
+        <v>12</v>
+      </c>
+      <c r="F328" t="s">
+        <v>142</v>
+      </c>
+      <c r="G328" s="1" t="s">
+        <v>1338</v>
+      </c>
+      <c r="H328" t="s">
+        <v>1339</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -12942,50 +13246,58 @@
     <hyperlink ref="G296" r:id="rId295"/>
     <hyperlink ref="G297" r:id="rId296"/>
     <hyperlink ref="G298" r:id="rId297"/>
     <hyperlink ref="G299" r:id="rId298"/>
     <hyperlink ref="G300" r:id="rId299"/>
     <hyperlink ref="G301" r:id="rId300"/>
     <hyperlink ref="G302" r:id="rId301"/>
     <hyperlink ref="G303" r:id="rId302"/>
     <hyperlink ref="G304" r:id="rId303"/>
     <hyperlink ref="G305" r:id="rId304"/>
     <hyperlink ref="G306" r:id="rId305"/>
     <hyperlink ref="G307" r:id="rId306"/>
     <hyperlink ref="G308" r:id="rId307"/>
     <hyperlink ref="G309" r:id="rId308"/>
     <hyperlink ref="G310" r:id="rId309"/>
     <hyperlink ref="G311" r:id="rId310"/>
     <hyperlink ref="G312" r:id="rId311"/>
     <hyperlink ref="G313" r:id="rId312"/>
     <hyperlink ref="G314" r:id="rId313"/>
     <hyperlink ref="G315" r:id="rId314"/>
     <hyperlink ref="G316" r:id="rId315"/>
     <hyperlink ref="G317" r:id="rId316"/>
     <hyperlink ref="G318" r:id="rId317"/>
     <hyperlink ref="G319" r:id="rId318"/>
     <hyperlink ref="G320" r:id="rId319"/>
+    <hyperlink ref="G321" r:id="rId320"/>
+    <hyperlink ref="G322" r:id="rId321"/>
+    <hyperlink ref="G323" r:id="rId322"/>
+    <hyperlink ref="G324" r:id="rId323"/>
+    <hyperlink ref="G325" r:id="rId324"/>
+    <hyperlink ref="G326" r:id="rId325"/>
+    <hyperlink ref="G327" r:id="rId326"/>
+    <hyperlink ref="G328" r:id="rId327"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>