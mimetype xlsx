--- v0 (2025-12-08)
+++ v1 (2026-03-12)
@@ -54,162 +54,162 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>9797</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>WAN BORGES</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9797/indicacao-209-2025-wan_borges-retorno_da_festividade_denominado_vem_louvar_em__comemoracao__ao__dia_do_evangelico_mateense..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9797/indicacao-209-2025-wan_borges-retorno_da_festividade_denominado_vem_louvar_em__comemoracao__ao__dia_do_evangelico_mateense..pdf</t>
   </si>
   <si>
     <t>RETORNO DA FESTIVIDADE DENOMINADA "VEM LOUVAR", EM COMEMORAÇÃO AO DIA DO EVANGÉLICO MATEENSE, CONFORME A LEI MUNICIPAL DE Nº 578/1997</t>
   </si>
   <si>
     <t>9865</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9865/indicacao-254-2025-wan_borges-criacao_do_centro_de_mutiplas_linguagens_na_praca_mesquita_neto_localizada_no_centro_de_sao_mateus-es.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9865/indicacao-254-2025-wan_borges-criacao_do_centro_de_mutiplas_linguagens_na_praca_mesquita_neto_localizada_no_centro_de_sao_mateus-es.pdf</t>
   </si>
   <si>
     <t>CRIAÇÃO DO CENTRO DE MÚLTIPLAS LINGUAGENS, NA PRAÇA MESQUITA NETO, LOCALIZADA NO CENTRO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>9903</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>PROFESSORA VALDIRENE BERNADINO</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9903/indicacao-288-2025-professora_valdirene_bernadino-criacao_do_teatro_municipal_a_ser_instalado_em_uns_dos_casaroes_historicos__no_porto.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9903/indicacao-288-2025-professora_valdirene_bernadino-criacao_do_teatro_municipal_a_ser_instalado_em_uns_dos_casaroes_historicos__no_porto.pdf</t>
   </si>
   <si>
     <t>CRIAÇÃO DO TEATRO MUNICIPAL, A SER INSTALADO EM UM DOS CASARÕES HISTÓRICOS, LOCALIZADOS NO BAIRRO PORTO</t>
   </si>
   <si>
     <t>10045</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>RAPHAEL BARBOZA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10045/indicacao-395-2025_-_raphael_barboza_-__cultura_-_transferencia_a_adecult.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10045/indicacao-395-2025_-_raphael_barboza_-__cultura_-_transferencia_a_adecult.pdf</t>
   </si>
   <si>
     <t>APOIO FINANCEIRO A AGÊNCIA DE DESENVOLVIMENTO E INOVAÇÃO SÓCIO CULTURAL - ADECULT, DESTINADO A DESPESAS DE CUSTEIO COM A REALIZAÇÃO DA SEMANA MUNICIPAL DO FORRÓ DE RAIZ - PATRIMÔNIO IMATERIAL DO BRASIL - ENCONTRO DOS PROJETOS DE DANÇA E MÚSICA DO MUNICÍPIO DE SÃO MATEUS/ES, A QUAL DEVERÁ APRESENTAR O PLENO DE TRABALHO EM MOMENTO OPORTUNO PARA RECEBER OS RECURSOS FINANCEIROS, POR MEIO DE TERMO DE COLABORAÇÃO/FOMENTO</t>
   </si>
   <si>
     <t>10244</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>CRISTIANO BALANGA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10244/indicacao-560-2025-cristiano_balanga-disponibilizacao_de_stands_para_os_comerciantes_e_fabricantes_de_chopp_artesanal_do_municipio_de_sao_mateus.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10244/indicacao-560-2025-cristiano_balanga-disponibilizacao_de_stands_para_os_comerciantes_e_fabricantes_de_chopp_artesanal_do_municipio_de_sao_mateus.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZAÇÃO DE STANDS  PARA OS COMERCIANTES E FABRICANTES DE CHOPP  POR OCASIÃO DA FESTA DE EXPOSIÇÃO DO MUNICÍPIO DE SÃO MATEUS/ES, REALIZADA NO MÊS DE SETEMBRO</t>
   </si>
   <si>
     <t>10331</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10331/indicacao-628-2025-professora_valdirene_bernadino-construcao_de_uma_concha_acustica_na_praca_viicius_cavaleiro_mileri_localizada_no_bairro_guriri-_lado_norte.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10331/indicacao-628-2025-professora_valdirene_bernadino-construcao_de_uma_concha_acustica_na_praca_viicius_cavaleiro_mileri_localizada_no_bairro_guriri-_lado_norte.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA CONCHA ACÚSTICA NA PRAÇA “VINÍCIUS CAVALEIRO MILERI”, LOCALIZADA NO BAIRRO GURIRI – LADO NORTE, COM OBJETIVO DE FOMENTAR AS MANIFESTAÇÕES CULTURAIS, MUSICAIS E ARTÍSTICAS NO MUNICÍPIO DE SÃO MATEUS/ES</t>
   </si>
   <si>
     <t>10532</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>WANDERLEI SEGANTINI</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10532/indicacao-787-2025-wanderlei_segantini-aquisicao_de_instrumentos_musicais_para_implantacao_de_uma_banda_marcial_na_emef_anedina_almeida_santos_na_comunidade_de_nova_lima_distrito_de_itauninhas.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10532/indicacao-787-2025-wanderlei_segantini-aquisicao_de_instrumentos_musicais_para_implantacao_de_uma_banda_marcial_na_emef_anedina_almeida_santos_na_comunidade_de_nova_lima_distrito_de_itauninhas.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE INSTRUMENTOS MUSICAIS E CONTRATAÇÃO DE MAESTRO COM A FINALIDADE DE IMPLANTAÇÃO DE UMA BANDA MARCIAL NA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL – EMEF “ANEDINA ALMEIDA SANTOS”, LOCALIZADA NA COMUNIDADE DE NOVA LIMA, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>10644</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>BRANCO DA PENAL</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10644/indicacao-791-2025-branco_da_penal-reconhecimento_da_sociedade_musical_lira_mateense_como_patrimonio_historico_natural_e_cultural_do_municipio.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10644/indicacao-791-2025-branco_da_penal-reconhecimento_da_sociedade_musical_lira_mateense_como_patrimonio_historico_natural_e_cultural_do_municipio.pdf</t>
   </si>
   <si>
     <t>RECONHECIMENTO DA SOCIEDADE MUSICAL LIRA MATEENSE COMO PATRIMÔNIO HISTÓRICO, NATURAL E CULTURAL DO MUNICÍPIO, BEM COMO A ADOÇÃO DE MEDIDAS PARA DESTINAR RECURSOS VISANDO A MANUTENÇÃO, VALORIZAÇÃO E AQUISIÇÃO PARA MELHORIA DOS INSTRUMENTOS MUSICAIS DA REFERIDA INSTITUIÇÃO</t>
   </si>
   <si>
     <t>10675</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10675/indicacao-816-2025-cristiano_balanga-revitalacao_e_ornamentacao_da_praca_sao_benedito_para_realizacao_do_projeto_natal_luz..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10675/indicacao-816-2025-cristiano_balanga-revitalacao_e_ornamentacao_da_praca_sao_benedito_para_realizacao_do_projeto_natal_luz..pdf</t>
   </si>
   <si>
     <t>REVITALIZACÃO E ORNAMENTAÇÃO DA PRAÇA SÃO BENEDITO PARA REALIZAÇÃO DO PROJETO “NATAL LUZ” TRANSFORMANDO O ESPAÇO EM UM AMBIENTE DE CONFRATERNIZAÇÃO, CULTURA E VALORIZACÃO DA COMUNIDADE MATEENSE, ALÉM DE FOMENTAR O TURISMO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -516,51 +516,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9797/indicacao-209-2025-wan_borges-retorno_da_festividade_denominado_vem_louvar_em__comemoracao__ao__dia_do_evangelico_mateense..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9865/indicacao-254-2025-wan_borges-criacao_do_centro_de_mutiplas_linguagens_na_praca_mesquita_neto_localizada_no_centro_de_sao_mateus-es.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9903/indicacao-288-2025-professora_valdirene_bernadino-criacao_do_teatro_municipal_a_ser_instalado_em_uns_dos_casaroes_historicos__no_porto.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10045/indicacao-395-2025_-_raphael_barboza_-__cultura_-_transferencia_a_adecult.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10244/indicacao-560-2025-cristiano_balanga-disponibilizacao_de_stands_para_os_comerciantes_e_fabricantes_de_chopp_artesanal_do_municipio_de_sao_mateus.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10331/indicacao-628-2025-professora_valdirene_bernadino-construcao_de_uma_concha_acustica_na_praca_viicius_cavaleiro_mileri_localizada_no_bairro_guriri-_lado_norte.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10532/indicacao-787-2025-wanderlei_segantini-aquisicao_de_instrumentos_musicais_para_implantacao_de_uma_banda_marcial_na_emef_anedina_almeida_santos_na_comunidade_de_nova_lima_distrito_de_itauninhas.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10644/indicacao-791-2025-branco_da_penal-reconhecimento_da_sociedade_musical_lira_mateense_como_patrimonio_historico_natural_e_cultural_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10675/indicacao-816-2025-cristiano_balanga-revitalacao_e_ornamentacao_da_praca_sao_benedito_para_realizacao_do_projeto_natal_luz..pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9797/indicacao-209-2025-wan_borges-retorno_da_festividade_denominado_vem_louvar_em__comemoracao__ao__dia_do_evangelico_mateense..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9865/indicacao-254-2025-wan_borges-criacao_do_centro_de_mutiplas_linguagens_na_praca_mesquita_neto_localizada_no_centro_de_sao_mateus-es.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9903/indicacao-288-2025-professora_valdirene_bernadino-criacao_do_teatro_municipal_a_ser_instalado_em_uns_dos_casaroes_historicos__no_porto.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10045/indicacao-395-2025_-_raphael_barboza_-__cultura_-_transferencia_a_adecult.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10244/indicacao-560-2025-cristiano_balanga-disponibilizacao_de_stands_para_os_comerciantes_e_fabricantes_de_chopp_artesanal_do_municipio_de_sao_mateus.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10331/indicacao-628-2025-professora_valdirene_bernadino-construcao_de_uma_concha_acustica_na_praca_viicius_cavaleiro_mileri_localizada_no_bairro_guriri-_lado_norte.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10532/indicacao-787-2025-wanderlei_segantini-aquisicao_de_instrumentos_musicais_para_implantacao_de_uma_banda_marcial_na_emef_anedina_almeida_santos_na_comunidade_de_nova_lima_distrito_de_itauninhas.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10644/indicacao-791-2025-branco_da_penal-reconhecimento_da_sociedade_musical_lira_mateense_como_patrimonio_historico_natural_e_cultural_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10675/indicacao-816-2025-cristiano_balanga-revitalacao_e_ornamentacao_da_praca_sao_benedito_para_realizacao_do_projeto_natal_luz..pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="34" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>