--- v0 (2025-12-06)
+++ v1 (2026-03-12)
@@ -10,1169 +10,1217 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="696" uniqueCount="374">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="728" uniqueCount="390">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>9594</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>MOÇ</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>WAP WAP</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9594/001-2025_-_mocao_cong._-_wap_wap__-valorizacao_e_respeito_dos_autismo_no_espirito_santos_deputado_allan_alberto_l._ferreira.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9594/001-2025_-_mocao_cong._-_wap_wap__-valorizacao_e_respeito_dos_autismo_no_espirito_santos_deputado_allan_alberto_l._ferreira.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO ao Deputado Estadual ALLAN ALBERT LOURENÇO FERREIRA, pela valorização e respeito a pessoa com Transtorno do Espectro Autista no Estado do Espírito Santo</t>
   </si>
   <si>
     <t>9595</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>RAPHAEL BARBOZA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9595/002-2025_-_mocao_cong._-_raphael_barboza.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9595/002-2025_-_mocao_cong._-_raphael_barboza.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO ao Senhor ANTÔNIO GALDINO, conhecido popularmente por "MESTRE GALDINO", pela grandiosa história de cultura, vida e pelos relevantes serviços prestados à população mateense</t>
   </si>
   <si>
     <t>9641</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>WAN BORGES</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9641/003-2025-mocao_de_cong.-wan_borges.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9641/003-2025-mocao_de_cong.-wan_borges.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO ao Senhor SIDICLEITON FERREIRA DO NASCIMENTO, Pastor Presidente da Igreja de Cristo o Reino em Movimento - IDCRM, pelo trabalho exemplar à frente da Igreja, com impacto positivo na vida da Comunidade em sua missão de fé, solidariedade e transformação social</t>
   </si>
   <si>
     <t>9642</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>CRISTIANO BALANGA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9642/004-2025-mocao_de_cong.-cristiano_balanga.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9642/004-2025-mocao_de_cong.-cristiano_balanga.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO ao Senhor MONTALVAN ANTUNES RODRIGUES, em reconhecimento pelos serviços prestados ao Município de São Mateus, com dedicação e compromisso, por meio do segmento Educacional e Jurídico</t>
   </si>
   <si>
     <t>9701</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>CRISTIANO BALANGA, ISAMARA DA FARMÁCIA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9701/005-2025-mocao_de_cong.-cristiano_balanga-projeto_leoes_do_norte_fc.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9701/005-2025-mocao_de_cong.-cristiano_balanga-projeto_leoes_do_norte_fc.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO ao PROJETO LEÕES DO NORTE FC, representado pelo Senhor CLAUDINEI RAFAEL MOREIRA e seus colaboradores OZIEL CARLOS VIRTUOSO e TALITA MARIA RODRIGUES DOS SANTOS, em reconhecimento pelos relevantes serviços prestados à Infância e Juventude, por meio do Esporte no Município de São Mateus</t>
   </si>
   <si>
     <t>9724</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>ISAMARA DA FARMÁCIA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9724/006-2025-mocao_de_cong.-isamara_da_farmacia.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9724/006-2025-mocao_de_cong.-isamara_da_farmacia.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO a IGREJA PRESBITERIANA MANANCIAL, por meio do Pastor Rodrigo Edelberto Souza Santos, pelos 36 anos de fundação no Município de São Mateus-ES</t>
   </si>
   <si>
     <t>9748</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9748/007-2025-mocao_de_cong.-wan_borges-alain_borges_da_silva.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9748/007-2025-mocao_de_cong.-wan_borges-alain_borges_da_silva.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO ao Senhor ALAIN BORGES DA SILVA, em reconhecimento pelos seus 91 anos de vida</t>
   </si>
   <si>
     <t>9772</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>PROFESSORA VALDIRENE BERNADINO</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9772/008-2025-mocao_de_cong.-professora_valdirene_bernadino-alessandra_marcelino.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9772/008-2025-mocao_de_cong.-professora_valdirene_bernadino-alessandra_marcelino.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO a Senhora ALESSANDRA MARCELINO, pela luta incessante para que a justiça fosse feita em decorrência da morte de sua filha, ocorrida no dia 11 de janeiro de 2021</t>
   </si>
   <si>
     <t>9805</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9805/010-2025-mocao_de_cong.-isamara_da_farmacia-cabo_paulo_victor.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9805/010-2025-mocao_de_cong.-isamara_da_farmacia-cabo_paulo_victor.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO a IGREJA PRESBITERIANA DE NESTOR GOMES, por meio do Pastor Janderson Basílio Gomes, pelos 11 anos de fundação da Igreja no Distrito de Nestor Gomes</t>
   </si>
   <si>
     <t>9806</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>BRANCO DA PENAL, CRISTIANO BALANGA, ISAEL AGUILAR, ISAMARA DA FARMÁCIA, PROFESSORA VALDIRENE BERNADINO, RAPHAEL BARBOZA, SCHAEFFER, VILMAR DO SEAC, WAN BORGES, WANDERLEI SEGANTINI, WAP WAP</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9806/011-2025-mocao_de_pesar.-jozail_fugulim.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9806/011-2025-mocao_de_pesar.-jozail_fugulim.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR manifestando profundo sentimento de consternação e solidariedade aos familiares do Senhor JOZAIL FUGULIM, em virtude do seu falecimento ocorrido no dia 20 de março de 2025.</t>
   </si>
   <si>
     <t>9807</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>WANDERLEI SEGANTINI</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9807/012-2025-mocao_de_cong.-wanderlei_segantini.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9807/012-2025-mocao_de_cong.-wanderlei_segantini.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO ao Apóstolo Alexis Nunes de Araujo pelos 25 anos à frente da Igreja Metodista Remir</t>
   </si>
   <si>
     <t>9808</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9808/013-2025-mocao_de_cong.cristiano_balanga-luciara_ferreira_da_silva.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9808/013-2025-mocao_de_cong.cristiano_balanga-luciara_ferreira_da_silva.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO a Senhora LUCIARA FERREIRA DA SILVA, em reconhecimento pelos relevantes serviços prestados aos pescadores do Município de São Mateus/ES e à frente da Associação de Pescadores, Marisqueiros e Catadores de Caranguejo - APMCC, do Município de Conceição da Barra/ES</t>
   </si>
   <si>
     <t>9835</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9835/014-2025-mocao_de_cong.-wan_borges-_maria_almeida_evangelista.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9835/014-2025-mocao_de_cong.-wan_borges-_maria_almeida_evangelista.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO a Senhora MARIA ALMEIDA EVANGELISTA - Proprietária do RESTAURANTE "BOM TEMPERO", localizado no bairro Litorâneo, pelos 15 anos de existência no Município de São Mateus-ES</t>
   </si>
   <si>
     <t>9836</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>BRANCO DA PENAL</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9836/015-2025-mocao_de_cong.-branco_d_apenal-_thiago_bomba.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9836/015-2025-mocao_de_cong.-branco_d_apenal-_thiago_bomba.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO ao Senhor THIAGO MACEDO SOARES COUTINHO DE OLIVEIRA, conhecido popularmente por "THIAGO BOMBA", em reconhecimento pelos relevantes serviços prestados à Segurança Pública do Estado, atuando como Policial Penal no Estado do Espírito Santo</t>
   </si>
   <si>
     <t>9837</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9837/016-2025-mocao_de_cong.-isamara_da_farmacia-soldado_marcos.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9837/016-2025-mocao_de_cong.-isamara_da_farmacia-soldado_marcos.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO aos Policiais Militares CABO PAULO VICTOR PITANGA FARIAS e SOLDADO MARCOS BARCELLOS NUNES, pelos relevantes serviços prestados à sociedade mateense</t>
   </si>
   <si>
     <t>9838</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9838/017-2025-mocao_de_cong.cristiano_balanga-lua_e_estrela.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9838/017-2025-mocao_de_cong.cristiano_balanga-lua_e_estrela.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO a Senhora MARIA OTTÍLIA BRAHIM MOTTA - proprietária da firma LUA E ESTRELA, pelos 25 anos de fundação da empresa no Município de São Mateus/ES, bem como aos relevantes serviços prestados à população mateense</t>
   </si>
   <si>
     <t>9839</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>ISAEL AGUILAR</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9839/018-2025-mocao_de_cong.-isael_aguilar-isaias_rodrigues_dos_santos.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9839/018-2025-mocao_de_cong.-isael_aguilar-isaias_rodrigues_dos_santos.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO ao Senhor ISAIAS RODRIGUES DOS SANTOS - Presidente da Associação de Agricultores Familiares Quilombola - AQUICOS do Córrego Santaninha, localizada na Comunidade de Santa Maria, Distrito de Itauninhas, no Município de São Mateus/ES e Presidente da Comissão de Atingidos Quilombolas dos Municípios de São Mateus/ES e Conceição da Barra/ES, em reconhecimento aos relevantes serviços prestados ao Povo Quilombola</t>
   </si>
   <si>
     <t>9840</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9840/019-2025-mocao_de_pesar-wan_borges-adhemar_clovis_dos_santos.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9840/019-2025-mocao_de_pesar-wan_borges-adhemar_clovis_dos_santos.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR manifestando profundo sentimento de consternação e solidariedade aos familiares do Senhor ADHEMAR CLÓVIS DOS SANTOS, em virtude do seu falecimento ocorrido no dia 31 de março de 2025</t>
   </si>
   <si>
     <t>9871</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9871/021-2025_-_mocao_cong._-_wap_wap__-gerson_davi_gomes_ferreira.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9871/021-2025_-_mocao_cong._-_wap_wap__-gerson_davi_gomes_ferreira.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO ao Senhor GÉRSON DAVI GOMES FERREIRA, pelo seu reconhecimento como líder de Religião de Matriz Africana e pela atuação no Templo de Candomblé "Ilé Obá N'lá", no Município de São Mateus</t>
   </si>
   <si>
     <t>9946</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9946/022-2025-mocao_de_congr.-isael_aguilar-cabo_rudy_e_soldado_jaber_luiz.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9946/022-2025-mocao_de_congr.-isael_aguilar-cabo_rudy_e_soldado_jaber_luiz.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO aos Policiais Militares Cabo RUDI DE ALMEIDA  e ao Soldado JABER LUIZ NASCIMENTO SANTOS, pelos relevantes serviços prestados à sociedade mateense, sobretudo no patrulhamento rural na colheita do café nas Comunidades do Distrito de Itauninhas, no Município de São Mateus</t>
   </si>
   <si>
     <t>9947</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9947/023-2025-mocao_de_cong.cristiano_balanga-clube_de_futebol_amador_schalk_da_ponte.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9947/023-2025-mocao_de_cong.cristiano_balanga-clube_de_futebol_amador_schalk_da_ponte.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO ao Clube de Futebol Amador SCHALKE DA PONTE, representado pela Senhora SUELLEM OLIVEIRA DOS SANTOS BATISTA e pelo Vice-Presidente Senhor MARCELO BATISTA, em reconhecimento pelo título de campeões da Copa Verão de Futebol Amador 2025</t>
   </si>
   <si>
     <t>9976</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9976/024-2025-mocao_cong.-wap_wap-professores_do_curso_de_direito_do_centro_universitario_vale_do_cricare.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9976/024-2025-mocao_cong.-wap_wap-professores_do_curso_de_direito_do_centro_universitario_vale_do_cricare.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO aos PROFESSORES DO CURSO DE DIREITO DO CENTRO UNIVERSITÁRIO VALE DO CRICARÉ (UNIVC), Professor Alcenir José Demo, Professora Aline Pinheiro Lima Camargo, Professora Amanda Figueiredo Andrade, Professora Betina de Cácia e Sousa Baptista, Professor Elembergue Almeida Nascimento, Professor Israel Petronetto, Professor Jacó Machado Clementino, Professora Jackeline Martins Silva Rocha, Professor Jorge Eduardo de Lima Siqueira, Professor Renan Walace Zamprogno Ziviani, Professor Rodrigo Monteiro, Professora Rosana Júlia Binda, Professora Raissa Fidelli Persuhn e Professora Drª Victoria Consuelo Carreira de Lima (In Memoriam), em reconhecimento pelos 23 anos levando ensino de qualidade e formando profissionais no Curso de Direito do Centro Universitário Vale do Cricaré, no Município de São Mateus/ES</t>
   </si>
   <si>
     <t>9977</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9977/025-2025-mocao_de_congr.-isamara_da_farmacia-eron_spessemille.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9977/025-2025-mocao_de_congr.-isamara_da_farmacia-eron_spessemille.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO a ERON SPESSEMILLE, que inobstante sua tenra idade, apresenta um brilhante desempenho em Concursos de Beleza Infantil e por representar com excelência o Município de São Mateus no cenário nacional</t>
   </si>
   <si>
     <t>9978</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9978/026-2025-mocao_cong.-professora_valdirene_bernadino-selecao_de_sao_mateus..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9978/026-2025-mocao_cong.-professora_valdirene_bernadino-selecao_de_sao_mateus..pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO ao Time de Futebol Amador do Município de São Mateus/ES "SELEÇÃO DE SÃO MATEUS", representado pelo Dirigente Senhor GIRLEY OLIVEIRA, pela conquista do Título de Campeão da Copa Prodnorte</t>
   </si>
   <si>
     <t>10037</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10037/027-2025-mocao_de_cong.-branco_d_apenal.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10037/027-2025-mocao_de_cong.-branco_d_apenal.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO a Sra. LUCILENE DE OLIVEIRA, em virtude dos excelentes serviços prestados como Coordenadora na Unidade de Acolhimento "Casa Lar", no Município de São Mateus-ES</t>
   </si>
   <si>
     <t>10038</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10038/029-2025-mocao_de_cong.-wanderlei_segantini-carlos_coswosck.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10038/029-2025-mocao_de_cong.-wanderlei_segantini-carlos_coswosck.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO ao Diretor da ZOO HOSPITAL VETERINÁRIO, Senhor CARLOS COSWOSCK, em reconhecimento aos 32 anos de serviços prestados da Zoo Hospital Veterinário à população e aos animais no Município de São Mateus/ES</t>
   </si>
   <si>
     <t>10075</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10075/030-2025-mocao_de_cong.-cristiano_balanga-maura_dos_santos_silva.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10075/030-2025-mocao_de_cong.-cristiano_balanga-maura_dos_santos_silva.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO a Senhora MAURA DOS SANTOS SILVA, em reconhecimento as conquistas alcançadas com dedicação e compromisso nas competições de ciclismo no Município de São Mateus/ES e região</t>
   </si>
   <si>
     <t>10076</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10076/031-2025-mocao_cong.-professora_valdirene_bernadino-_grupo_nossos_peludinhos.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10076/031-2025-mocao_cong.-professora_valdirene_bernadino-_grupo_nossos_peludinhos.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO ao grupo “NOSSOS PELUDINHOS”, representado pelas fundadoras Senhora Edelicia Carrafa dos Santos (conhecida como Dedé Carrafa) e Senhora Ana Lúcia de Araújo Ghidetti (conhecida como Ana Ghidethi), pelo trabalho voluntário em prol da proteção animal no Município de São Mateus/ES</t>
   </si>
   <si>
     <t>10077</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10077/032-2025-mocao_de_cong.-branco_d_apenal.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10077/032-2025-mocao_de_cong.-branco_d_apenal.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO a IGREJA BATISTA DO CALVÁRIO TEMPLO CENTRAL, por meio do Pastor Presidente Nilis Castberg Machado de Souza e a equipe de Pastores Auxiliares: Arileia Oliveira Castberg de Souza, Luzimar Biss Basto do Carmo, Joabe Vieira Martins, Gabriela Ertmann Vieira Martins, Fabiano Alves Coutinho, Arlete Ramalho Pena, Fanine Gasparine da Silva, Cristiane Fogos Vieira, Dayane Almeida Barbosa da Sila, Anderson de Souza Cunha, Sergio de Oliveira Silva, Cintia Souza Alves, Eduardo Augusto da Silva, Ester Rios Santos, Jefferson Amorim Silva, Nero Alves Fransisco, João Bonfim dos Santos, Wellington Machado de Jesus e Weverson Piana Marcelino, pelos atendimentos à Comunidade com apoio social e religioso, e pelos 32 anos de fundação da igreja no Município de São Mateus-ES</t>
   </si>
   <si>
     <t>10106</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>WANDERLEI SEGANTINI, ISAMARA DA FARMÁCIA, WAP WAP</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10106/033-2025-mocao_de_cong.-wanderlei_segantini-13_batalhao_da_policia_militar_de_sao_mateus..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10106/033-2025-mocao_de_cong.-wanderlei_segantini-13_batalhao_da_policia_militar_de_sao_mateus..pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO ao 13º BATALHÃO DA POLÍCIA MILITAR DO MUNICÍPIO DE SÃO MATEUS/ES – 13º BPM, representado pelos policiais: Coronel Senhor DOUGLAS CAUS, Comandante Geral da Polícia Militar,  Comandante Senhor EDSANDRO VIEIRA CREMA, Comandante do 2º Comando da Polícia Ostensiva Regional da Polícia Militar e o Tenente Coronel Senhor ANDERSON SIMONASSI FARIA, Comandante do 13º BPM, em reconhecimento aos 15 anos de existência do 13º BPM, exercendo um trabalho com muita dedicação, coragem e compromisso com a segurança da população do Município de São Mateus e região</t>
   </si>
   <si>
     <t>10107</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10107/034-2025-mocao_de_cong.-wan_borges-tecnicos_de_enfermagem_da_central_das_ambulancias.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10107/034-2025-mocao_de_cong.-wan_borges-tecnicos_de_enfermagem_da_central_das_ambulancias.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO aos TÉCNICOS DE ENFERMAGEM: Janine Alves da Silva, José Carlos Noventa, Catilce Lima Caetano, Raquel Milagre da Cruz, Shirley Martins do Nascimento e Edinilza Mendes de Sousa, que atuam na Central de Ambulância do Município de São Mateus, em reconhecimento a excelência, coragem e dedicação desses profissionais no exercício de suas funções</t>
   </si>
   <si>
     <t>10132</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10132/035-2025-mocao_de_cong.-wap_wap-ubs_vila_nova.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10132/035-2025-mocao_de_cong.-wap_wap-ubs_vila_nova.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO a UNIDADE BÁSICA DE SÁUDE DO BAIRRO VILA NOVA – UBS VILA NOVA, representada pelos colaboradores: Cintia Garajau, Patrícia Souza Pereira, Delfina Coutinho, Rosa Francisco Capucho, Luana Bernardes dos Santos, Edineia dos Santos, Rosenilda Quiel de Jesus, Inês Barbosa Bertolini, Alcielle Coutinho do Nascimento, Marcia Danieleto Bada, Mariza Barcelos, Maria Moraes Silva, Maria das Dores Santos, Maredeia Lourenço dos Santos, Wanderson Anchesqui Pirola, Tercília Cardoso da Silva, Rosinete da Cruz Corrêa, Rosália Assis de Lima Pereira, Mistis Jorge do Nascimento, Maria Railma Rodrigues de Souza, Guilherme Dely Bitti Alves, Messias Oliveira Castro, Dr. Davi de Melo Alvarenga Vieira, Drª. Cintia Closs Oliveira, em reconhecimento pela impecável atuação em prol da saúde pública e do bem-estar da Comunidade, com profissionalismo, empatia e compromisso com o serviço público razão pela qual enaltecemos e agradecemos pelo exemplo de excelência no exercício de suas funções.</t>
   </si>
   <si>
     <t>10133</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>ISAMARA DA FARMÁCIA, WAN BORGES, WANDERLEI SEGANTINI, WAP WAP</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10133/036-2025-mocao_de_congr.-isamara_da_farmacia-dra._marcela_gomes_de_paiva_amorim.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10133/036-2025-mocao_de_congr.-isamara_da_farmacia-dra._marcela_gomes_de_paiva_amorim.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO a DRA. MARCELA GOMES DE PAIVA AMORIM, pelos relevantes serviços prestados à saúde no Município de São Mateus e por sua dedicação exemplar na área da Fonoaudiologia</t>
   </si>
   <si>
     <t>10210</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10210/037-2025-mocao_de_congr.-isamara_da_farmacia-sargento_wellio_de_souza_oliveira.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10210/037-2025-mocao_de_congr.-isamara_da_farmacia-sargento_wellio_de_souza_oliveira.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO ao 3° SARGENTO WÉLLIO DE SOUZA OLIVEIRA, pelos relevantes serviços prestados à segurança pública em especial da população mateense.</t>
   </si>
   <si>
     <t>10211</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10211/038-2025-mocao_de_cong.-cristiano_balanga-_lucas_quintiliano.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10211/038-2025-mocao_de_cong.-cristiano_balanga-_lucas_quintiliano.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO ao Senhor LUCAS QUINTILIANO, pelo destaque na música gospel, pela honra trazida ao nosso Estado e pela inspiração que representa aos jovens talentos da nossa região</t>
   </si>
   <si>
     <t>10212</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10212/039-2025-mocao_cong.-professora_valdirene_bernadino-_aloisio_preato_da_silva-_grupo_nossos_peludinhos.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10212/039-2025-mocao_cong.-professora_valdirene_bernadino-_aloisio_preato_da_silva-_grupo_nossos_peludinhos.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO ao grupo “NOSSOS PELUDINHOS”, representado pelo fundador Senhor Aloísio Preato da Silva, pelo trabalho voluntário em prol da proteção animal no Município de São Mateus/ES</t>
   </si>
   <si>
     <t>10213</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10213/040-2025-mocao_de_cong.-branco_da_penal-igreja_batista_alianca..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10213/040-2025-mocao_de_cong.-branco_da_penal-igreja_batista_alianca..pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO a IGREJA BATISTA ALIANÇA, por meio do Apóstolo Mário Sérgio Silva e da Apóstola Telma Lucena de Souza Silva e dos Pastores Alexandre Lucena de Souza, Luciana Pimentel Correia Lucena, Jaílson Lucena de Souza, Shirlley Teresa Amaral Lucena, Celio Matias Martins, Aline Oliveira Pereira Martins, Erasmo Souza Ribeiro Costa, Fabrícia Rocha da Costa Ribeiro, Jose Roberto Castro Gomes, Roseli Borges de Souza Castro Gomes, Pedro Paulo Nunes Fraga Maia, Joscynaira Oliveira Crespo Maia, Luciano de Souza Zanetti e Verônica Rodilha Morais Zanetti, pelos atendimentos à Comunidade com apoio social e religioso e pelos 21 anos de fundação da Igreja no Município de São Mateus/ES</t>
   </si>
   <si>
     <t>10260</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10260/041-2025-mocao_de_pesar-wanderlei_segantini-alexis_nunes_de_araujo.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10260/041-2025-mocao_de_pesar-wanderlei_segantini-alexis_nunes_de_araujo.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR manifestando profundo sentimento de consternação e solidariedade aos familiares do Apóstolo Senhor ALEXIS NUNES DE ARAÚJO, em virtude do seu falecimento ocorrido no dia 13 de julho de 2025</t>
   </si>
   <si>
     <t>10261</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10261/042-2025-mocao_de_cong.-wanderlei_segantini-patrick_de_oliveira_malverdi.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10261/042-2025-mocao_de_cong.-wanderlei_segantini-patrick_de_oliveira_malverdi.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO ao Dr. PATRICK DE OLIVEIRA MALVERDI,  por estar entre os três advogados mais influentes do Estado do Espirito Santo</t>
   </si>
   <si>
     <t>10262</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10262/043-2025-mocao_de_cong.-wan_borges-coordenador_de_transporte_da_saude_klauber_luiz_kohls_e_motoritas_da_central_de_ambulancias_e_transporte_escolar..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10262/043-2025-mocao_de_cong.-wan_borges-coordenador_de_transporte_da_saude_klauber_luiz_kohls_e_motoritas_da_central_de_ambulancias_e_transporte_escolar..pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO ao Coordenador de Transporte de Saúde do Município de São Mateus Senhor KLAUBER LUIZ KOHLS e a todos os motoristas lotados na CENTRAL DE AMBULÂNCIAS, representada pelos motoristas: Aguinaldo Salvador, Audari Malverdi, Carlos Augusto de Jesus Silva, Clebio de Jesus, Dalberto Texeira dos Santos, Denivaldo Alves Siqueira, Emanuel Pinheiros, Emerson Sancheta, Enos Pereira, Fernando de Oliveira Lopes, Gedasio Gonçalves dos Santos, Henrique Limas Horancio, Iarley Batista da Silva, Joaquim Felicíssimo, Jhonny Crespo Santos, José Américo Alvarenga, Josimar de Oliveira Mendonça, Jucenildo de Oliveira Mendonça, Marco Antônio Galdino, Márcio Francisco Natali, Nilson da Silva, Paulo Estevam Francisco Neto, Pedro Ortolani, Renato Balbo Alves, Renato de Andrade, Romualdo Gomes Berto, Ronaldo Barbosa Esteves, Ronaldo Dias Silva, Seandro da Silva Vieira e no TRANSPORTE ESCOLAR, representado pelos motoristas: Aldair Vieira da Silva, André dos Santos Maciel, Durval Vasconcelos, Edi</t>
   </si>
   <si>
     <t>10263</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>SCHAEFFER</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10263/044-2025-mocao_de_cong.-schaeffer-dra._manuely_batista_melo.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10263/044-2025-mocao_de_cong.-schaeffer-dra._manuely_batista_melo.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO a Dra. MANUELY BATISTA MELO em reconhecimento aos relevantes serviços prestados à sociedade, em especial, pela sua atuação na defesa dos direitos das mulheres e na representação da identidade feminina latino-caribenha</t>
   </si>
   <si>
     <t>10320</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10320/045-2025-mocao_de_pesar-wan_borges-lucas_boa_aguiar_dos_santos.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10320/045-2025-mocao_de_pesar-wan_borges-lucas_boa_aguiar_dos_santos.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR manifestando profundo sentimento de consternação e solidariedade aos familiares do jovem LUCAS BOA AGUIAR DOS SANTOS, em virtude do seu falecimento ocorrido no dia 17 de julho de 2025.</t>
   </si>
   <si>
     <t>10321</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10321/046-2025-mocao_de_cong.-professora_valdirene_bernadino-julio_cesar_da_silva_marins..pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10321/046-2025-mocao_de_cong.-professora_valdirene_bernadino-julio_cesar_da_silva_marins..pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO ao Senhor JÚLIO CÉSAR DA SILVA MARINS, por sua notável contribuição à arqueologia, à preservação do patrimônio histórico-cultural do Município de São Mateus e à valorização das memórias afrodescendentes e tradicionais.</t>
   </si>
   <si>
     <t>10346</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10346/047-2025-mocao_de_cong.-wanderlei_segantini-rosicleide_dias_sobrinho_turial.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10346/047-2025-mocao_de_cong.-wanderlei_segantini-rosicleide_dias_sobrinho_turial.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO as Professoras Senhoras ROSICLEIDE DIAS SOBRINHO TURIAL, GILMARA RISSI LOPES MORAES, KARLA ROSA DOS SANTOS, ANDRESSA DO NASCIMENTO DE OLIVEIRA, MIRELLA PIMENTA SOSSAI e LELIANA DOS SANTOS BARROS LOPES, pelo excelente desempenho alcançado por suas turmas na avaliação Estadual do Programa de Avaliação da Educação Básica do Espírito Santo – PAEBES/ALFA 2024, na etapa de alfabetização para os alunos do 2º ano do Ensino Fundamental</t>
   </si>
   <si>
     <t>10347</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10347/048-2025-mocao_de_congr.-isael_aguilar-iran_dias.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10347/048-2025-mocao_de_congr.-isael_aguilar-iran_dias.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO ao Senhor IRAN DIAS, pelas conquistas em diversos campeonatos Municipais e Estaduais elevando o nome de São Mateus a nível nacional com o futebol</t>
   </si>
   <si>
     <t>10348</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>WAP WAP, WANDERLEI SEGANTINI</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10348/049-2025-mocao_de_cong.-wap_wap-advogados_da_camara_municipal_de_sao_mateus-es.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10348/049-2025-mocao_de_cong.-wap_wap-advogados_da_camara_municipal_de_sao_mateus-es.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO ao Dr. FRANCISCO ALUÍZO XAVIER - Procurador Geral Legislativo, Dr. JOSÉ FERNANDO MANHÃES DOS SANTOS FILHO – Subprocurador Geral Legislativo, Dr. JANERSON RODRIGUES – Controlador Geral, Dr. ANTÔNIO PICHARA DOS SANTOS SILY – Superintendente, DR. GABRIEL ALMEIDA FERREIRA – Diretor Geral Legislativo, e  Dr. MARCELO PICHARA MAGESTE SILY – Secretário de Administração Adjunto pelos relevantes serviços prestados à Câmara Municipal de São Mateus, com dedicação, competência e compromisso com a legalidade e a justiça, contribuindo de forma exemplar para o fortalecimento do Legislativo e para o desenvolvimento do nosso Município</t>
   </si>
   <si>
     <t>10349</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10349/050-2025-mocao_de_congr.-isamara_da_farmacia-12_diretoria_da_subsecao_de_sao_mateus.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10349/050-2025-mocao_de_congr.-isamara_da_farmacia-12_diretoria_da_subsecao_de_sao_mateus.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO PELO DIA DO ADVOGADO AOS MEMBROS DA DIRETORIA DA 12ª SUBSEÇÃO DE SÃO MATEUS, AMARILDO JOSINO DE SOUZA FILHO - PRESIDENTE, AILKA BARBOSA MARTINS - VICE PRESIDENTE, ROBÉRIO MOURA BITENCOURT – SECRETÁRIO, JAKELINE MARTINS SILVA ROCHA - SECRETÁRIA ADJUNTA E RAFAEL RODRIGUES GARCIA – TESOUREIRO pelos relevantes serviços prestados no Município de São Mateus</t>
   </si>
   <si>
     <t>10373</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10373/051-2025-mocao_de_pesar-cristiano_balanga-_ladislao_renato_zanete.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10373/051-2025-mocao_de_pesar-cristiano_balanga-_ladislao_renato_zanete.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR manifestando profundo sentimento de consternação e solidariedade aos familiares do Senhor LADISLAO RENATO ZANETE, em virtude do seu falecimento ocorrido no dia 08 de agosto de 2025</t>
   </si>
   <si>
     <t>10374</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10374/052-2025-mocao_de_pesar-schaeffer-_gelson_miguel_timoteo.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10374/052-2025-mocao_de_pesar-schaeffer-_gelson_miguel_timoteo.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR manifestando profundo sentimento de consternação e solidariedade aos familiares do Senhor GELSON MIGUEL TIMÓTEO, em virtude do seu falecimento ocorrido no dia 13 de agosto de 2025</t>
   </si>
   <si>
     <t>10401</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10401/054-2025-mocao_de_cong.-branco_da_penal-centro_educacional_castelo.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10401/054-2025-mocao_de_cong.-branco_da_penal-centro_educacional_castelo.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO ao CENTRO EDUCACIONAL CASTELO, por meio dos sócios Rodrigo Simão Miranda e Dra. Luci Emmanoel Novaes Neves, em reconhecimento aos relevantes serviços prestados ao Município de São Mateus, especialmente no âmbito da Educação, contribuindo de forma significativa para a formação das crianças</t>
   </si>
   <si>
     <t>10433</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10433/056-2025-mocao_de_cong.-cristiano_balanga-_elias__wagner_e_banda.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10433/056-2025-mocao_de_cong.-cristiano_balanga-_elias__wagner_e_banda.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO ao cantor ELIAS WAGNER FILHO e sua banda: PEDRO HENRIQUE QUIRINO BARBOZA, PABLO TURI DE ARAUJO, VANDO DA SILVA NASCIMENTO, WYTILLE MIRANDA DE OLIVEIRA SANTANA, ORLANDO WAGNER NETO, WELLERSON FARIAS NEVES, LUIZ GUSTAVO PETEINO KINACK, JEFERSON DA SILVA SIMÕES E SEBASTIÃO PIRES, pelo brilhante trabalho desenvolvido na música e na cultura, levando alegria, emoção e representatividade por onde se apresentam</t>
   </si>
   <si>
     <t>10434</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10434/057-2025-mocao_de_cong.-professora_valdirene_bernadino-_complexu_triangular-laboratorio_criativo_de_praticas_socioeducativas_e_culturais.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10434/057-2025-mocao_de_cong.-professora_valdirene_bernadino-_complexu_triangular-laboratorio_criativo_de_praticas_socioeducativas_e_culturais.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO ao COMPLEXU TRIANGULAR - Laboratório Criativo de Práticas Socioeducativas e Culturais, por meio da Coordenadora Geral Jenny Mattys Batista Rodrigues e o Coordenador de Articulação Daniel Soares da Silva  pela  relevante contribuição ao desenvolvimento cultural, educacional e social para nossa cidade, fortalecendo o protagonismo comunitário e promovendo dignidade, criatividade e esperança para a população</t>
   </si>
   <si>
     <t>10435</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>VILMAR DO SEAC</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10435/058-2025-mocao_de_aplauso-vilmar_do_seac-wanderson_bonomo.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10435/058-2025-mocao_de_aplauso-vilmar_do_seac-wanderson_bonomo.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSO ao Senhor WANDERSON BONOMO, pelos relevantes serviços prestados, pelo exemplo familiar e pela dedicação às causas comunitárias e sociais, sendo motivo de orgulho para seus familiares, amigos e para o Município de São Mateus/ES</t>
   </si>
   <si>
     <t>10460</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10460/059-2025-mocao_de_congr.-isamara_da_farmacia-igreja_vida_e_paz.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10460/059-2025-mocao_de_congr.-isamara_da_farmacia-igreja_vida_e_paz.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO a IGREJA VIDA E PAZ, representada pelo Pastor WEVERSON DA CRUZ BERNINI e a Pastora SILEM BARROS BERNINI, pelos relevantes serviços prestados ao longo dos seus 14 anos de fundação no Município de São Mateus - ES</t>
   </si>
   <si>
     <t>10487</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10487/060-2025-mocao_de_cong.-wap_wap-equimar_equipamentos_comerciais.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10487/060-2025-mocao_de_cong.-wap_wap-equimar_equipamentos_comerciais.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO a EMPRESA EQUIMAR EQUIPAMENTOS COMERCIAIS, representada pelo Senhor Antônio Carlos dos Santos e pelas Senhoras Zilda Serra dos Santos, Iasmim Serra Gobbi, Ana Karoliny Meloni Honorato, Débora Ranya Correia, Hemilly Horrana Souza Santos Pereira, pelos 25 anos de tradição, inovação e confiança, levando qualidade e soluções que fazem a diferença nos negócios de nossos clientes</t>
   </si>
   <si>
     <t>10488</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10488/061-2025-mocao_de_cong.-wanderlei_segantini-_evento_emporio_pimentas_e_cafes.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10488/061-2025-mocao_de_cong.-wanderlei_segantini-_evento_emporio_pimentas_e_cafes.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO a Organização do evento “EMPÓRIO DE PIMENTAS E CAFÉS”, representado pelo Exmº. Sr. Prefeito MARCUS AZEVEDO BATISTA e o Sr. LUCIMAR DE ALMEIDA CIMÁ GUIZANI – Presidente da Agência de Desenvolvimento Cultural e Turismo - ADETUR, pela geração de oportunidades de negócios e no fortalecimento da identidade de São Mateus como Capital Estadual das Especiarias</t>
   </si>
   <si>
     <t>10489</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10489/062-2025-mocao_de_aplauso-mesa_diretora-cref22-es.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10489/062-2025-mocao_de_aplauso-mesa_diretora-cref22-es.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSO à Instituição CONSELHO REGIONAL DE EDUCAÇÃO FÍSICA – CREF22/ES, representada pela sua Diretoria, IBSEN PETTERSEN (Presidente), CINTIA SCHIAVINI BEIRIZ (lª Vice-Presidente), FRANK CARDOSO (2º Vice-Presidente e Presidente da Câmara de Normatização), ALYNE ROSA DE ALMEIDA (lª Secretária), WILSON GOMES JÚNIOR (2º Secretário), JULIO CESAR DA SILVA PAUL (lº Tesoureiro), PATRÍCIA LARA SOUZA TRANCOSO (2ª Tesoureira) e THIAGO LEMES MIRANDA (Conselheiro do CREF22/ES e Presidente da Câmara de Registro), e também pelo Professor de Educação Física VINICIUS SOARES HENRIQUES (membro da Câmara de Normatização do CREF22/ES), representando a classe de Educadores Físicos, pela inspiração gerada por esses profissionais por meio do esporte e da qualidade de vida, transformando movimento em saúde, dedicação em motivação e disciplina em conquistas</t>
   </si>
   <si>
     <t>10511</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10511/063-2025-mocao_de_congr.-mesa_diretora-segunda_igreja_batista.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10511/063-2025-mocao_de_congr.-mesa_diretora-segunda_igreja_batista.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO a SEGUNDA IGREJA BATISTA EM SÃO MATEUS, representada pelo Pastor Ednan Santos Dias da Silva, e seus fundadores Ângela Maria Victal, Carmelita Santos Dias, Edneime Santos Dias da Silva Thompson, Eduardo Albino da Silva, Elberth da Silva Barbosa, Erly Lopes Correia Thompson, Ezequiel Virgem Santana, José Dias da Silva, Juciene Lopes Thompson, Jucilane Lopes Thompson Pereira, Maria Odete Oliveira dos Anjos, Pedro Segundo dos Anjos, Vera Lucia Viana Alvino e Elis Santana  pelos relevantes serviços prestados ao longo dos seus 40 anos de fundação no Município de São Mateus - ES</t>
   </si>
   <si>
     <t>10512</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10512/064-2025-mocao_de_pesar-wap_wap-heitor_henrique_locateli_barbosa.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10512/064-2025-mocao_de_pesar-wap_wap-heitor_henrique_locateli_barbosa.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR manifestando profundo sentimento de consternação e solidariedade aos familiares de HEITOR HENRIQUE LOCATELLI BARBOSA, em virtude do seu falecimento ocorrido no dia 18 de setembro de 2025</t>
   </si>
   <si>
     <t>10540</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10540/065-2025-mocao_de_cong.-cristiano_balanga-_zaidan_da_rocha_e_banda.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10540/065-2025-mocao_de_cong.-cristiano_balanga-_zaidan_da_rocha_e_banda.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO ao cantor ZAIDAN DA ROCHA conhecido como “DAN ROCHA” e sua Banda: DIEGO DOS SANTOS FAMÍLIA, ANDRÉ GOMES DA SILVA, GLEICIANE FRANCESCHETTO DONARDELLI, JEAN CARLOS ROCHADOS SANTOS, ALEIMOEL SOUZA DO CARMO, IGOR DE OLIVEIRA PROFETA e YURI BRANDÃO DOS SANTOS, pelo brilhante trabalho desenvolvido na música e na cultura, levando alegria, emoção e representatividade por onde se apresentam</t>
   </si>
   <si>
     <t>10541</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10541/066-2025-mocao_de_aplauso-wan_borges-vereador_caio_ferraz_ramos.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10541/066-2025-mocao_de_aplauso-wan_borges-vereador_caio_ferraz_ramos.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSO ao Exmº. Senhor Vereador CAIO FERRAZ RAMOS, pelos relevantes serviços prestados à Comunidade Linharense e pelo exemplo e dedicação às causas comunitárias e sociais</t>
   </si>
   <si>
     <t>10542</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10542/067-2025-mocao_de_aplauso-raphael_barboza-emanuel_amancio.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10542/067-2025-mocao_de_aplauso-raphael_barboza-emanuel_amancio.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSO ao Sr. EMANUEL AMANCIO, pela grandiosa história de cultura, vida e pelos relevantes serviços prestados à população mateense</t>
   </si>
   <si>
     <t>10543</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10543/068-2025-mocao_de_congratulacao-branco_da_penal-professores_e_lutadores_de_artes_marciais.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10543/068-2025-mocao_de_congratulacao-branco_da_penal-professores_e_lutadores_de_artes_marciais.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO aos Professores JOSÉ ADELINO DE SOUZA MENDES, DIONNY FELIPE, EDUARDO LEIRIA DE MATTOS, KAUAN MENDES DAUDT, LAUREN QUEIROZ SILVA, ROBERTO SANTOS DA SILVA, ANDERSON CARREIRO, JOÃO LUIZ BARCELOS E BENJAMIM DE SOUZA FILHO, ao Técnico Desportivo ANACLETO RODRIGUES DE MATTOS, e aos Atletas CAIK MATIAS SILVESTRE e MURILO COSTA DE ASSIS, pelo destaque, dedicação e contribuição para o esporte e para a valorização da nossa cidade por meio das artes marciais, nas modalidades Judô, Karatê, Taekwondo e Jiu-jitsu, no município de São Mateus</t>
   </si>
   <si>
     <t>10666</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10666/069-2025-mocao_de_congr.-isamara_da_farmacia-1_igreja_assembleia_de_deus.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10666/069-2025-mocao_de_congr.-isamara_da_farmacia-1_igreja_assembleia_de_deus.pdf</t>
   </si>
   <si>
     <t>EDILSON SANTOS DE ARAÚJO, ELIOZINO ALVES DE ALMEIDA, ESEQUIEL SANTOS, GLEISON ELIAS PEREIRA, HELIO FRANCISCO DE BRITO, KLEVISON QUARESMA GOMES, MANOEL MECIAS VENCESLAU e MARQUES DOS SANTOS AMÉRICO, pelos Presbíteros ADÃO ADRIANI ALVES DA SILVA, ADENILSON TEXEIRA DO NASCIMENTO, ALDAIR PIRES DE JESUS, ALDO BATISTA, BRAZ FERREIRA, CLODOALDO SOUZA CARDOSO, DAMIÃO XAVIER JULIAO, DANIEL DE QUEIROZ TEIXEIRA, DAVID LISBOA DOS SANTOS, DOUGLAS DOS SANTOS PRIMO, EDIVALDO RIBEIRO PEREIRA, EZEQUIEL MATOS DUARTE,  FRANCISCO BARBOSA BORGES, GILMAR TEXEIRA DE OLIVEIRA, GILSON FONSECA BRAGA, GRACY SILVA DE JESUS, JANIO LUIZ ALVES DA SILVA, JEREMIAS MORETO, JOÃO CARLOS PEREIRA REIS, JOÃO LUIZ MARTINS, JOCIMAR BARBOZA DOS SANTOS, JOELSON SANTOS DE SOUZA, JORGE NARCISO, JORGE RIBEIRO DE OLIVEIRA, JOSÉ BATISTA DE OLIVEIRA, JOSÉ VICENTE DA SILVA, JUCELI GALDINO, JUSCILEY PACHECO NOGUEIRA, LEONARDO DA SILVA PEREIRA MONTEIRO, LEONARDO LEITE MONTEIRO, LORISVAN QUIRINO SANTOS, LUCAS FERREIRA DA CRUZ SANTIAGO...</t>
   </si>
   <si>
     <t>10667</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10667/070-2025-mocao_de_pesar.-wan_borges-timoteo_pagcheon_de_oliveira.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10667/070-2025-mocao_de_pesar.-wan_borges-timoteo_pagcheon_de_oliveira.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR manifestando profundo sentimento de consternação e solidariedade aos familiares de TIMÓTEO PAGCHEON DE OLIVEIRA, em virtude do seu falecimento ocorrido no dia 03 de outubro de 2025</t>
   </si>
   <si>
     <t>10668</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10668/071-2025-mocao_de_pesar.-wap_wap-elizangela_santos_correia.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10668/071-2025-mocao_de_pesar.-wap_wap-elizangela_santos_correia.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR manifestando profundo sentimento de consternação e solidariedade aos familiares da Senhora ELISANGELA SANTOS CORREIA, em virtude do seu falecimento ocorrido no dia 03 de outubro de 2025</t>
   </si>
   <si>
     <t>10669</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10669/072-2025-mocao_de_pesar.-wap_wap-rosangela_correia_moraes_campos.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10669/072-2025-mocao_de_pesar.-wap_wap-rosangela_correia_moraes_campos.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR manifestando profundo sentimento de consternação e solidariedade aos familiares da Senhora ROSÂNGELA CORREIA MORAES CAMPOS, em virtude do seu falecimento ocorrido no dia 03 de outubro de 2025</t>
   </si>
   <si>
     <t>10696</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10696/073-2025-mocao_de_cong.-wan_borges-clube_de_desbravadores_de_sao_mateus_-_es.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10696/073-2025-mocao_de_cong.-wan_borges-clube_de_desbravadores_de_sao_mateus_-_es.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO à Instituição CLUBE DE DESBRAVADORES DE SÃO MATEUS – ES, por meio de seus Coordenadores Dayane Savernini, Viviane dos Santos e Josué Pinheiro, e Diretores de Bairros Jeferson Santos (Boa Vista), Teylor dos Santos Valger (Bom Sucesso), Uenderlei Figueiredo Santos (Seac), João Guilherme de Almeida Santos (Guriri), Rita de Cássia Pereira Costa (Santo Antônio), Ana Júlia Costa Pereira Tesch (Córrego Grande), Geiciane Apolinário Felix Moreira (Distrito de Nestor Gomes) e Álvaro Santos da Conceição (Vila Nova), em reconhecimento ao trabalho relevante que vêm desenvolvendo junto à Comunidade local</t>
   </si>
   <si>
     <t>10697</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10697/074-2025-mocao_de_congr.-mesa_diretora-1_igreja_assembleia_de_deus.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10697/074-2025-mocao_de_congr.-mesa_diretora-1_igreja_assembleia_de_deus.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO a 1ª IGREJA ASSEMBLEIA DE DEUS, representada pelos Pastores EDGAR DIAS DE OLIVEIRA e JOSÉ ANTÔNIO AFONSO DE OLIVEIRA e pelo Diácono SEBASTIÃO FERNANDES DE SOUZA pela dedicação, fé e exemplo de serviço cristão e pelos relevantes serviços prestados ao longo dos seus 75 anos de fundação no Município de São Mateus - ES</t>
   </si>
   <si>
     <t>10728</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10728/075-2025-mocao_de_cong.-wap_wap-univc.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10728/075-2025-mocao_de_cong.-wap_wap-univc.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO ao CENTRO UNIVERSITÁRIO VALE DO CRICARÉ - UNIVC, representada pelo Dr. Solimar Roberto Riva – Reitor, Dr. Gabriel Vicente Riva – Vice-Reitor, Rafael Vicente Riva – Reitor do Centro de Pesquisas Sapê do Norte, Dr. José Roberto Gonçalves de Abreu – Pró-Reitor de Inovação, Extensão e Pesquisa, Diretor do Departamento de Saúde, Me.  Giovane Lopes Ferri – Diretor de Planejamento Estratégico, Dr. Marcus Antonius da Costa Nunes – Coordenador do Mestrado em Ciências, Tecnologia e Educação, Ma. Betina de Cácia e Souza Baptista – Coordenadora Pedagógica, Subcoordenadora do Curso de Direito, Me. Felipe Oliveira Souza – Diretor do Departamento de Tecnologias, Negócios e Humanidades, Coordenador de Pesquisa, Inovação e Extensão, Ma. Alessandra Lopes da Silva Macedo – Coordenadora do Curso de Psicologia, Ma. Cynthia Valéria Oliveira da Silva Colombi – Coordenadora do Curso de Enfermagem, Me. Dionny Felipe – Coordenador do Curso de Educação Física, Me. Igor Pinheiro Lopes e Souz</t>
   </si>
   <si>
     <t>10729</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Todos Edis</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10729/076-2025-mocao_de_cong.-cristiano_balanga-enzo_santana_moreira.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10729/076-2025-mocao_de_cong.-cristiano_balanga-enzo_santana_moreira.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO ao Jovem Baterista ENZO SANTANA MOREIRA, em reconhecimento ao talento musical e destaque no cenário regional e nacional</t>
   </si>
   <si>
     <t>10730</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10730/077-2025-mocao_de_cong.-professora_valdirene_bernadino-mulheres_quilombolas_autoras_do_livro_sabores__territorios__cozinha_dos_quilombos.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10730/077-2025-mocao_de_cong.-professora_valdirene_bernadino-mulheres_quilombolas_autoras_do_livro_sabores__territorios__cozinha_dos_quilombos.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO às Sras. MARIA APARECIDA GERALDINO DOS SANTOS, ERINETE DO NASCIMENTO, LUZIA DE JESUS, SIDINEIA DO NASCIMENTO, JOSILÉIA DOS SANTOS DO NASCIMENTO, ROSÂNGELA DA CONCEIÇÃO DOS SANTOS, MARIA DA CONCEIÇÃO CAMARGO DO NASCIMENTO, MARIANA CAMARGO NASCIMENTO DOS SANTOS, MARIA JOSÉ DE JESUS, ALDILEA COSTA DA SILVA, AURÉLIA DA COSTA DA SILVA, ANDREIA COSTA DA SILVA CARVALHO e ALDICEIA COSTA DA SILVA, mulheres quilombolas autoras do livro “Sabores &amp; Territórios – Cozinha dos Quilombos”</t>
   </si>
   <si>
     <t>10756</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10756/078-2025-mocao_de_congr.-isael_arilza_alves_santos_pastorini.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10756/078-2025-mocao_de_congr.-isael_arilza_alves_santos_pastorini.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO a Senhora ARILZA ALVES SANTOS PASTORINI, pelos seus importantes feitos, pelas contribuições e pelos relevantes serviços prestados à sociedade mateense</t>
   </si>
   <si>
     <t>10787</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10787/080-2025-mocao_de_cong.-cristiano_balanga-anderson_alves_barcelos.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10787/080-2025-mocao_de_cong.-cristiano_balanga-anderson_alves_barcelos.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO ao Sr. ANDERSON ALVES BARCELOS, em reconhecimento à sua história de superação e sucesso no ramo empresarial</t>
   </si>
   <si>
     <t>10788</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10788/081-2025-mocao_de_pesar.-branco_da_penal-macos_vinicius_cardoso_de_carvalho-rodrigo_velloso_cabral-3_sargento_cleiton_serafim_goncalves-_3_sargento_heber_carvalho_da_fonseca.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10788/081-2025-mocao_de_pesar.-branco_da_penal-macos_vinicius_cardoso_de_carvalho-rodrigo_velloso_cabral-3_sargento_cleiton_serafim_goncalves-_3_sargento_heber_carvalho_da_fonseca.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR manifestando profundo sentimento de consternação e solidariedade aos familiares dos Policiais do Estado do Rio de Janeiro, Senhores MARCOS VINÍCIUS CARDOSO DE CARVALHO, RODRIGO VELLOSO CABRAL, 3° SARGENTO CLEITON SERAFIM GONÇALVES e 3° SARGENTO HEBER CARVALHO DA FONSECA, mortos em combate ao crime organizado no dia 28 de outubro de 2025 durante a operação realizada nos Complexos do Alemão e da Penha</t>
   </si>
   <si>
     <t>10789</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10789/082-2025-mocao_de_pesar.-wan_borges-valmir_soares_da_silva.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10789/082-2025-mocao_de_pesar.-wan_borges-valmir_soares_da_silva.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR manifestando profundo sentimento de consternação e solidariedade aos familiares do Senhor VALMIR SOARES DA SILVA, em virtude do seu falecimento ocorrido no dia 04 de novembro de 2025</t>
   </si>
   <si>
     <t>10810</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10810/083-2025-mocao_de_congr.-isamara_da_farmacia-igreja_batista_siao.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10810/083-2025-mocao_de_congr.-isamara_da_farmacia-igreja_batista_siao.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO à IGREJA BATISTA SIÃO, representada pelo Pastor VEREDIANO GOMES LOURENÇO e a Pastora WALMA LEILA BORGES DE OLIVEIRA LOURENÇO, pelos relevantes serviços prestados ao longo dos seus 36 anos de fundação no Município de São Mateus - ES</t>
   </si>
   <si>
     <t>10811</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10811/084-2025-mocao_de_pesar-wap_wap-jose_marciel_filho-ze_da_bica.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10811/084-2025-mocao_de_pesar-wap_wap-jose_marciel_filho-ze_da_bica.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR manifestando profundo sentimento de consternação e solidariedade aos familiares do Senhor JOSÉ MARCIEL FILHO, conhecido como “ZÉ DA BICA” em virtude do seu falecimento ocorrido no dia 08 novembro de 2025</t>
   </si>
   <si>
     <t>10812</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10812/085-2025-mocao_de_pesar-wap_wap-anhayr_de_souza_ferrari.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10812/085-2025-mocao_de_pesar-wap_wap-anhayr_de_souza_ferrari.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR manifestando profundo sentimento de consternação e solidariedade aos familiares da Senhora ANHAYR DE SOUZA FERRARI, em virtude do seu falecimento ocorrido no dia 08 de novembro de 2025</t>
   </si>
   <si>
     <t>10834</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10834/086-2025-mocao_de_aplauso-wanderlei_segantini-kesia_sodre_fonseca_repeker.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10834/086-2025-mocao_de_aplauso-wanderlei_segantini-kesia_sodre_fonseca_repeker.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSO à Senhora KÉSIA SODRÉ FONSECA REPEKER, em reconhecimento à sua notável trajetória de vida, seu compromisso com o serviço público, sua dedicação às causas sociais e seu exemplo de fé e liderança cristã</t>
   </si>
   <si>
     <t>10861</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10861/087-2025-mocao_de_cong.-branco_da_penal-policia_penal.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10861/087-2025-mocao_de_cong.-branco_da_penal-policia_penal.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO aos POLICIAIS PENAIS Twany Bernardes Miranda, Roosevelt Pimenta Alves Afonso, Josmar da Silva Araujo, Wellington Fundão dos Santos Júnior, Eliel Veríssimo da Silva, Valdine Dias da Rocha, Werlei da Silva Pereira, Davi Gonçalves Samora, Gledson Zani de Lima, Jodair Oliveira Matos e Welington Santos Silva, em reconhecimento aos relevantes serviços prestados, bem como pela passagem do dia dos Policiais Penais comemorado no dia 05 de dezembro no Estado do Espírito Santo</t>
   </si>
   <si>
     <t>10862</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10862/088-2025-mocao_de_congr.-mesa_diretora-daniel_fernandes_araujo.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10862/088-2025-mocao_de_congr.-mesa_diretora-daniel_fernandes_araujo.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO ao Senhor DANIEL FERNANDES ARAUJO, pelos seus relevantes serviços prestados à sociedade mateense</t>
   </si>
   <si>
     <t>10887</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10887/089-2025-mocao_de_congr.-mesa_diretora-inacio_batista_torres.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10887/089-2025-mocao_de_congr.-mesa_diretora-inacio_batista_torres.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO ao Senhor INÁCIO BATISTA TORRES, pela notável contribuição à formação de jovens talentos no esporte, especialmente na área do futebol, por meio da atuação dedicada na Associação Atlética Vale do Cricaré - AVASSAC</t>
   </si>
   <si>
     <t>10889</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10889/091-2025-mocao_de_cong.-cristiano_balanga-_fabricio_ferreira_dos_santos.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10889/091-2025-mocao_de_cong.-cristiano_balanga-_fabricio_ferreira_dos_santos.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO ao Senhor FABRÍCIO FERREIRA DOS SANTOS (FABRÍCIO É SHOW), em reconhecimento ao trabalho, à trajetória e à sua contribuição para a arte e a cultura capixaba</t>
   </si>
   <si>
     <t>10890</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10890/092-2025-mocao_de_cong.-wan_borges-profissionais_de_biomedicina.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10890/092-2025-mocao_de_cong.-wan_borges-profissionais_de_biomedicina.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO aos PROFISSIONAIS DE BIOMEDICINA DO MUNICÍPIO DE SÃO MATEUS, por meio do Dr. YURI BASSI DE OLIVEIRA – biomédico, Membro Representante do Estado do Espírito Santo na Associação Carioca e Capixaba de Biomedicina (ACCBM), Docente e Supervisor Acadêmico do EAD no grupo Multivix São Mateus, Nova Venécia e Serra – pelos relevantes serviços prestados com excelência, zelo e comprometimento à população mateense</t>
   </si>
   <si>
+    <t>10920</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10920/093-2025-mocao_de_congr.-isamara_da_farmacia-mercado_solidario_alianca.pdf</t>
+  </si>
+  <si>
+    <t>VOTO DE CONGRATULAÇÃO ao MERCADO SOLIDÁRIO ALIANÇA, representado pelo Apóstolo Mário Sérgio Silva ,Apóstola Telma Lucena de Souza Silva e pelos voluntários Mitis Jorge ,Norma Barboza Ferreira ,Jorge Raimundo Estevão, Marlene Pereira, Antonio Carlos Lima Barbosa, Patrícia Ribon Barbosa, Milena Bezerra Frizzera Olmo, Antônio José Olmo, José Gilene Teixeira, Celso Ferraz, Fernanda Carvalho, Derian Barbosa Ferreira, Verônica Rodilha Morais Zanetti ,Lizandra Ferreira Torquato , pelos 2 anos de bênçãos,  dedicação,  acolhimento, contribuição inestimável à fé cristã e  relevantes serviços prestados à sociedade mateense</t>
+  </si>
+  <si>
+    <t>10921</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10921/094-2025-mocao_de_aplauso-wanderlei_segantini-alforria_boutique.pdf</t>
+  </si>
+  <si>
+    <t>VOTO DE APLAUSO à ALFORRIA BOUTIQUE, por meio de sua fundadora, Avany Martins Bonomo, pela comemoração de seus 40 anos de história, dedicação e relevante contribuição para o desenvolvimento do comércio local, destacando-se como referência em estilo, qualidade e excelência no atendimento</t>
+  </si>
+  <si>
+    <t>10922</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10922/095-2025-mocao_de_cong.-mesa_diretora-clube_atletico_da_ilha.pdf</t>
+  </si>
+  <si>
+    <t>VOTO DE CONGRATULAÇÃO ao CLUBE ATLÉTICO DA ILHA, por meio do Professor Felipe Rangel Silva Reis pelo esforço, dedicação, comprometimento e relevantes serviços prestados à população mateense</t>
+  </si>
+  <si>
+    <t>10923</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10923/096-2025-mocao_de_cong.-professora_valdirene_bernadino-as_mulheres_que_organizaram_o_ii_sarau_da_resistencia.pdf</t>
+  </si>
+  <si>
+    <t>VOTO DE CONGRATULAÇÃO à todas as pessoas que organizaram e realizaram o II Sarau da Resistência, as Sras. SÔNIA LÚCIA DE OLIVEIRA SANTOS, PRISCILIANA VENTURA, MÔNICA FELIPE SANTOS LOZA “MÔNICA PORTO”, MARIA JOSEFA GARRIDO VALVERDE, MARIA CLARA PEREIRA WAN DER MAAS, CAMILA DA CRUZ SILVA e o Sr. RUAN MOÇO MOREIRA, pelo evento de relevante importância cultural, social e política, que fortalece a valorização da cultura popular, da diversidade, da resistência e da promoção dos direitos humanos</t>
+  </si>
+  <si>
     <t>9591</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9591/requerimento-001-2025-professora_valdirene_bernadino.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9591/requerimento-001-2025-professora_valdirene_bernadino.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE SESSÃO SOLENE EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER, EM DATA A SER DEFINIDA, CONFORME PREVÊ O ARTIGO 106 E PARÁGRAFO ÚNICO DA RESOLUÇÃO Nº 002/2021 - REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE SÃO MATEUS-ES</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1479,68 +1527,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9594/001-2025_-_mocao_cong._-_wap_wap__-valorizacao_e_respeito_dos_autismo_no_espirito_santos_deputado_allan_alberto_l._ferreira.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9595/002-2025_-_mocao_cong._-_raphael_barboza.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9641/003-2025-mocao_de_cong.-wan_borges.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9642/004-2025-mocao_de_cong.-cristiano_balanga.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9701/005-2025-mocao_de_cong.-cristiano_balanga-projeto_leoes_do_norte_fc.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9724/006-2025-mocao_de_cong.-isamara_da_farmacia.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9748/007-2025-mocao_de_cong.-wan_borges-alain_borges_da_silva.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9772/008-2025-mocao_de_cong.-professora_valdirene_bernadino-alessandra_marcelino.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9805/010-2025-mocao_de_cong.-isamara_da_farmacia-cabo_paulo_victor.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9806/011-2025-mocao_de_pesar.-jozail_fugulim.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9807/012-2025-mocao_de_cong.-wanderlei_segantini.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9808/013-2025-mocao_de_cong.cristiano_balanga-luciara_ferreira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9835/014-2025-mocao_de_cong.-wan_borges-_maria_almeida_evangelista.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9836/015-2025-mocao_de_cong.-branco_d_apenal-_thiago_bomba.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9837/016-2025-mocao_de_cong.-isamara_da_farmacia-soldado_marcos.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9838/017-2025-mocao_de_cong.cristiano_balanga-lua_e_estrela.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9839/018-2025-mocao_de_cong.-isael_aguilar-isaias_rodrigues_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9840/019-2025-mocao_de_pesar-wan_borges-adhemar_clovis_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9871/021-2025_-_mocao_cong._-_wap_wap__-gerson_davi_gomes_ferreira.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9946/022-2025-mocao_de_congr.-isael_aguilar-cabo_rudy_e_soldado_jaber_luiz.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9947/023-2025-mocao_de_cong.cristiano_balanga-clube_de_futebol_amador_schalk_da_ponte.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9976/024-2025-mocao_cong.-wap_wap-professores_do_curso_de_direito_do_centro_universitario_vale_do_cricare.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9977/025-2025-mocao_de_congr.-isamara_da_farmacia-eron_spessemille.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9978/026-2025-mocao_cong.-professora_valdirene_bernadino-selecao_de_sao_mateus..pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10037/027-2025-mocao_de_cong.-branco_d_apenal.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10038/029-2025-mocao_de_cong.-wanderlei_segantini-carlos_coswosck.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10075/030-2025-mocao_de_cong.-cristiano_balanga-maura_dos_santos_silva.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10076/031-2025-mocao_cong.-professora_valdirene_bernadino-_grupo_nossos_peludinhos.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10077/032-2025-mocao_de_cong.-branco_d_apenal.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10106/033-2025-mocao_de_cong.-wanderlei_segantini-13_batalhao_da_policia_militar_de_sao_mateus..pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10107/034-2025-mocao_de_cong.-wan_borges-tecnicos_de_enfermagem_da_central_das_ambulancias.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10132/035-2025-mocao_de_cong.-wap_wap-ubs_vila_nova.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10133/036-2025-mocao_de_congr.-isamara_da_farmacia-dra._marcela_gomes_de_paiva_amorim.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10210/037-2025-mocao_de_congr.-isamara_da_farmacia-sargento_wellio_de_souza_oliveira.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10211/038-2025-mocao_de_cong.-cristiano_balanga-_lucas_quintiliano.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10212/039-2025-mocao_cong.-professora_valdirene_bernadino-_aloisio_preato_da_silva-_grupo_nossos_peludinhos.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10213/040-2025-mocao_de_cong.-branco_da_penal-igreja_batista_alianca..pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10260/041-2025-mocao_de_pesar-wanderlei_segantini-alexis_nunes_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10261/042-2025-mocao_de_cong.-wanderlei_segantini-patrick_de_oliveira_malverdi.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10262/043-2025-mocao_de_cong.-wan_borges-coordenador_de_transporte_da_saude_klauber_luiz_kohls_e_motoritas_da_central_de_ambulancias_e_transporte_escolar..pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10263/044-2025-mocao_de_cong.-schaeffer-dra._manuely_batista_melo.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10320/045-2025-mocao_de_pesar-wan_borges-lucas_boa_aguiar_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10321/046-2025-mocao_de_cong.-professora_valdirene_bernadino-julio_cesar_da_silva_marins..pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10346/047-2025-mocao_de_cong.-wanderlei_segantini-rosicleide_dias_sobrinho_turial.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10347/048-2025-mocao_de_congr.-isael_aguilar-iran_dias.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10348/049-2025-mocao_de_cong.-wap_wap-advogados_da_camara_municipal_de_sao_mateus-es.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10349/050-2025-mocao_de_congr.-isamara_da_farmacia-12_diretoria_da_subsecao_de_sao_mateus.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10373/051-2025-mocao_de_pesar-cristiano_balanga-_ladislao_renato_zanete.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10374/052-2025-mocao_de_pesar-schaeffer-_gelson_miguel_timoteo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10401/054-2025-mocao_de_cong.-branco_da_penal-centro_educacional_castelo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10433/056-2025-mocao_de_cong.-cristiano_balanga-_elias__wagner_e_banda.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10434/057-2025-mocao_de_cong.-professora_valdirene_bernadino-_complexu_triangular-laboratorio_criativo_de_praticas_socioeducativas_e_culturais.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10435/058-2025-mocao_de_aplauso-vilmar_do_seac-wanderson_bonomo.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10460/059-2025-mocao_de_congr.-isamara_da_farmacia-igreja_vida_e_paz.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10487/060-2025-mocao_de_cong.-wap_wap-equimar_equipamentos_comerciais.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10488/061-2025-mocao_de_cong.-wanderlei_segantini-_evento_emporio_pimentas_e_cafes.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10489/062-2025-mocao_de_aplauso-mesa_diretora-cref22-es.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10511/063-2025-mocao_de_congr.-mesa_diretora-segunda_igreja_batista.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10512/064-2025-mocao_de_pesar-wap_wap-heitor_henrique_locateli_barbosa.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10540/065-2025-mocao_de_cong.-cristiano_balanga-_zaidan_da_rocha_e_banda.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10541/066-2025-mocao_de_aplauso-wan_borges-vereador_caio_ferraz_ramos.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10542/067-2025-mocao_de_aplauso-raphael_barboza-emanuel_amancio.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10543/068-2025-mocao_de_congratulacao-branco_da_penal-professores_e_lutadores_de_artes_marciais.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10666/069-2025-mocao_de_congr.-isamara_da_farmacia-1_igreja_assembleia_de_deus.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10667/070-2025-mocao_de_pesar.-wan_borges-timoteo_pagcheon_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10668/071-2025-mocao_de_pesar.-wap_wap-elizangela_santos_correia.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10669/072-2025-mocao_de_pesar.-wap_wap-rosangela_correia_moraes_campos.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10696/073-2025-mocao_de_cong.-wan_borges-clube_de_desbravadores_de_sao_mateus_-_es.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10697/074-2025-mocao_de_congr.-mesa_diretora-1_igreja_assembleia_de_deus.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10728/075-2025-mocao_de_cong.-wap_wap-univc.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10729/076-2025-mocao_de_cong.-cristiano_balanga-enzo_santana_moreira.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10730/077-2025-mocao_de_cong.-professora_valdirene_bernadino-mulheres_quilombolas_autoras_do_livro_sabores__territorios__cozinha_dos_quilombos.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10756/078-2025-mocao_de_congr.-isael_arilza_alves_santos_pastorini.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10787/080-2025-mocao_de_cong.-cristiano_balanga-anderson_alves_barcelos.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10788/081-2025-mocao_de_pesar.-branco_da_penal-macos_vinicius_cardoso_de_carvalho-rodrigo_velloso_cabral-3_sargento_cleiton_serafim_goncalves-_3_sargento_heber_carvalho_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10789/082-2025-mocao_de_pesar.-wan_borges-valmir_soares_da_silva.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10810/083-2025-mocao_de_congr.-isamara_da_farmacia-igreja_batista_siao.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10811/084-2025-mocao_de_pesar-wap_wap-jose_marciel_filho-ze_da_bica.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10812/085-2025-mocao_de_pesar-wap_wap-anhayr_de_souza_ferrari.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10834/086-2025-mocao_de_aplauso-wanderlei_segantini-kesia_sodre_fonseca_repeker.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10861/087-2025-mocao_de_cong.-branco_da_penal-policia_penal.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10862/088-2025-mocao_de_congr.-mesa_diretora-daniel_fernandes_araujo.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10887/089-2025-mocao_de_congr.-mesa_diretora-inacio_batista_torres.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10889/091-2025-mocao_de_cong.-cristiano_balanga-_fabricio_ferreira_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10890/092-2025-mocao_de_cong.-wan_borges-profissionais_de_biomedicina.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9591/requerimento-001-2025-professora_valdirene_bernadino.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9594/001-2025_-_mocao_cong._-_wap_wap__-valorizacao_e_respeito_dos_autismo_no_espirito_santos_deputado_allan_alberto_l._ferreira.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9595/002-2025_-_mocao_cong._-_raphael_barboza.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9641/003-2025-mocao_de_cong.-wan_borges.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9642/004-2025-mocao_de_cong.-cristiano_balanga.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9701/005-2025-mocao_de_cong.-cristiano_balanga-projeto_leoes_do_norte_fc.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9724/006-2025-mocao_de_cong.-isamara_da_farmacia.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9748/007-2025-mocao_de_cong.-wan_borges-alain_borges_da_silva.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9772/008-2025-mocao_de_cong.-professora_valdirene_bernadino-alessandra_marcelino.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9805/010-2025-mocao_de_cong.-isamara_da_farmacia-cabo_paulo_victor.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9806/011-2025-mocao_de_pesar.-jozail_fugulim.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9807/012-2025-mocao_de_cong.-wanderlei_segantini.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9808/013-2025-mocao_de_cong.cristiano_balanga-luciara_ferreira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9835/014-2025-mocao_de_cong.-wan_borges-_maria_almeida_evangelista.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9836/015-2025-mocao_de_cong.-branco_d_apenal-_thiago_bomba.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9837/016-2025-mocao_de_cong.-isamara_da_farmacia-soldado_marcos.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9838/017-2025-mocao_de_cong.cristiano_balanga-lua_e_estrela.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9839/018-2025-mocao_de_cong.-isael_aguilar-isaias_rodrigues_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9840/019-2025-mocao_de_pesar-wan_borges-adhemar_clovis_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9871/021-2025_-_mocao_cong._-_wap_wap__-gerson_davi_gomes_ferreira.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9946/022-2025-mocao_de_congr.-isael_aguilar-cabo_rudy_e_soldado_jaber_luiz.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9947/023-2025-mocao_de_cong.cristiano_balanga-clube_de_futebol_amador_schalk_da_ponte.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9976/024-2025-mocao_cong.-wap_wap-professores_do_curso_de_direito_do_centro_universitario_vale_do_cricare.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9977/025-2025-mocao_de_congr.-isamara_da_farmacia-eron_spessemille.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9978/026-2025-mocao_cong.-professora_valdirene_bernadino-selecao_de_sao_mateus..pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10037/027-2025-mocao_de_cong.-branco_d_apenal.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10038/029-2025-mocao_de_cong.-wanderlei_segantini-carlos_coswosck.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10075/030-2025-mocao_de_cong.-cristiano_balanga-maura_dos_santos_silva.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10076/031-2025-mocao_cong.-professora_valdirene_bernadino-_grupo_nossos_peludinhos.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10077/032-2025-mocao_de_cong.-branco_d_apenal.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10106/033-2025-mocao_de_cong.-wanderlei_segantini-13_batalhao_da_policia_militar_de_sao_mateus..pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10107/034-2025-mocao_de_cong.-wan_borges-tecnicos_de_enfermagem_da_central_das_ambulancias.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10132/035-2025-mocao_de_cong.-wap_wap-ubs_vila_nova.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10133/036-2025-mocao_de_congr.-isamara_da_farmacia-dra._marcela_gomes_de_paiva_amorim.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10210/037-2025-mocao_de_congr.-isamara_da_farmacia-sargento_wellio_de_souza_oliveira.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10211/038-2025-mocao_de_cong.-cristiano_balanga-_lucas_quintiliano.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10212/039-2025-mocao_cong.-professora_valdirene_bernadino-_aloisio_preato_da_silva-_grupo_nossos_peludinhos.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10213/040-2025-mocao_de_cong.-branco_da_penal-igreja_batista_alianca..pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10260/041-2025-mocao_de_pesar-wanderlei_segantini-alexis_nunes_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10261/042-2025-mocao_de_cong.-wanderlei_segantini-patrick_de_oliveira_malverdi.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10262/043-2025-mocao_de_cong.-wan_borges-coordenador_de_transporte_da_saude_klauber_luiz_kohls_e_motoritas_da_central_de_ambulancias_e_transporte_escolar..pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10263/044-2025-mocao_de_cong.-schaeffer-dra._manuely_batista_melo.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10320/045-2025-mocao_de_pesar-wan_borges-lucas_boa_aguiar_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10321/046-2025-mocao_de_cong.-professora_valdirene_bernadino-julio_cesar_da_silva_marins..pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10346/047-2025-mocao_de_cong.-wanderlei_segantini-rosicleide_dias_sobrinho_turial.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10347/048-2025-mocao_de_congr.-isael_aguilar-iran_dias.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10348/049-2025-mocao_de_cong.-wap_wap-advogados_da_camara_municipal_de_sao_mateus-es.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10349/050-2025-mocao_de_congr.-isamara_da_farmacia-12_diretoria_da_subsecao_de_sao_mateus.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10373/051-2025-mocao_de_pesar-cristiano_balanga-_ladislao_renato_zanete.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10374/052-2025-mocao_de_pesar-schaeffer-_gelson_miguel_timoteo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10401/054-2025-mocao_de_cong.-branco_da_penal-centro_educacional_castelo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10433/056-2025-mocao_de_cong.-cristiano_balanga-_elias__wagner_e_banda.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10434/057-2025-mocao_de_cong.-professora_valdirene_bernadino-_complexu_triangular-laboratorio_criativo_de_praticas_socioeducativas_e_culturais.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10435/058-2025-mocao_de_aplauso-vilmar_do_seac-wanderson_bonomo.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10460/059-2025-mocao_de_congr.-isamara_da_farmacia-igreja_vida_e_paz.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10487/060-2025-mocao_de_cong.-wap_wap-equimar_equipamentos_comerciais.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10488/061-2025-mocao_de_cong.-wanderlei_segantini-_evento_emporio_pimentas_e_cafes.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10489/062-2025-mocao_de_aplauso-mesa_diretora-cref22-es.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10511/063-2025-mocao_de_congr.-mesa_diretora-segunda_igreja_batista.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10512/064-2025-mocao_de_pesar-wap_wap-heitor_henrique_locateli_barbosa.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10540/065-2025-mocao_de_cong.-cristiano_balanga-_zaidan_da_rocha_e_banda.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10541/066-2025-mocao_de_aplauso-wan_borges-vereador_caio_ferraz_ramos.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10542/067-2025-mocao_de_aplauso-raphael_barboza-emanuel_amancio.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10543/068-2025-mocao_de_congratulacao-branco_da_penal-professores_e_lutadores_de_artes_marciais.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10666/069-2025-mocao_de_congr.-isamara_da_farmacia-1_igreja_assembleia_de_deus.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10667/070-2025-mocao_de_pesar.-wan_borges-timoteo_pagcheon_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10668/071-2025-mocao_de_pesar.-wap_wap-elizangela_santos_correia.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10669/072-2025-mocao_de_pesar.-wap_wap-rosangela_correia_moraes_campos.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10696/073-2025-mocao_de_cong.-wan_borges-clube_de_desbravadores_de_sao_mateus_-_es.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10697/074-2025-mocao_de_congr.-mesa_diretora-1_igreja_assembleia_de_deus.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10728/075-2025-mocao_de_cong.-wap_wap-univc.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10729/076-2025-mocao_de_cong.-cristiano_balanga-enzo_santana_moreira.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10730/077-2025-mocao_de_cong.-professora_valdirene_bernadino-mulheres_quilombolas_autoras_do_livro_sabores__territorios__cozinha_dos_quilombos.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10756/078-2025-mocao_de_congr.-isael_arilza_alves_santos_pastorini.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10787/080-2025-mocao_de_cong.-cristiano_balanga-anderson_alves_barcelos.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10788/081-2025-mocao_de_pesar.-branco_da_penal-macos_vinicius_cardoso_de_carvalho-rodrigo_velloso_cabral-3_sargento_cleiton_serafim_goncalves-_3_sargento_heber_carvalho_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10789/082-2025-mocao_de_pesar.-wan_borges-valmir_soares_da_silva.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10810/083-2025-mocao_de_congr.-isamara_da_farmacia-igreja_batista_siao.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10811/084-2025-mocao_de_pesar-wap_wap-jose_marciel_filho-ze_da_bica.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10812/085-2025-mocao_de_pesar-wap_wap-anhayr_de_souza_ferrari.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10834/086-2025-mocao_de_aplauso-wanderlei_segantini-kesia_sodre_fonseca_repeker.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10861/087-2025-mocao_de_cong.-branco_da_penal-policia_penal.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10862/088-2025-mocao_de_congr.-mesa_diretora-daniel_fernandes_araujo.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10887/089-2025-mocao_de_congr.-mesa_diretora-inacio_batista_torres.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10889/091-2025-mocao_de_cong.-cristiano_balanga-_fabricio_ferreira_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10890/092-2025-mocao_de_cong.-wan_borges-profissionais_de_biomedicina.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10920/093-2025-mocao_de_congr.-isamara_da_farmacia-mercado_solidario_alianca.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10921/094-2025-mocao_de_aplauso-wanderlei_segantini-alforria_boutique.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10922/095-2025-mocao_de_cong.-mesa_diretora-clube_atletico_da_ilha.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/10923/096-2025-mocao_de_cong.-professora_valdirene_bernadino-as_mulheres_que_organizaram_o_ii_sarau_da_resistencia.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2025/9591/requerimento-001-2025-professora_valdirene_bernadino.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H87"/>
+  <dimension ref="A1:H91"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="196.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="245.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="244.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -3744,66 +3792,170 @@
       </c>
       <c r="D86" t="s">
         <v>11</v>
       </c>
       <c r="E86" t="s">
         <v>12</v>
       </c>
       <c r="F86" t="s">
         <v>23</v>
       </c>
       <c r="G86" s="1" t="s">
         <v>367</v>
       </c>
       <c r="H86" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>369</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
+        <v>370</v>
+      </c>
+      <c r="D87" t="s">
+        <v>11</v>
+      </c>
+      <c r="E87" t="s">
+        <v>12</v>
+      </c>
+      <c r="F87" t="s">
+        <v>38</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="H87" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>373</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>374</v>
+      </c>
+      <c r="D88" t="s">
+        <v>11</v>
+      </c>
+      <c r="E88" t="s">
+        <v>12</v>
+      </c>
+      <c r="F88" t="s">
+        <v>61</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="H88" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>377</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>378</v>
+      </c>
+      <c r="D89" t="s">
+        <v>11</v>
+      </c>
+      <c r="E89" t="s">
+        <v>12</v>
+      </c>
+      <c r="F89" t="s">
+        <v>253</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="H89" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>381</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>382</v>
+      </c>
+      <c r="D90" t="s">
+        <v>11</v>
+      </c>
+      <c r="E90" t="s">
+        <v>12</v>
+      </c>
+      <c r="F90" t="s">
+        <v>47</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="H90" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>385</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
         <v>10</v>
       </c>
-      <c r="D87" t="s">
-[...5 lines deleted...]
-      <c r="F87" t="s">
+      <c r="D91" t="s">
+        <v>386</v>
+      </c>
+      <c r="E91" t="s">
+        <v>387</v>
+      </c>
+      <c r="F91" t="s">
         <v>47</v>
       </c>
-      <c r="G87" s="1" t="s">
-[...3 lines deleted...]
-        <v>373</v>
+      <c r="G91" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="H91" t="s">
+        <v>389</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -3850,50 +4002,54 @@
     <hyperlink ref="G63" r:id="rId62"/>
     <hyperlink ref="G64" r:id="rId63"/>
     <hyperlink ref="G65" r:id="rId64"/>
     <hyperlink ref="G66" r:id="rId65"/>
     <hyperlink ref="G67" r:id="rId66"/>
     <hyperlink ref="G68" r:id="rId67"/>
     <hyperlink ref="G69" r:id="rId68"/>
     <hyperlink ref="G70" r:id="rId69"/>
     <hyperlink ref="G71" r:id="rId70"/>
     <hyperlink ref="G72" r:id="rId71"/>
     <hyperlink ref="G73" r:id="rId72"/>
     <hyperlink ref="G74" r:id="rId73"/>
     <hyperlink ref="G75" r:id="rId74"/>
     <hyperlink ref="G76" r:id="rId75"/>
     <hyperlink ref="G77" r:id="rId76"/>
     <hyperlink ref="G78" r:id="rId77"/>
     <hyperlink ref="G79" r:id="rId78"/>
     <hyperlink ref="G80" r:id="rId79"/>
     <hyperlink ref="G81" r:id="rId80"/>
     <hyperlink ref="G82" r:id="rId81"/>
     <hyperlink ref="G83" r:id="rId82"/>
     <hyperlink ref="G84" r:id="rId83"/>
     <hyperlink ref="G85" r:id="rId84"/>
     <hyperlink ref="G86" r:id="rId85"/>
     <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>