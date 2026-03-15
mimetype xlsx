--- v0 (2025-12-08)
+++ v1 (2026-03-15)
@@ -54,3708 +54,3708 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>7423</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>ADECI DE SENA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7423/indicacao_-_002-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7423/indicacao_-_002-2023.pdf</t>
   </si>
   <si>
     <t>DESOBSTRUÇÃO E LIMPEZA DO CÓRREGO SITUADO NO BAIRRO LIBERDADE (TRECHO COMPREENDIDO ENTRE A ENTRADA DO BAIRRO LIBERDADE NA ES-315, ATÉ A PONTE SOBRE O RIO PEDRA D'ÁGUA, LOCALIZADA NA RODOVIA OTHOVARINO DUARTE SANTOS)</t>
   </si>
   <si>
     <t>7424</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>CARLINHO SIMIÃO</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7424/indicacao_-_003-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7424/indicacao_-_003-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE REDUTOR DE VELOCIDADE (QUEBRA-MOLAS) NA RUA ZENOR PEDROZA ROCHA (EM FRENTE À UNIDADE DE SAÚDE), NO BAIRRO SERNAMBY</t>
   </si>
   <si>
     <t>7425</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7425/indicacao_-_004-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7425/indicacao_-_004-2023.pdf</t>
   </si>
   <si>
     <t>REFORMA E REVITALIZAÇÃO DA PRAÇA MESQUITA NETO, SITUADA NO CENTRO DA CIDADE DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>7432</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>GILTON GOMES</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7432/indicacao_-_011-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7432/indicacao_-_011-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA ANTÔNIO MOREIRA SOBRINHO, NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>7433</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7433/indicacao_-_012-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7433/indicacao_-_012-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA MANOEL BANDEIRA, SITUADA NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>7436</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>KACIO MENDES</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7436/indicacao_-_015-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7436/indicacao_-_015-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA AVENIDA MARIA ELISA RIOS, LOCALIZADA NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>7437</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7437/indicacao_-_016-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7437/indicacao_-_016-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA AVENIDA GILENO SANTOS, LOCALIZADA NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>7438</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>LAILSON DA AROEIRA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7438/indicacao_-_017-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7438/indicacao_-_017-2023.pdf</t>
   </si>
   <si>
     <t>PINTURA DA CICLOVIA SITUADA NA AVENIDA DOM JOSÉ DALVIT, BEM COMO, CAPINA E RETIRADA DA AREIA (TRECHO COMPREENDIDO ENTRE OS BAIRROS SANTO ANTÔNIO E AROEIRA)</t>
   </si>
   <si>
     <t>7439</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7439/indicacao_-_018-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7439/indicacao_-_018-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DAS RUAS ACÁCIO DE OLIVEIRA CAMPOS E SANTA RITA, SITUADAS NO LOTEAMENTO SÃO MIGUEL, BAIRRO AROEIRA (NAS PROXIMIDADES DA EMEF 'PROFESSORA MARIZETE VENÂNCIO DO NASCIMENTO' E CEIM 'BRILHO DO SABER')</t>
   </si>
   <si>
     <t>7442</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>PRETA DO NASCIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7442/indicacao_-_021-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7442/indicacao_-_021-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA MUCURICI, LOCALIZADA PRÓXIMO AO CEIM ANDRÉ ORLANDI NARDOTO, LADO SUL, NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>7443</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7443/indicacao_-_022-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7443/indicacao_-_022-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA OSWALDO MANOEL PIMENTA RAMOS, LADO SUL, NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>7457</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>DELERMANO SUIM, CIETY CERQUEIRA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7457/indicacao_-_030-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7457/indicacao_-_030-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CAPELA MORTUÁRIA EM NESTOR GOMES - KM 41, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>7459</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>ISAEL AGUILAR</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7459/indicacao_-_032-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7459/indicacao_-_032-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA OSVALDO SCHUBACH, SITUADA NA COMUNIDADE DE ITAUNINHAS</t>
   </si>
   <si>
     <t>7460</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7460/indicacao_-_033-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7460/indicacao_-_033-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE REDE DE ESGOTO E GALERIA PLUVIAL NO BAIRRO COLINA</t>
   </si>
   <si>
     <t>7462</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>PAULO FUNDÃO</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7462/indicacao_-_035-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7462/indicacao_-_035-2023.pdf</t>
   </si>
   <si>
     <t>REFORMA DA PRAÇA ÉRICO HAUSCHILD (PRAÇA DO MIRANTE), LOCALIZADA NO CENTRO DA CIDADE, BEM COMO, MELHORIA DA ILUMINAÇÃO, SUBSTITUIÇÃO DA GRADE DE PROTEÇÃO E INSTALAÇÃO DE SISTEMA DE VIDEOMONITORAMENTO</t>
   </si>
   <si>
     <t>7463</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7463/indicacao_-_036-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7463/indicacao_-_036-2023.pdf</t>
   </si>
   <si>
     <t>CAPINA E LIMPEZA DAS MARGENS DA AVENIDA AMOCIM LEITE (TRECHO COMPREENDIDO ENTRE O BAIRRO AVIAÇÃO E O SEMÁFORO SITUADO NA RODOVIA OTHOVARINO DUARTE SANTOS, NO BAIRRO PEDRA D'ÁGUA)</t>
   </si>
   <si>
     <t>7464</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7464/indicacao_-_037-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7464/indicacao_-_037-2023.pdf</t>
   </si>
   <si>
     <t>REFORMA E SUBSTITUIÇÃO DOS EQUIPAMENTOS DE GINÁSTICA E DO PARQUINHO DA PRAÇA ALAIR DE SOUZA NOGUEIRA "DONA NEGA", LOCALIZADA NO BAIRRO RIO PRETO</t>
   </si>
   <si>
     <t>7465</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7465/indicacao_-_038-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7465/indicacao_-_038-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA AMAZONAS, LOCALIZADA NO BAIRRO RIO PRETO</t>
   </si>
   <si>
     <t>7758</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7758/indicacao_-_039-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7758/indicacao_-_039-2023.pdf</t>
   </si>
   <si>
     <t>CAPINA, LIMPEZA E PODA DE ÁRVORES LOCALIZADAS ÀS MARGENS DAS ESTRADAS DE ACESSO ÀS COMUNIDADES CAMPO GRANDE E BARRA NOVA SUL, DISTRITO DE NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>7759</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7759/indicacao_-_040-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7759/indicacao_-_040-2023.pdf</t>
   </si>
   <si>
     <t>ELABORAÇÃO DE PROJETO PARA REALIZAÇÃO DE OBRA DE CONTENÇÃO DE EROSÃO NAS COMUNIDADES BARRA NOVA NORTE E SUL</t>
   </si>
   <si>
     <t>7660</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7660/indicacao_-_041-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7660/indicacao_-_041-2023.pdf</t>
   </si>
   <si>
     <t>REPARO E PINTURA DOS MEIOS-FIOS, BEM COMO CAPINA, LIMPEZA E VARRIÇÃO DAS RUAS E AVENIDAS LOCALIZADAS NO TRECHO COMPREENDIDO ENTRE OS BAIRROS AVIAÇÃO E CENTRO DA CIDADE</t>
   </si>
   <si>
     <t>7661</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7661/indicacao_-_042-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7661/indicacao_-_042-2023.pdf</t>
   </si>
   <si>
     <t>CAPINA, LIMPEZA, VARRIÇÃO E RETIRADA DE ENTULHO DAS RUAS E AVENIDAS DO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>7665</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>CRISTIANO BALANGA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7665/indicacao_-_046-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7665/indicacao_-_046-2023.pdf</t>
   </si>
   <si>
     <t>QUE, NA PRÓXIMA LICITAÇÃO PARA CONTRATAÇÃO DE EMPRESA PRESTADORA DE SERVIÇO DE COLETA DE LIXO, SEJA INSERIDO NO TERMO DE REFERÊNCIA, CLÁUSULA PARA QUE A EMPRESA ADQUIRA, POR ANO DE CONTRATO, 300 LIXEIRAS TIPO CONTÊINER COLETOR DE 2000 LITROS COM TAMPAS E RODAS, BEM COMO, QUE POSSUA OS CAMINHÕES ADEQUADOS PARA A COLETA DO LIXO NESSES CONTÊINERES</t>
   </si>
   <si>
     <t>7671</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7671/indicacao_-_052-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7671/indicacao_-_052-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CAPELA MORTUÁRIA NA COMUNIDADE SANTA MARIA, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>7672</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7672/indicacao_-_053-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7672/indicacao_-_053-2023.pdf</t>
   </si>
   <si>
     <t>REFORMA DOS ABRIGOS DE PASSAGEIROS NOS PONTOS DE ÔNIBUS SITUADOS NO BAIRRO COHAB, BEM COMO INSTALAÇÃO DE ABRIGO NOS PONTOS AINDA NÃO CONTEMPLADOS</t>
   </si>
   <si>
     <t>7673</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7673/indicacao_-_054-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7673/indicacao_-_054-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA AVENIDA FERNADO JOGAIB, LOCALIZADA NO BAIRRO AYRTON SENNA, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>7674</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7674/indicacao_-_055-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7674/indicacao_-_055-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA DA AVENIDA SÃO DOMINGOS, PRINCIPAL ACESSO AOS LOTEAMENTOS PARQUE DAS BRISAS E VILA DOS VENTOS, LOCALIZADA NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>7676</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7676/indicacao_-_057-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7676/indicacao_-_057-2023.pdf</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE EMPRESA PARA EXECUÇÃO DE SERVIÇOS DE RECAPEAMENTO ASFÁLTICO DAS RUAS E AVENIDAS DO MUNICÍPIO DE SÃO MATEUS</t>
   </si>
   <si>
     <t>7677</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7677/indicacao_-_058-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7677/indicacao_-_058-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA OCTÁVIO BOROTO (ANTIGA RUA 17), LADO NORTE, NO BAIRRO GURIRI (NAS PROXIMIDADES DA EEEFM WALLACE CASTELLO DUTRA)</t>
   </si>
   <si>
     <t>7678</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7678/indicacao_-_059-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7678/indicacao_-_059-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA DOMINGOS DUARTE SANTOS (ANTIGA RUA 16), LADO NORTE, NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>7760</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7760/indicacao_-_060-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7760/indicacao_-_060-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE REDUTOR DE VELOCIDADE (QUEBRA-MOLAS) EM FRENTE A ECORM "MARIA FRANCISCA NUNES COUTINHO", SITUADA EM NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>7679</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7679/indicacao_-_062-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7679/indicacao_-_062-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA DA RODOVIA ES-010 (PEDRO SALVADOR PINTO DE LIMA), QUE LIGA OS BALNEÁRIOS DE GURIRI A BARRA NOVA</t>
   </si>
   <si>
     <t>7680</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7680/indicacao_-_063-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7680/indicacao_-_063-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA DE UM TRECHO DE APROXIMADAMENTE 600 METROS, NA ENTRADA DO TREVO SITUADO NA RODOVIA ES-315 ATÉ A  PROPRIEDADE DA FAMÍLIA COUTINHO, DISTRITO NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>7685</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7685/indicacao_-_068-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7685/indicacao_-_068-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA MONTEIRO LOBATO, SITUADA NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>7686</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7686/indicacao_-_069-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7686/indicacao_-_069-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA JOSÉ DE ALENCAR, SITUADA NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>7688</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7688/indicacao_-_071-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7688/indicacao_-_071-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA EUCALIPTO, SITUADA NA COMUNIDADE SÃO GERALDO, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>7689</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7689/indicacao_-_072-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7689/indicacao_-_072-2023.pdf</t>
   </si>
   <si>
     <t>ELABORAÇÃO DE PROJETO PARA PAVIMENTAÇÃO DAS RUAS DO BAIRRO AROEIRA</t>
   </si>
   <si>
     <t>7690</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7690/indicacao_-_073-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7690/indicacao_-_073-2023.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE TERRENO PARA CONSTRUÇÃO DE NOVO CEMITÉRIO MUNICIPAL</t>
   </si>
   <si>
     <t>7692</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7692/indicacao_-_075-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7692/indicacao_-_075-2023.pdf</t>
   </si>
   <si>
     <t>CAPINA E LIMPEZA DOS CEMITÉRIOS PÚBLICOS SITUADOS NO CENTRO DA CIDADE E BAIRRO AVIAÇÃO</t>
   </si>
   <si>
     <t>7693</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7693/indicacao_-_076-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7693/indicacao_-_076-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA PINHEIROS, LADO SUL, NO BAIRRO GURIRI (TRECHO COMPREENDIDO ENTRE AS RUAS HORÁCIO BARBOSA ALVES E NOVA VENÉCIA)</t>
   </si>
   <si>
     <t>7694</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7694/indicacao_-_077-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7694/indicacao_-_077-2023.pdf</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE EMPRESA PARA RECOLHIMENTO E DESTINAÇÃO DO LIXO CONTENDO MÓVEIS E ELETRODOMÉSTICOS INSERVÍVEIS, ACUMULADO NAS RUAS E AVENIDAS DO MUNICÍPIO</t>
   </si>
   <si>
     <t>7697</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>CIETY CERQUEIRA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7697/indicacao_-_080-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7697/indicacao_-_080-2023.pdf</t>
   </si>
   <si>
     <t>ENCASCALHAMENTO DAS LADEIRAS SITUADAS NA ESTRADA DE ACESSO À COMUNIDADE SERRARIA, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>7698</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>DELERMANO SUIM</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7698/indicacao_-_081-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7698/indicacao_-_081-2023.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO DA AVENIDA RECÔNCAVO DOS CORAIS, (LATERAL DA PETROBRAS), LOCALIZADA NO BAIRRO MORADA DO RIBEIRÃO</t>
   </si>
   <si>
     <t>7699</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7699/indicacao_-_082-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7699/indicacao_-_082-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO, COM BLOQUETES, DA RUA GETÚLIO NASCIMENTO (ANTIGA RUA DA LOTERIA), SITUADA EM  NESTOR GOMES - KM 41.</t>
   </si>
   <si>
     <t>7703</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7703/indicacao_-_086-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7703/indicacao_-_086-2023.pdf</t>
   </si>
   <si>
     <t>REFORMA GERAL DO MERCADO MUNICIPAL SITUADO NO CENTRO DA CIDADE</t>
   </si>
   <si>
     <t>7706</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7706/indicacao_-_089-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7706/indicacao_-_089-2023.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO DA AVENIDA JOÃO NARDOTO QUE DÁ ACESSO AO LOTEAMENTO JARDIM BONGOSTO, E AOS BAIRROS SERNAMBY, COHAB E JACKELINE</t>
   </si>
   <si>
     <t>7707</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7707/indicacao_-_090-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7707/indicacao_-_090-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA DA RUA RECANTO DAS IARAS, LOCALIZADA NO BAIRRO MORADA DO RIBEIRÃO (QUE DÁ ACESSO AO BAIRRO JACKELINE)</t>
   </si>
   <si>
     <t>7708</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7708/indicacao_-_091-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7708/indicacao_-_091-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA CASTRO ALVES, SITUADA NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>7709</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7709/indicacao_-_092-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7709/indicacao_-_092-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA GONÇALVES DIAS, SITUADA NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>7710</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7710/indicacao_-_093-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7710/indicacao_-_093-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CALÇADA CIDADÃ NA UNIDADE BÁSICA DE SAÚDE "MARIA TOMAZ NASCIMENTO", SITUADA NO BAIRRO AROEIRA, VISANDO OFERECER MOBILIDADE COM SEGURANÇA DE ACESSIBILIDADE SOBRETUDO ÀS PESSOAS COM DEFICIÊNCIA, GESTANTE E IDOSOS</t>
   </si>
   <si>
     <t>7712</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7712/indicacao_-_095-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7712/indicacao_-_095-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PASSARELA SOBRE O VALÃO SITUADO NA DIVISA ENTRE OS BAIRROS VILA NOVA E VILA VERDE, CONHECIDO COMO BIQUINHA</t>
   </si>
   <si>
     <t>7718</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7718/indicacao_-_101-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7718/indicacao_-_101-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA MANUEL BANDEIRA, SITUAA NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>7719</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7719/indicacao_-_102-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7719/indicacao_-_102-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA GRACILIANO RAMOS, SITUADA NO BAIRRO AYTON SENNA</t>
   </si>
   <si>
     <t>7721</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7721/indicacao_-_104-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7721/indicacao_-_104-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA LUIZ JOÃO BERTO, LOCALIZADA NO BAIRRO BONSUCESSO I</t>
   </si>
   <si>
     <t>7723</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7723/indicacao_-_106-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7723/indicacao_-_106-2023.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO DA AVENIDA AMOCIM LEITE (TRECHO COMPREENDIDO ENTRE O BAIRRO CHÁCARA DO CRICARÉ - INOCOOP ATÉ A RODOVIA OTHOVARINO DUARTE SANTOS) QUE INTERCEPTA O BAIRRO PEDRA D'ÁGUA</t>
   </si>
   <si>
     <t>7726</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7726/indicacao_-_109-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7726/indicacao_-_109-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA CLARICE LISPECTOR, SITUADA NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>7727</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7727/indicacao_-_110-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7727/indicacao_-_110-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA CASSIMIRO DE ABREU, SITUADA NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>7728</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7728/indicacao_-_111-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7728/indicacao_-_111-2023.pdf</t>
   </si>
   <si>
     <t>REPARO DO CALÇAMENTO DA RUA PRESIDENTE COSTA E SILVA, LOCALIZADA NO BAIRRO SANTO ANTÔNIO</t>
   </si>
   <si>
     <t>7729</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7729/indicacao_-_112-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7729/indicacao_-_112-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE ABRIGO PARA PASSAGEIROS NO PONTO DE ÔNIBUS SITUADO NO FINAL DO BAIRRO AROEIRA</t>
   </si>
   <si>
     <t>7733</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7733/indicacao_-_116-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7733/indicacao_-_116-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA MARIA BARBOSA TOSCANO, SITUADA NO BAIRRO JACKELINE</t>
   </si>
   <si>
     <t>7734</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7734/indicacao_-_117-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7734/indicacao_-_117-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA OLAVO BILAC, SITUADA NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>7735</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7735/indicacao_-_118-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7735/indicacao_-_118-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA RAUL POMPEIA, SITUAA NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>7736</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7736/indicacao_-_119-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7736/indicacao_-_119-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA OSVALDO CRUZ, SITUADA NO BAIRRO AROEIRA</t>
   </si>
   <si>
     <t>7737</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7737/indicacao_-_120-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7737/indicacao_-_120-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA AVENIDA MARIA CALIXTO CONCEIÇÃO, NOS ENTRONCAMENTOS DAS RUAS SANTO ANTÔNIO DOS SANTOS E ALAÍDE SILVA MATOS, NO BAIRRO BONSUCESSO II</t>
   </si>
   <si>
     <t>7739</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7739/indicacao_-_122-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7739/indicacao_-_122-2023.pdf</t>
   </si>
   <si>
     <t>7742</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7742/indicacao_-_125-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7742/indicacao_-_125-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA PRINCIPAL, SITUADA NA LOCALIDADE CONHECIDA COMO AGUIRRE, EM NESTOR GOMES - KM 41</t>
   </si>
   <si>
     <t>7743</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7743/indicacao_-_126-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7743/indicacao_-_126-2023.pdf</t>
   </si>
   <si>
     <t>TÉRMINO DO CALÇAMENTO DA RUA VIRGULINO MAGALHÃES, QUE LIGA OS BAIRROS IDEAL E UNIVERSITÁRIO</t>
   </si>
   <si>
     <t>7744</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7744/indicacao_-_127-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7744/indicacao_-_127-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA EUCLIDES DA CUNHA, SITUADA NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>7745</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7745/indicacao_-_128-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7745/indicacao_-_128-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA CAMILO CASTELO BRANCO, SITUADA NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>7746</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7746/indicacao_-_129-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7746/indicacao_-_129-2023.pdf</t>
   </si>
   <si>
     <t>REPARO DO CALÇAMENTO DA RUA JAIME MACIEL TOSCANO, SITUADA NO BAIRRO JACKELINE</t>
   </si>
   <si>
     <t>7487</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7487/indicacao_-_134-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7487/indicacao_-_134-2023.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DA PONTE SITUADA NA COMUNIDADE GAMELEIRA, DISTRITO DE NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>7490</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7490/indicacao_-_137-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7490/indicacao_-_137-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA UNIVERSO, LOCALIZADA NO BAIRRO SEAC</t>
   </si>
   <si>
     <t>7492</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7492/indicacao_-_139-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7492/indicacao_-_139-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO RURAL DA RUA PRINCIPAL DA VILA PIROLA, SITUADA NO KM 25 DA RODOVIA MIGUEL CURRY CARNEIRO, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>7494</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7494/indicacao_-_141-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7494/indicacao_-_141-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA ALUÍSIO AZEVEDO, SITUADA NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>7495</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7495/indicacao_-_142-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7495/indicacao_-_142-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA AUGUSTO MEYER, SITUADA NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>7497</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7497/indicacao_-_144-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7497/indicacao_-_144-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA SEBASTIÃO SOARES, SITUADA NO BAIRRO BELA VISTA</t>
   </si>
   <si>
     <t>7503</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7503/indicacao_-_150-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7503/indicacao_-_150-2023.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DO VALÃO INICIANDO NO FINAL DA RUA HÉLIO ORLANDI, NO BAIRRO SERNAMBY, PASSANDO PELO BAIRRO IDEAL, ATÉ O BAIRRO PEDRA D'ÁGUA</t>
   </si>
   <si>
     <t>7505</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7505/indicacao_-_152-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7505/indicacao_-_152-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA CAETANO ZANELATO, SITUADA EM NESTOR GOMES - KM 41</t>
   </si>
   <si>
     <t>7507</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7507/indicacao_-_154-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7507/indicacao_-_154-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO, COM BLOQUETES, NA RUA ERIX PESSANHA, SITUADA NO BAIRRO JACKELINE</t>
   </si>
   <si>
     <t>7508</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7508/indicacao_-_155-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7508/indicacao_-_155-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA ÁLVARES DE AZEVEDO, SITUADA NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>7509</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7509/indicacao_-_156-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7509/indicacao_-_156-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA MURILO MENDES, SITUADA NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>7526</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7526/indicacao_-_164-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7526/indicacao_-_164-2023.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO E REFORMA GERAL DO CEMITÉRIO SITUADO EM NESTOR GOMES - KM 41, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>7528</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7528/indicacao_-_166-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7528/indicacao_-_166-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA PROFESSOR AMARO NASCIMENTO MENDES, LADO SUL, TRECHO COMPREENDIDO ENTRE AS RUAS COLATINA E MUCURICI, NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>7529</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7529/indicacao_-_167-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7529/indicacao_-_167-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO COM BLOQUETES DA RUA DOMINGOS CARRAFA, LADO NORTE, LOCALIZADA N BAIRRO GURIRI - RUA DA "EMEF PROFª HERINEA LIMA DE OLIVEIRA"</t>
   </si>
   <si>
     <t>7531</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7531/indicacao_-_169-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7531/indicacao_-_169-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DO PÁTIO DA UNIDADE DE SAÚDE, LOCALIZADA NO BAIRRO SERNAMBY</t>
   </si>
   <si>
     <t>7572</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7572/indicacao_-_198-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7572/indicacao_-_198-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA ESMERALDA, LOCALIZADA NO BAIRRO AROEIRA</t>
   </si>
   <si>
     <t>7545</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7545/indicacao_-_207-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7545/indicacao_-_207-2023.pdf</t>
   </si>
   <si>
     <t>7547</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7547/indicacao_-_209-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7547/indicacao_-_209-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO RURAL DA ESTRADA SITUADA NA COMUNIDADE SÃO DOMINGOS (TRECHO COMPREENDIDO A PARTIR DA IGREJA CATÓLICA ATÉ O BAR DO BIO), DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>7576</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7576/indicacao_-_210-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7576/indicacao_-_210-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA PRINCIPAL DO DISTRITO DE NATIVO DE BARRA NOVA (TRECHO COMPREENDIDO A PARTIR DO TREVO LOCALIZADO NA RODOVIA ES-315 ATÉ AS IMEDIAÇÕES DA IGREJA EVANGÉLICA ASSEMBLEIA DE DEUS)</t>
   </si>
   <si>
     <t>7578</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7578/indicacao_-_212-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7578/indicacao_-_212-2023.pdf</t>
   </si>
   <si>
     <t>PATROLAMENTO E ENCASCALHAMENTO NAS LADEIRAS SITUADAS NAS ESTRADAS DE ACESSO AS COMUNIDADES MATA SEDE, SÃO CRISTÓVÃO E SERRARIA, LOCALIZADAS NO KM 28 DA RODOVIA MIGUEL CURRY CARNEIRO, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>7583</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7583/indicacao_-_217-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7583/indicacao_-_217-2023.pdf</t>
   </si>
   <si>
     <t>PERFURAÇÃO DE POÇO TUBULAR PROFUNDO, TIPO ARTESIANO, NA COMUNIDADE PAULISTA</t>
   </si>
   <si>
     <t>7584</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7584/indicacao_-_218-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7584/indicacao_-_218-2023.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE LIXEIRAS NAS RUAS E AVENIDAS DO CENTRO DA CIDADE, ESPECIALMENTE EM LOCAIS COM MAIOR FLUXO DE PESSOAS</t>
   </si>
   <si>
     <t>7586</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7586/indicacao_-_220-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7586/indicacao_-_220-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA TRAVESSA LÚCIO CARDOSO, SITUADA NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>7588</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7588/indicacao_-_222-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7588/indicacao_-_222-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA AMBRÓSIO LINO DOS SANTOS, LOCALIZADA NA COMUNIDADE SANTA MARIA, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>7589</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7589/indicacao_-_223-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7589/indicacao_-_223-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DAS RUAS ALVORADA E JUPARANÃ, SITUADAS NO BAIRRO AROEIRA</t>
   </si>
   <si>
     <t>7590</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7590/indicacao_-_224-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7590/indicacao_-_224-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO COM SISTEMA DE DRENAGEM PLUVIAL, NA RUA LISBOA, SITUADA NO BAIRRO AROEIRA</t>
   </si>
   <si>
     <t>7596</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7596/indicacao_-_229-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7596/indicacao_-_229-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO COM BLOQUETES DA RUA (31) JOSÉ BONOMO, LADO NORTE, EM GURIRI</t>
   </si>
   <si>
     <t>7597</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7597/indicacao_-_230-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7597/indicacao_-_230-2023.pdf</t>
   </si>
   <si>
     <t>MUDANÇA DO TRÂNSITO NO BAIRRO SANTO ANTÔNIO/SÃO PEDRO, TORNANDO MÃO ÚNICA A RUA COPA 70, NO SENTIDO DE SAÍDA, E A RUA SÃO JOÃO NO SENTIDO DE ENTRADA</t>
   </si>
   <si>
     <t>7603</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7603/indicacao_-_236-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7603/indicacao_-_236-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DAS LADEIRAS 2, 3, 4 E 5, SITUADAS NO BAIRRO CACIQUE</t>
   </si>
   <si>
     <t>7607</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7607/indicacao_-_238-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7607/indicacao_-_238-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA ELIS REGINA, LADO NORTE, NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>7608</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7608/indicacao_-_239-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7608/indicacao_-_239-2023.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE PLACAS DE SINALIZAÇÃO NOS QUEBRA-MOLAS SITUADOS NA RUA PRINCIPAL DA COMUNIDADE GAMELEIRA, DISTRITO DE NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>7618</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7618/indicacao_-_249-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7618/indicacao_-_249-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA ÂNGELA MARIA MARTINS RODRIGUES, SITUADA NO LOTEAMENTO JARDIM BONGOSTO, BAIRRO CARAPINA</t>
   </si>
   <si>
     <t>7620</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7620/indicacao_-_251-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7620/indicacao_-_251-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA NOVA VENÉCIA, LADO SUL, NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>7622</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7622/indicacao_-_253-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7622/indicacao_-_253-2023.pdf</t>
   </si>
   <si>
     <t>ELABORAÇÃO DE PROJETO PARA REFORMA DA PONTE SITUADA NA COMUNIDADE GAMELEIRA, DISTRITO DE NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>7625</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7625/indicacao_-_256-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7625/indicacao_-_256-2023.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE DOIS REDUTORES DE VELOCIDADE, TIPO A, NA RODOVIA QUE PASSA PELA LOCALIDADE SÍTIO DA PONTA, DISTRITO DE NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>7626</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7626/indicacao_-_257-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7626/indicacao_-_257-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO NA ENTRADA DE ACESSO AO LOTEAMENTO PARQUE DAS BRISAS, NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>7627</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7627/indicacao_-_258-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7627/indicacao_-_258-2023.pdf</t>
   </si>
   <si>
     <t>CAPINA E LIMPEZA DO LEITO E MARGEM DO VALÃO, INICIANDO NA RUA ZENOR PEDROSA ROCHA - NO BAIRRO RIBEIRÃO, PASSANDO PELOS BAIRROS MORADA DO RIBEIRÃO, JACKELINE E COHAB, ATÉ O BAIRRO PEDRA D'ÁGUA</t>
   </si>
   <si>
     <t>7628</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7628/indicacao_-_259-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7628/indicacao_-_259-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA DA RUA HUMBERTO DE ALMEIDA FRANKLIN (ANTIGA RUA VENEZUELA), SITUADA NO BAIRRO UNIVERSITÁRIO (TRECHO COMPREENDIDO ENTRE A RODOVIA OTHOVARINO DUARTE SANTOS E A AVENIDA JOSÉ TOZZE)</t>
   </si>
   <si>
     <t>7630</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7630/indicacao_-_261-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7630/indicacao_-_261-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA ALECRIM, LOCALIZADA NA COMUNIDADE DILÔ BARBOSA, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>7631</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7631/indicacao_-_262-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7631/indicacao_-_262-2023.pdf</t>
   </si>
   <si>
     <t>LIMPEZA E MELHORIA DA ILUMINAÇÃO INTERNA E EXTERNA DA IGREJA VELHA, LOCALIZADA NO CENTRO DA CIDADE</t>
   </si>
   <si>
     <t>7632</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7632/indicacao_-_263-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7632/indicacao_-_263-2023.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO DA AVENIDA JOÃO XXIII, LOCALIZADA NO BAIRRO BOA VISTA, MUNICÍPIO DE SÃO MATEUS</t>
   </si>
   <si>
     <t>7641</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7641/indicacao_-_265-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7641/indicacao_-_265-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE REDUTOR DE VELOCIDADE NA RUA DR. ARLINDO SODRÉ, NO BAIRRO IDEAL (NA ALTURA DA CASA DE CARNES CARAN).</t>
   </si>
   <si>
     <t>7644</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7644/indicacao_-_268-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7644/indicacao_-_268-2023.pdf</t>
   </si>
   <si>
     <t>DUPLICAÇÃO E INSTALAÇÃO DE CORRIMÃO NA PONTE DA CACHOEIRA DO CRAVO, SITUADA EM NESTOR GOMES KM - 41, (QUE LIGA O DISTRITO DE NESTOR GOMES AO PATRIMÔNIO DA AREIA)</t>
   </si>
   <si>
     <t>7649</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7649/indicacao_-_273-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7649/indicacao_-_273-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA JOSÉ GUIMARÃES, SITUADA NO BAIRRO BELA VISTA</t>
   </si>
   <si>
     <t>7650</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7650/indicacao_-_274-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7650/indicacao_-_274-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA MANOEL MERCEDES, LOCALIZADA NO BAIRRO BELA VISTA</t>
   </si>
   <si>
     <t>7653</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7653/indicacao_-_277-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7653/indicacao_-_277-2023.pdf</t>
   </si>
   <si>
     <t>TÉRMINO DE CALÇAMENTO DA RUA BOSQUE DAS OLIVEIRAS (RUA 06), LOCALIZADA NO BAIRRO MORADA DO RIBEIRÃO</t>
   </si>
   <si>
     <t>7655</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7655/indicacao_-_279-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7655/indicacao_-_279-2023.pdf</t>
   </si>
   <si>
     <t>CRIAÇÃO DE CANAL ELETRÔNICO, VIA PORTAL DE SERVIÇOS DA PREFEITURA MUNICIPAL DE SÃO MATEUS, PARA REQUISIÇÃO E ACOMPANHAMENTO DOS SERVIÇOS RELATIVOS À PODA, CORTE E SUPRESSÃO DE ÁRVORES</t>
   </si>
   <si>
     <t>7768</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7768/indicacao_-_289-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7768/indicacao_-_289-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO, COM BLOQUETES, DA RUA BC, SITUADA NO BAIRRO SEAC (AO LADO DA ESTAÇÃO DE TRATAMENTO DE ESGOTO)</t>
   </si>
   <si>
     <t>7770</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7770/indicacao_-_291-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7770/indicacao_-_291-2023.pdf</t>
   </si>
   <si>
     <t>REFORMA GERAL DA CAPELA MORTUÁRIA, SITUADA NO CENTRO DA CIDADE, BEM COMO INSTALAÇÃO DE VENTILADORES</t>
   </si>
   <si>
     <t>7771</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7771/indicacao_-_292-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7771/indicacao_-_292-2023.pdf</t>
   </si>
   <si>
     <t>REPOSIÇÃO DO ABRIGO NO PONTO DE ÔNIBUS LOCALIZADO NA AVENIDA JOÃO XXIII, NO BAIRRO BOA VISTA (EM FRENTE AO 13} BATALHÃO DA POLÍCIA MILITAR)</t>
   </si>
   <si>
     <t>7778</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7778/indicacao_-_299-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7778/indicacao_-_299-2023.pdf</t>
   </si>
   <si>
     <t>TERRAPLANAGEM E COMPACTAÇÃO COM APLICAÇÃO DE REVSOL NA RODOVIA AUGUSTINHO CEVOLANI (ESTRADA DE ACESSO À MELEIRAS), MARIRICÚ, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>7789</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7789/indicacao_-_304-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7789/indicacao_-_304-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA GILSON ANTÔNIO CLEMENTE, SITUADA NO BAIRRO JAMBEIRO</t>
   </si>
   <si>
     <t>7791</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7791/indicacao_-_306-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7791/indicacao_-_306-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO, COM BLOQUETES, DA RUA B, SITUADA NO BAIRRO SEAC (CONFORME PROJETO ANEXO).</t>
   </si>
   <si>
     <t>7792</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7792/indicacao_-_307-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7792/indicacao_-_307-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO, COM BLOQUETES, DA RUA "D", SITUADA NO BAIRRO SEAC (CONFORME PROJETO ANEXO).</t>
   </si>
   <si>
     <t>7793</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7793/indicacao_-_308-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7793/indicacao_-_308-2023.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE ABRIGO NOS DOIS PONTOS DE ÔNIBUS SITUADOS NA COMUNIDADE CÓRREGO DO PIQUI, DISTRITO NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>7796</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7796/indicacao_-_311-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7796/indicacao_-_311-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA DA RUA LUIZ CLÁUDIO DOS SANTOS, LOCALIZADA NA COMUNIDADE NOVA LIMA, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>7797</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7797/indicacao_-_312-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7797/indicacao_-_312-2023.pdf</t>
   </si>
   <si>
     <t>APLICAÇÃO DE REVSOL NA LADEIRA CONHECIDA POR "MORRO DO NAZÁRIO", LOCALIZADA NA COMUNIDADE CHIADO, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>7798</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7798/indicacao_-_313-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7798/indicacao_-_313-2023.pdf</t>
   </si>
   <si>
     <t>RECUPERAÇÃO DO CALÇAMENTO NA AVENIDA JOÃO BATISTA CRESPO, NO BAIRRO VITÓRIA</t>
   </si>
   <si>
     <t>7799</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/</t>
+    <t>http://sapl.saomateus.es.leg.br/media/</t>
   </si>
   <si>
     <t>QUE, NA PRÓXIMA LICITAÇÃO PARA CONTRATAÇÃO DE EMPRESA PRESTADORA DE SERVIÇO DE COLETA DE LIXO, SEJA INSERIDO NO TERMO DE REFERÊNCIA, CLÁUSULA PARA QUE A EMPRESA DISPONIBILIZE MECANISMO (CATA-TRECO) PARA RECOLHER MÓVEIS E ELETRODOMÉSTICOS INSERVÍVEIS DESCARTADOS PELA POPULAÇÃO, E DISPONIBILIZE O CONTATO PARA AGENDAMENTO DO DIA DE COLETA</t>
   </si>
   <si>
     <t>7800</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7800/indicacao_-_315-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7800/indicacao_-_315-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE GALPÃO NO TERRENO LOCALIZADO AO LADO DA UNIDADE DE SAÚDE, LADO SUL, NO BAIRRO GURIRI, PARA ABRIGAR A FEIRA LIVRE</t>
   </si>
   <si>
     <t>7801</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7801/indicacao_-_316-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7801/indicacao_-_316-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA ALBINO NEGRIS (ANTIGA RUA 06), LADO SUL, NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>7807</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7807/indicacao_-_319-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7807/indicacao_-_319-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA DE ACESSO À UNIDADE BÁSICA DE SAÚDE SITUADA EM VILA NOVA AYMORÉS - KM 35, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>7809</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7809/indicacao_-_321-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7809/indicacao_-_321-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO, COM BLOQUETES, DA RUA "A", SITUADA NO BAIRRO SEAC</t>
   </si>
   <si>
     <t>7810</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7810/indicacao_-_322-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7810/indicacao_-_322-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO, COM BLOQUETES, DA RUA "C", SITUADA NO BAIRRO SEAC</t>
   </si>
   <si>
     <t>7815</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7815/indicacao_-_327-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7815/indicacao_-_327-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 015/2023, QUE DIZ RESPEITO A PAVIMENTAÇÃO DA AVENIDA MARIA ELISA RIOS, LOCALIZADA NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>7816</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7816/indicacao_-_328-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7816/indicacao_-_328-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA SANTO ANDRÉ, LOCALIZADA NO BAIRRO MORADA DO LAGO</t>
   </si>
   <si>
     <t>7817</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7817/indicacao_-_329-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7817/indicacao_-_329-2023.pdf</t>
   </si>
   <si>
     <t>ABERTURA DA RUA DE ACESSO AO RESIDENCIAL SOLAR, NO BAIRRO AROEIRA, PARA QUE A VIAÇÃO SÃO GABRIEL POSS ATENDER OS MORADORES DA REGIÃO</t>
   </si>
   <si>
     <t>7818</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7818/indicacao_-_330-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7818/indicacao_-_330-2023.pdf</t>
   </si>
   <si>
     <t>REALIZAR "OPERAÇÃO TAPA-BURACO" NAS RUAS E AVENIDAS DO BAIRRO SANTO ANTÔNIO</t>
   </si>
   <si>
     <t>7819</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7819/indicacao_-_331-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7819/indicacao_-_331-2023.pdf</t>
   </si>
   <si>
     <t>REALIZAR "OPERAÇÃO TAPA-BURACO" NAS RUAS E AVENIDAS DO BAIRRO LITORÂNEO</t>
   </si>
   <si>
     <t>7820</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7820/indicacao_-_332-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7820/indicacao_-_332-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA ODÍLIO NICO (ANTIGA RUA 11), LADO NORTE, NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>7823</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7823/indicacao_-_334-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7823/indicacao_-_334-2023.pdf</t>
   </si>
   <si>
     <t>TERRAPLANAGEM E COMPACTAÇÃO COM ARGILA DAS RUAS PROJETADAS, LOCALIZADAS NA REGIÃO DAS PEDRAS EM URUSSUQUARA, DISTRITO DE NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>7824</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7824/indicacao_-_335-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7824/indicacao_-_335-2023.pdf</t>
   </si>
   <si>
     <t>TERRAPLANAGEM E COMPACTAÇÃO COM ARGILA NAS RUAS PROJETADAS, LOCALIZADAS NA COMUNIDADE SÃO MIGUEL, DISTRITO DE NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>7825</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7825/indicacao_-_336-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7825/indicacao_-_336-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 041/2023, QUE DIZ RESPEITO AO REPARO E PINTURA DOS MEIOS-FIOS, BEM COMO CAPINA, LIMPEZA E VARRIÇÃO DAS RUAS E AVENIDAS LOCALIZADAS NO TRECHO COMPREENDIDO ENTRE OS BAIRROS AVIAÇÃO E CENTRO DA CIDADE</t>
   </si>
   <si>
     <t>7826</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7826/indicacao_-_337-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7826/indicacao_-_337-2023.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO DA AVENIDA JOSÉ TOZZE (TRECHO COMPREEENDIDO ENTRE O BAIRRO LAGO DOS CISNES E A PISTA LATERAL DA RODOVIA BR 101, NAS IMEDIAÇÕES DO POSTO TATÃO)</t>
   </si>
   <si>
     <t>7832</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7832/indicacao_-_343-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7832/indicacao_-_343-2023.pdf</t>
   </si>
   <si>
     <t>DEMARCAÇÃO COM FAIXA DIVISÓRIA E SINALIZAÇÃO DE VAGAS DE ESTACIONAMENTO NA RUA DA LIBERDADE, QUE LIGA O BAIRRO SERNAMBY AO BAIRRO IDEAL</t>
   </si>
   <si>
     <t>7837</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7837/indicacao_-_348-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7837/indicacao_-_348-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA SÃO MATEUS, LOCALIZADA NO BAIRRO MORADA DO LAGO</t>
   </si>
   <si>
     <t>7838</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7838/indicacao_-_349-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7838/indicacao_-_349-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA SÃO PEDRO, LOCALIZADA NO BAIRRO MORADA DO LAGO</t>
   </si>
   <si>
     <t>7839</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7839/indicacao_-_350-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7839/indicacao_-_350-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CAPELA MORTUÁRIA NO BAIRRO BONSUCESSO, PREFRENCIALMENTE, NO TERRENO ONDE FUNCIONAVA O ANTIGO POSTO DA POLÍCIA MILITAR, LOCALIZADO NA AVENIDA DOM JOSÉ DALVIT</t>
   </si>
   <si>
     <t>7840</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7840/indicacao_-_351-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7840/indicacao_-_351-2023.pdf</t>
   </si>
   <si>
     <t>SINALIZAÇÃO COM PINTURA DE FAIXAS, DEFINIÇÃO DE ESTACIONAMENTO E CICLOVIA, NA AVENIDA DOM JOSÉ DALVIT, NO TRECHO COMPREENDIDO ENTRE A LATERAL DA RODOVIA BR 101, NO BAIRRO SANTO ANTÔNIO, ATÉ O PONTO FINAL DO BAIRRO AROEIRA</t>
   </si>
   <si>
     <t>7841</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7841/indicacao_-_352-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7841/indicacao_-_352-2023.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO DA RUA "C" NO TRECHO COMPREENDIDO ENTRE O BAIRRO ALVORADA À RODOVIA BR 101</t>
   </si>
   <si>
     <t>7842</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7842/indicacao_-_353-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7842/indicacao_-_353-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA NOVA VENÉCIA, LADO NORTE, NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>7853</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7853/indicacao_-_361-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7853/indicacao_-_361-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO, COM BLOQUETES, DA RUA ALBERTO SARTÓRIO, LOCALIZADA NO BAIRRO LITORÂNEO, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>7858</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7858/indicacao_-_366-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7858/indicacao_-_366-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA NOSSA SENHORA APARECIDA, LOCALIZADA NO BAIRRO MORADA DO LAGO</t>
   </si>
   <si>
     <t>7860</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7860/indicacao_-_368-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7860/indicacao_-_368-2023.pdf</t>
   </si>
   <si>
     <t>REALIZAR "OPERAÇÃO TAPA-BURACO" NA AVENIDA JOÃO XXIII, NO BAIRRO BOA VISTA</t>
   </si>
   <si>
     <t>7861</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7861/indicacao_-_369-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7861/indicacao_-_369-2023.pdf</t>
   </si>
   <si>
     <t>REALIZAR "OPERAÇÃO TAPA-BURACO" EM TODA A EXTENSÃO DA AVENIDA DOM JOSÉ DALVIT</t>
   </si>
   <si>
     <t>7862</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7862/indicacao_-_370-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7862/indicacao_-_370-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA MARIA TEZOLIN CARRAFA, LADO SUL, NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>7863</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7863/indicacao_-_371-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7863/indicacao_-_371-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA MINAS GERAIS, LOCALIZADA NA COMUNIDADE RIO PRETO, BAIRRO GURIRI</t>
   </si>
   <si>
     <t>7867</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7867/indicacao_-_373-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7867/indicacao_-_373-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE BANHEIROS COM INSTALAÇÃO HIDRÁULICA E ELÉTRICA, NO CEMITÉRIO DE NATIVO DE BARRA NOVA, DISTRITO DE NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>7868</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7868/indicacao_-_374-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7868/indicacao_-_374-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA PROJETADA, SITUADA NO LOTEAMENTO VANTUIRO BALDE, EM NESTOR GOMES - KM 41, DISTRITO DE NESTOR GOMES (NAS PROXIMIDADES DA FÁBRICA DE BLOCOS DO NEGUINHO)</t>
   </si>
   <si>
     <t>7869</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7869/indicacao_-_375-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7869/indicacao_-_375-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA PROJETADA, SITUADA EM NESTOR GOMES - KM 41, DISTRITO DE NESTOR GOMES (ATRÁS DO SUPERMERCADO COMPRE BEM)</t>
   </si>
   <si>
     <t>7872</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7872/indicacao_-_378-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7872/indicacao_-_378-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 030/2023, QUE DIZ RESPEITO À CONSTRUÇÃO DE CAPELA MORTUÁRIA EM NESTOR GOMES - KM 41, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>7874</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7874/indicacao_-_380-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7874/indicacao_-_380-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE REDUTOR DE VELOCIDADE (QUEBRA-MOLA) NA RUA JOAQUIM MOREIRA, SITUADA NA COMUNIDADE NOVA LIMA, DISTRITO DE ITAUNINHAS (NAS IMEDIAÇÕES DA RESIDÊNCIA DO SR. AURINHO)</t>
   </si>
   <si>
     <t>7875</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7875/indicacao_-_381-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7875/indicacao_-_381-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE REDUTOR DE VELOCIDADE (QUEBRA-MOLA) NA RUA MARIA BRANCO DOS SANTOS, SITUADA NA COMUNIDADE NOVA LIMA, DISTRITO DE ITAUNINHAS (NAS IMEDIAÇÕES DA RESIDÊNCIA DA SRA. MARIZA)</t>
   </si>
   <si>
     <t>7876</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7876/indicacao_-_382-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7876/indicacao_-_382-2023.pdf</t>
   </si>
   <si>
     <t>PATROLAMENTO DAS RUAS E AVENIDAS SITUADAS NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>7877</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7877/indicacao_-_383-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7877/indicacao_-_383-2023.pdf</t>
   </si>
   <si>
     <t>PATROLAMENTO DAS RUAS E AVENIDAS SITUADAS NO BAIRRO MORADA DO LAGO</t>
   </si>
   <si>
     <t>7878</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7878/indicacao_-_384-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7878/indicacao_-_384-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA LINHARES, LADO NORTE, LOCALIZADA NO BAIRRO GURIRI, MUNICÍPIO DE SÃO MATEUS</t>
   </si>
   <si>
     <t>7887</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7887/indicacao_-_387-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7887/indicacao_-_387-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 150/2023, QUE DIZ RESPEITO A LIMPEZA DO VALÃO INICIANDO NO FINAL DA RUA HELIO ORLANDI, NO BAIRRO SERNAMBY, PASSANDO PELO BAIRRO IDEAL, E FINALIZANDO NO BAIRRO PEDRA D'ÁGUA</t>
   </si>
   <si>
     <t>7891</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7891/indicacao_-_391-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7891/indicacao_-_391-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PRAÇA PÚBLICA NO BAIRRO NOVA SÃO MATEUS</t>
   </si>
   <si>
     <t>7892</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7892/indicacao_-_392-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7892/indicacao_-_392-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO COM REVSOL DA ESTRADA QUE CONDUZ À COMUNIDADE DIVINO ESPÍRITO SANTO, DISTRITO DE NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>7893</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7893/indicacao_-_393-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7893/indicacao_-_393-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA JAMIL ALHAKIM (ANTIGA RUA 20), LADO NORTE, NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>7894</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7894/indicacao_-_394-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7894/indicacao_-_394-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 154/2023, QUE DIZ RESPEITO A PAVIMENTAÇÃO, COM BLOQUETES, NA RUA ERIX PESSANHA, SITUADA NO BAIRRO JACKELINE</t>
   </si>
   <si>
     <t>7895</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7895/indicacao_-_395-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7895/indicacao_-_395-2023.pdf</t>
   </si>
   <si>
     <t>CAPINA, LIMPEZA, VARRIÇÃO E RETIRADA DE ENTULHOS DAS RUAS DO BAIRRO JAMBEIRO</t>
   </si>
   <si>
     <t>7896</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7896/indicacao_-_396-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7896/indicacao_-_396-2023.pdf</t>
   </si>
   <si>
     <t>CAPINA, VARRIÇÃO, LIMPEZA E RETIRADA DE ENTULHOS DAS RUAS DO LOTEAMENTO JARDIM ELDORADO, SITUADO NO BAIRRO PEDRA D'ÁGUA</t>
   </si>
   <si>
     <t>7897</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7897/indicacao_-_397-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7897/indicacao_-_397-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA DO CRAVO, NO LOTEAMENTO JARDIM ELDORADO, NO BAIRRO PEDRA D'ÁGUA</t>
   </si>
   <si>
     <t>7912</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7912/indicacao_-_399-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7912/indicacao_-_399-2023.pdf</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE EMPRESA PARA DISPONIBILIZAR CONTAINERS PARA ATENDER GRATUITAMENTE À POPULAÇÃO MATEENSE.</t>
   </si>
   <si>
     <t>7913</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7913/indicacao_-_400-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7913/indicacao_-_400-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE 02 (DOIS) REDUTORES DE VELOCIDADE NA RUA CARVALHO, SITUADA NO BAIRRO JACKELINE (SENDO UM EM FRENTE À ESCOLA CASTELINHO ENCANTADO E OUTRO NO FINAL DA RUA)</t>
   </si>
   <si>
     <t>7914</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7914/indicacao_-_401-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7914/indicacao_-_401-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA PROJETADA, SITUADA NA COMUNIDADE KM 13, DISTRITO DE NESTOR GOMES (NAS PROXIMIDADES DA EPM MILITINO CARRAFA)</t>
   </si>
   <si>
     <t>7915</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7915/indicacao_-_402-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7915/indicacao_-_402-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PRAÇA SAUDÁVEL EM NESTOR GOMES - KM 41, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>7916</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7916/indicacao_-_403-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7916/indicacao_-_403-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA BELA VISTA (ATRÁS DA SECRETARIA MUNICIPAL DE OBRAS) NO BAIRRO IDEAL</t>
   </si>
   <si>
     <t>7918</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7918/indicacao_-_405-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7918/indicacao_-_405-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 107/2023, QUE DIZ RESPEITO A REVITALIZAÇÃO DA PRAÇA SITUADA NO BAIRRO JACKELINE</t>
   </si>
   <si>
     <t>7919</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7919/indicacao_-_406-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7919/indicacao_-_406-2023.pdf</t>
   </si>
   <si>
     <t>SISTEMA DE DRENAGEM PLUVIAL NA AVENIDA JOÃO NARDOTO, PRINCIPALMENTE NO ENTRONCAMENTO COM A RUA GENERAL OSÓRIO, QUE DÁ ACESSO AOS BAIRROS JACKELINE, COHAB, MORADA DO RIBEIRÃO, LOTEAMENTO JARDIM BONGOSTO E ADJACÊNCIAS</t>
   </si>
   <si>
     <t>7930</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7930/indicacao_-_413-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7930/indicacao_-_413-2023.pdf</t>
   </si>
   <si>
     <t>APLICAÇÃO DE POLÍMERO ESPECIAL NAS LADEIRAS E ESTRADAS DE NESTOR GOMES - KM 41, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>7931</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7931/indicacao_-_414-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7931/indicacao_-_414-2023.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DAS LÂMPADAS ATUAIS DOS POSTES DE ILUMINAÇÃO PÚBLICA, SITUADOS NAS RUAS E AVENIDAS, LOCALIZADAS EM NESTOR GOMES - KM 41, DISTRITO DE NESTOR GOMES, POR LÂMPADAS MAIS EFICIENTES (VAPOR DE SÓDIO/LED)</t>
   </si>
   <si>
     <t>7932</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7932/indicacao_-_415-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7932/indicacao_-_415-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA NOSSA SENHORA DA PENHA, LOCALIZADA NA COMUNIDADE DA PAULISTA</t>
   </si>
   <si>
     <t>7933</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7933/indicacao_-_416-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7933/indicacao_-_416-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA SANTA ROSA, LOCALIZADA NA COMUNIDADE PAULISTA</t>
   </si>
   <si>
     <t>7934</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7934/indicacao_-_417-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7934/indicacao_-_417-2023.pdf</t>
   </si>
   <si>
     <t>REVITALIZAÇÃO DA PRAÇA SITUADA NO BAIRRO MORADA DO RIBEIRÃO</t>
   </si>
   <si>
     <t>7935</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7935/indicacao_-_418-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7935/indicacao_-_418-2023.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO AO LONGO DA AVENIDA CRICARÉ, INCIANDO NA CAPTAÇÃO DE ÁGUA BRUTA DO SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO - SAAE, FINALIZANDO NO BAIRRO SANTA TERESA (PONTE), NO MUNICÍPIO DE SÃO MATEUS</t>
   </si>
   <si>
     <t>7936</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7936/indicacao_-_419-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7936/indicacao_-_419-2023.pdf</t>
   </si>
   <si>
     <t>TÉRMINO DA PAVIMENTAÇÃO DA RUA PADRE ÂNGELO COMPRI, LOCALIZADA NO LOTEAMENTO CAIÇARAS, BAIRRO SANTO ANTONIO</t>
   </si>
   <si>
     <t>7937</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7937/indicacao_-_420-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7937/indicacao_-_420-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 016/2023, QUE DIZ RESPEITO A PAVIMENTAÇÃO DA AVENIDA GILENO SANTOS, LOCALIZADA NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>7939</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7939/indicacao_-_422-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7939/indicacao_-_422-2023.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZAR BANHEIROS QUÍMICOS, NOS DIAS DE FUNCIONAMENTO DAS FEIRAS LIVRES DOS BAIRROS VILA NOVA E GURIRI</t>
   </si>
   <si>
     <t>7949</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7949/indicacao_-_429-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7949/indicacao_-_429-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE 02 (DOIS) REDUTORES DE VELOCIDADE (QUEBRA-MOLAS) NA AVENIDA JOÃO NARDOTO (SENDO NAS PROXIMIDADES DOS CRUZAMENTOS COM A RUA CARVALHO E COM A RUA ALMIR QUEIROZ), NAS IMEDIAÇÕES DO BAIRRO JACKELINE</t>
   </si>
   <si>
     <t>7952</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7952/indicacao_-_432-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7952/indicacao_-_432-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA BOM PASTOR, LOCALIZADA NO BAIRRO MORADA DO LAGO</t>
   </si>
   <si>
     <t>7954</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7954/indicacao_-_434-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7954/indicacao_-_434-2023.pdf</t>
   </si>
   <si>
     <t>PERFURAÇÃO DE POÇO TUBULAR PROFUNDO NA COMUNIDADE SÍTIO DA PONTA, DISTRITO DE NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>7955</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7955/indicacao_-_435-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7955/indicacao_-_435-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA PRINCESA ISABEL, LOCALIZADA NA COMUNIDADE SANTA MARIA, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>7956</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7956/indicacao_-_436-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7956/indicacao_-_436-2023.pdf</t>
   </si>
   <si>
     <t>REVITALIZAÇÃO DA PRAÇA DA COMUNIDADE ITAUNINHAS, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>7957</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7957/indicacao_-_437-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7957/indicacao_-_437-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA ÁLVARO LEAL CALMON (ANTIGA RUA 12), LOCALIZADA NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>7958</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7958/indicacao_-_438-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7958/indicacao_-_438-2023.pdf</t>
   </si>
   <si>
     <t>REPARO DA PAVIMENTAÇÃO DA AVENIDA JOÃO NARDOTO (TRECHO COMPREENDIDO ENTRE OS BAIRROS SERNAMBY E COHAB)</t>
   </si>
   <si>
     <t>7959</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7959/indicacao_-_439-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7959/indicacao_-_439-2023.pdf</t>
   </si>
   <si>
     <t>CAPINA, VARRIÇÃO, LIMPEZA E RETIRADA DE ENTULHOS DAS RUAS E AVENIDAS DO BAIRRO SERNAMBY</t>
   </si>
   <si>
     <t>7960</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7960/indicacao_-_440-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7960/indicacao_-_440-2023.pdf</t>
   </si>
   <si>
     <t>CAPINA, VARRIÇÃO, LIMPEZA E RETIRADA DE ENTULHOS DAS RUAS E AVENIDAS DO BAIRRO BOA VISTA</t>
   </si>
   <si>
     <t>7965</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7965/indicacao_-_443-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7965/indicacao_-_443-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DE UM TRECHO DE APROXIMADAMENTE 1KM (UM QUILÔMETRO) DE EXTENSÃO DA RODOVIA ES-315 (COMPREENDIDO ENTRE A EMPRESA COIMEX E O INÍCIO DO ASFALTO DA ESTRADA DE ACESSO À COMUNIDADE NATIVO DE BARRA NOVA)</t>
   </si>
   <si>
     <t>7966</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7966/indicacao_-_444-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7966/indicacao_-_444-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE REDUTOR DE VELOCIDADE (QUEBRA-MOLA) NA RUA GENERAL OSÓRIO (NAS IMEDIAÇÕES DA CASA DE RAÇÃO), NO BAIRRO SERNAMBY</t>
   </si>
   <si>
     <t>7969</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7969/indicacao_-_447-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7969/indicacao_-_447-2023.pdf</t>
   </si>
   <si>
     <t>MELHORIAS E MANUTENÇÃO NA ÁREA DE LAZER NO BAIRRO PEDRA D'ÁGUA</t>
   </si>
   <si>
     <t>7971</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7971/indicacao_-_449-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7971/indicacao_-_449-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA EUPHRÁSIO ROCHA, SITUADA NO BAIRRO BELA VISTA</t>
   </si>
   <si>
     <t>7972</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7972/indicacao_-_450-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7972/indicacao_-_450-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA DOMINGOS FELISMINO, SITUADA NO BAIRRO BELA VISTA</t>
   </si>
   <si>
     <t>7974</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7974/indicacao_-_452-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7974/indicacao_-_452-2023.pdf</t>
   </si>
   <si>
     <t>CAPINA, VARRIÇÃO, LIMPEZA E RETIRADA DE ENTULHOS DAS RUAS DA COMUNIDADE DE SANTA MARIA, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>7975</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7975/indicacao_-_453-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7975/indicacao_-_453-2023.pdf</t>
   </si>
   <si>
     <t>ABERTURA COM TERRAPLANAGEM E COMPACTAÇÃO COM ARGILA DA RUA CECÍLIA MEIRELES (ANTIGA RUA 21), NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>8000</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8000/indicacao_-_458-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8000/indicacao_-_458-2023.pdf</t>
   </si>
   <si>
     <t>CONCLUSÃO DA OBRA DO CÓRREGO DA BICA, SITUADO NA AVENIDA JOSÉ CLEMENTE SARTÓRIO, NOS BAIRROS CARAPINA E UNIVERSITÁRIO</t>
   </si>
   <si>
     <t>8002</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8002/indicacao_-_460-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8002/indicacao_-_460-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DAS RUAS PROJETADAS I E II SITUADAS EM NESTOR GOMES - KM 41, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>8003</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8003/indicacao_-_461-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8003/indicacao_-_461-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA GETÚLIO NASCIMENTO (ANTIGA RUA DA LOTERIA), LOCALIZADA EM NESTOR GOMES - KM 41, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>8004</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8004/indicacao_-_462-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8004/indicacao_-_462-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA AVENIDA PRINCIPAL DE ACESSO AO BAIRRO NOVA ERA</t>
   </si>
   <si>
     <t>8005</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8005/indicacao_-_463-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8005/indicacao_-_463-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA MARANHÃO, LOCALIZADA NO LOTEAMENTO CAIÇARAS, BAIRRO SANTO ANTÔNIO</t>
   </si>
   <si>
     <t>8006</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8006/indicacao_-_464-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8006/indicacao_-_464-2023.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DAS LÂMPADAS ATUAIS DE ILUMINAÇÃO PÚBLICA NAS RUAS DA COMUNIDADE NOVA LIMA, DISTRITO DE ITAUNINHAS, POR LÂMPADAS DE LED, MAIS EFICIENTES EM LUMINOSIDADE E CUSTO</t>
   </si>
   <si>
     <t>8007</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8007/indicacao_-_465-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8007/indicacao_-_465-2023.pdf</t>
   </si>
   <si>
     <t>8010</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8010/indicacao_-_468-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8010/indicacao_-_468-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA BEIJA FLOR (ANTIGA RUA 37), LADO NORTE, NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>8011</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8011/indicacao_-_469-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8011/indicacao_-_469-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA NACIFE ALHAKIM RIBEIRO, CONHECIDA COMO ANTIGA 9ª (NONA) AVENIDA, LOCALIZADA ENTRE AS RUAS 8 E 9, LADO NORTE, NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>8019</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8019/indicacao_-_475-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8019/indicacao_-_475-2023.pdf</t>
   </si>
   <si>
     <t>8020</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8020/indicacao_-_476-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8020/indicacao_-_476-2023.pdf</t>
   </si>
   <si>
     <t>CAPINA, VARRIÇÃO, LIMPEZA E RETIRADA DE ENTULHOS DAS RUAS E AVENIDAS DA COMUNIDADE SANTA MARIA, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>8102</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>ISAMARA DA FARMÁCIA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8102/indicacao_-_477-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8102/indicacao_-_477-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE REDUTOR DE VELOCIDADE (QUEBRA-MOLA) NA RUA ÁUREO GÉLIO OLIVEIRA NEVES, NO BAIRRO SANTO ANTÔNIO, APÓS O CANTEIRO DE MANILHAS DE CONCRETO</t>
   </si>
   <si>
     <t>8021</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8021/indicacao_-_479-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8021/indicacao_-_479-2023.pdf</t>
   </si>
   <si>
     <t>REPARO DA PAVIMENTAÇÃO DA RUA 14, LOCALIZADA NO BAIRRO COHAB</t>
   </si>
   <si>
     <t>8022</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8022/indicacao_-_480-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8022/indicacao_-_480-2023.pdf</t>
   </si>
   <si>
     <t>REPARO DA PAVIMENTAÇÃO DA RUA 02, LOCALIZADA NO BAIRRO COHAB</t>
   </si>
   <si>
     <t>8024</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8024/indicacao_-_482-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8024/indicacao_-_482-2023.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A ELABORAÇÃO DE CRONOGRAMA PARA REALIZAÇÃO DOS SERVIÇOS DE RECUPERAÇÃO DAS ESTRADAS SITUADAS NAS COMUNIDADES DA REGIÃO DOS QUILÔMETROS, PRINCIPALMENTE NO PERÍODO QUE ANTECEDE AS COLHEITAS</t>
   </si>
   <si>
     <t>8025</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8025/indicacao_-_483-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8025/indicacao_-_483-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA ORESTES BIGOSSI (ANTIGA RUA 23), LOCALIZADA NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>8026</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8026/indicacao_-_484-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8026/indicacao_-_484-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA OSWALDO MANOEL PIMENTA RAMOS (ANTIGA RUA 24), SITUADA NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>8033</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8033/indicacao_-_491-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8033/indicacao_-_491-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 166/2023, QUE DIZ RESPEITO A PAVIMENTAÇÃO DA RUA PROFESSOR AMARO NASCIMENTO MENDES, LADO SUL, TRECHO COMPREENDIDO ENTRE AS RUAS COLATINA E MUCURICI, NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>8035</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8035/indicacao_-_493-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8035/indicacao_-_493-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 011/2023, QUE DIZ RESPEITO AO CALÇAMENTO DA RUA ANTÔNIO MOREIRA SOBRINHO, NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>8036</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8036/indicacao_-_494-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8036/indicacao_-_494-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 069/2023, QUE DIZ RESPEITO AO CALÇAMENTO DA RUA JOSÉ DE ALENCAR, SITUADA NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>8104</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8104/indicacao_-_496-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8104/indicacao_-_496-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE 02 (DOIS) REDUTORES DE VELOCIDADE (QUEBRAS-MOLAS) NA AVENIDA JOÃO BATISTA CRESPO, NO BAIRRO SANTO ANTÔNIO, EM FRENTE A EMEF "DORA ARNIZAUT SILVARES - CAIC"</t>
   </si>
   <si>
     <t>8039</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8039/indicacao_-_498-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8039/indicacao_-_498-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA MARIA CALIXTO CONCEIÇÃO, SITUADA NO BAIRRO BONSUCESSO</t>
   </si>
   <si>
     <t>8105</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>PAULO FUNDÃO, ISAMARA DA FARMÁCIA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8105/indicacao_-_499-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8105/indicacao_-_499-2023.pdf</t>
   </si>
   <si>
     <t>REITERA AS INDICAÇÕES Nºs 369/2023 E 351/2023, QUE DIZ RESPEITO A REALIZAÇÃO DE "TAPA BURACO" E SINALIZAÇÃO COM PINTURA DE FAIXAS, DEFINIÇÃO DE ESTACIONAMENTO E CICLOVIA, NA AVENIDA DOM JOSÉ DALVIT, NO TRECHO COMPREENDIDO ENTRE A LATERIAL DA RODOVIA BR 101, NO BAIRRO SANTO ANTÔNIO, ATÉ O PONTO FINAL DO BAIRRO AROEIRA</t>
   </si>
   <si>
     <t>8041</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8041/indicacao_-_501-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8041/indicacao_-_501-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE ABRIGO NO PONTO DE ÔNIBUS LOCALIZADO NA AVENIDA CRICARÉ, NO BAIRRO BEIRA RIO (PRÓXIMO A UNIDADE BÁSICA DE SAÚDE E A IGREJA MARANATA)</t>
   </si>
   <si>
     <t>8042</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8042/indicacao_-_502-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8042/indicacao_-_502-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 316/2023, QUE DIZ RESPEITO À PAVIMENTAÇÃO DA RUA ALBINO NEGRIS (ANTIGA RUA 6), LADO SUL, NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>8045</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8045/indicacao_-_504-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8045/indicacao_-_504-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA CLEMENTE SARTÓRIO, LOCALIZADA NO BAIRRO JACKELINE</t>
   </si>
   <si>
     <t>8048</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8048/indicacao_-_507-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8048/indicacao_-_507-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DAS RUAS E AVENIDAS DA COMUNIDADE DO KM 44, NO DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>8049</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8049/indicacao_-_508-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8049/indicacao_-_508-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA AVENIDA ADÉLIA STORK SCHULZ, SITUADA EM NETOR GOMES, KM 41, NO DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>8051</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8051/indicacao_-_510-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8051/indicacao_-_510-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 217/2023, QUE DIZ RESPEITO A PERFURAÇÃO DE POÇO TUBULAR PROFUNDO, TIPO ARTESIANO, NA COMUNIDADE PAULISTA</t>
   </si>
   <si>
     <t>8107</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8107/indicacao_-_513-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8107/indicacao_-_513-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA ANTENOR FRANÇA, LOCALIZADA NO BAIRRO CAIÇARAS</t>
   </si>
   <si>
     <t>8108</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8108/indicacao_-_514-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8108/indicacao_-_514-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA PORTUGAL, LOCALIZADA NO BAIRRO NOVO HORIZONTE</t>
   </si>
   <si>
     <t>8055</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8055/indicacao_-_515-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8055/indicacao_-_515-2023.pdf</t>
   </si>
   <si>
     <t>REPARO DA PAVIMENTAÇÃO DA RUA 08, LOCALIZADA NO BAIRRO COHAB</t>
   </si>
   <si>
     <t>8056</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8056/indicacao_-_516-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8056/indicacao_-_516-2023.pdf</t>
   </si>
   <si>
     <t>REPARO DA PAVIMENTAÇÃO DA RUA 10, LOCALIZADA  NO BAIRRO COHAB</t>
   </si>
   <si>
     <t>8057</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8057/indicacao_-_517-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8057/indicacao_-_517-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE 02 (DOIS) REDUTORES DE VELOCIDADE NA AVENIDA OSVALDO MARTINIANO DE OLIVEIRA, NA LOCALIDADE DE MARIRICU (SENDO UM NAS IMEDIAÇÕES DO MINIMERCADO E OUTRO NAS PROXIMIDADDES DA CHÁCARA RECANTO VERDE)</t>
   </si>
   <si>
     <t>8062</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8062/indicacao_-_519-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8062/indicacao_-_519-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA PROJETADA, SITUADA NA LOCALIDADE SANTA LUZIA, COMUNIDADE PALMITINHO II, DISTRITO DE NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>8070</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8070/indicacao_-_527-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8070/indicacao_-_527-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 312/2023, QUE DIZ RESPEITO A APLICAÇÃO DE REVSOL NA LADEIRA CONHECIDA POR "MORRO DO NAZÁRIO", LOCALIZADA NA COMUNIDADE CHIADO, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>8071</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8071/indicacao_-_528-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8071/indicacao_-_528-2023.pdf</t>
   </si>
   <si>
     <t>APLICAÇÃO DE REVSOL NA ESTRADA DA COMUNIDADE NOVA LIMA QUE LIGA À RODOVIA ES-418, NO DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>8109</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8109/indicacao_-_529-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8109/indicacao_-_529-2023.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO INICIANDO NA RUA COPA 70, LOCALIZADA NO BAIRRO SANTO ANTÔNIO, COM TÉRMINO NA RUA SÃO JOÃO, NO BAIRRO SÃO PEDRO</t>
   </si>
   <si>
     <t>8110</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8110/indicacao_-_530-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8110/indicacao_-_530-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA MINAS GERAIS, LOCALIZADA NO BAIRRO CAIÇARAS</t>
   </si>
   <si>
     <t>8072</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8072/indicacao_-_531-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8072/indicacao_-_531-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 479/2023, QUE DIZ RESPEITO AO REPARO DA PAVIMENTAÇÃO DA RUA 14, LOCALIZADA NO BAIRRO COHAB</t>
   </si>
   <si>
     <t>8073</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8073/indicacao_-_532-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8073/indicacao_-_532-2023.pdf</t>
   </si>
   <si>
     <t>REPARO DA PAVIMENTAÇÃO DA AVENIDA NERIN JOSÉ NERY, LOCALIZADA NO BAIRRO COHAB (TRECHO COMPREENDIDO ENTRE AS RUAS 22 À 32)</t>
   </si>
   <si>
     <t>8094</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8094/indicacao_-_536-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8094/indicacao_-_536-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 150/2023, QUE DIZ RESPEITO À LIMPEZA DO VALÃO INICIANDO NO FINAL DA RUA HÉLIO ORLANDI, NO BAIRRO SERNAMBY, PASSANDO PELO BAIRRO IDEAL, ATÉ O BAIRRO PEDRA D'ÁGUA</t>
   </si>
   <si>
     <t>8095</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8095/indicacao_-_537-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8095/indicacao_-_537-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO DE Nº 041/2023, QUE DIZ RESPEITO AO REPARO E PINTURA DOS MEIOS-FIOS, BEM COMO CAPINA, LIMPEZA E VARRIÇÃO DAS RUAS E AVENIDAS LOCALIZADAS NO TRECHO COMPREENDIDO ENTRE OS BAIRROS AVIAÇÃO E CENTRO DA CIDADE</t>
   </si>
   <si>
     <t>8111</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8111/indicacao_-_542-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8111/indicacao_-_542-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA SANTA CATARINA, LOCALIZADA NO BAIRRO CAIÇARAS</t>
   </si>
   <si>
     <t>8112</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8112/indicacao_-_543-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8112/indicacao_-_543-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA SÃO RAFAEL, LOCALIZADA NO BAIRRO MORADA DO LAGO</t>
   </si>
   <si>
     <t>8101</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>PAULO FUNDÃO, CARLINHO SIMIÃO</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8101/indicacao_-_545-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8101/indicacao_-_545-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 074/2023, PARA QUE SEJAM TOMADAS MEDIDAS EMERGENCIAIS, PARA GARANTIR A LIMPEZA E MANUTENÇÃO DAS RUAS DO MUNICÍPIO DE SÃO MATEUS</t>
   </si>
   <si>
     <t>8138</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8138/indicacao_-_553-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8138/indicacao_-_553-2023.pdf</t>
   </si>
   <si>
     <t>REPARO DO CALÇAMENTO DAS RUAS HERONDINO BARBOSA, PEDRO DOS SANTOS ALVES (ANTIGA ROTARY CLUB) E MANOEL PESSANHA, LOCALIZADAS NO BAIRRO BOA VISTA, QUE FORAM DANIFICADAS EM FUNÇÃO DE SERVIÇOS DE ESCAVAÇÃO REALIZADOS PELO SAAE</t>
   </si>
   <si>
     <t>8143</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8143/indicacao_-_558-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8143/indicacao_-_558-2023.pdf</t>
   </si>
   <si>
     <t>TÉRMINO DO CALÇAMENTO DA AVENIDA DO CONTORNO, LOCALIZADA NO LOTEAMENTO CAIÇARAS, NO BAIRRO SANTO ANTÔNIO</t>
   </si>
   <si>
     <t>8145</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8145/indicacao_-_560-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8145/indicacao_-_560-2023.pdf</t>
   </si>
   <si>
     <t>AFIXAÇÃO DE GUARDA-CORPOS NAS LATERAIS DA PONTE, LOCALIZADA EM VILA NOVA AYMORÉS - KM 35, DISTRITO DE NESTOR GOMES, MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>8147</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8147/indicacao_-_562-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8147/indicacao_-_562-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA EDITH LAURA MOREIRA D'ALMEIDA (ANTIGA RUA 18), LADO SUL, NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>8148</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8148/indicacao_-_563-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8148/indicacao_-_563-2023.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE REDUTOR DE VELOCIDADE (QUEBRA-MOLA) NA RUA SÃO DANIEL COMBONI, LADO SUL, NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>8154</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8154/indicacao_-_567-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8154/indicacao_-_567-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA PROJETADA, LOCALIZADA EM NESTOR GOMES - KM 41, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>8156</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8156/indicacao_-_569-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8156/indicacao_-_569-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA AVENIDA AYRTON SENNA, LOCALIZADA NO BAIRRO BONSUCCESSO II</t>
   </si>
   <si>
     <t>8157</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8157/indicacao_-_570-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8157/indicacao_-_570-2023.pdf</t>
   </si>
   <si>
     <t>REPARO DA PAVIMENTAÇÃO DA AVENIDA DOS YPÊS, LOCALIZDA NO LOTEAMENTO PARQUE DAS BRISAS, NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>8163</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8163/indicacao_-_576-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8163/indicacao_-_576-2023.pdf</t>
   </si>
   <si>
     <t>ESGOTAMENTO E ATERRO DA FOSSA SÉPTICA DA EMEF RIO PRETO, SITUADA NA COMUNIDADE RIO PRETO, BAIRRO PEDRA D'ÁGUA, BEM COMO CONSTRUÇÃO DE NOVA FOSSA</t>
   </si>
   <si>
     <t>8170</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8170/indicacao_-_581-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8170/indicacao_-_581-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA SÃO GABRIEL, LADO SUL, NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>8171</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8171/indicacao_-_582-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8171/indicacao_-_582-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO, COM BLOQUETES, DA RUA ANTONIO CUNHA FILHO (ANTIGA RUA 30), LADO NORTE, NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>8174</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8174/indicacao_-_585-2023_-_gilton_gomes.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8174/indicacao_-_585-2023_-_gilton_gomes.pdf</t>
   </si>
   <si>
     <t>8175</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8175/indicacao_-_586-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8175/indicacao_-_586-2023.pdf</t>
   </si>
   <si>
     <t>LIMPEZA E RECAPEAMENTO ASFÁLTICO DA AVENIDA VITÓRIA, LOCALIZADA NO BAIRRO VILA NOVA</t>
   </si>
   <si>
     <t>8178</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8178/indicacao_-_589-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8178/indicacao_-_589-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 422/2023, QUE DIZ RESPEITO A DISPONIBILIZAÇÃO DE BANHEIROS QUÍMICOS, NOS DIAS DE FUNCIONAMENTO DAS FEIRAS LIVRES DOS BAIRROS VILA NOVA E GURIRI</t>
   </si>
   <si>
     <t>8179</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8179/indicacao_-_590-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8179/indicacao_-_590-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 086/2023, QUE DIZ RESPEITO À REFORMA GERAL DO MERCADO MUNICIPAL SITUADO NO CENTRO DA CIDADE</t>
   </si>
   <si>
     <t>8186</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>ADECI DE SENA, CIETY CERQUEIRA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8186/indicacao_-_594-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8186/indicacao_-_594-2023.pdf</t>
   </si>
   <si>
     <t>RECUPERAÇÃO DA LADEIRA COM ENCASCALHAMENTO, BEM COMO ABERTURA DAS LATERAIS DA ESTRADA DA COMUNIDADE KM 23, QUE DÁ ACESSO À COMUNIDADE BEIRA RIO, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>8187</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8187/indicacao_-_595-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8187/indicacao_-_595-2023.pdf</t>
   </si>
   <si>
     <t>TERRAPLANAGEM E COMPACTÇÃO COM ARGILA NA ESTRADA QUE DÁ ACESSO A COMUNIDADE BEIRA RIO (SENTIDO A COMUNIDADE ARURAL, EM DIREÇÃO A COMUNIDADE MATA SEDE) NA SAÍDA DO KM 35, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>8188</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8188/indicacao_-_596-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8188/indicacao_-_596-2023.pdf</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE HORAS DE MÁQUINAS (PATROL, ESCAVADEIRA POKLAIN, RETROESCAVADEIRA E TRATOR COM IMPLEMENTOS AGRÍCOLAS) PARA ATENDER OS PEQUENOS PRODUTORES DA REGIÃO DE SANTA MARIA, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>8189</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8189/indicacao_-_597-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8189/indicacao_-_597-2023.pdf</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE HORAS DE MÁQUINAS (PATROL, ESCAVAEIRA POKLAIN, RETROESCAVAEIRA E TRATOR COM IMPLEMENTOS AGRÍCOLAS) PARA ATENDER OS PEQUENOS PRODUTORES DA REGIÃO DE NATIVO DE BARRA NOVA, DISTRITO DE NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>8193</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8193/indicacao_-_601-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8193/indicacao_-_601-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 434/2023, QUE DIZ RESPEITO A PERFURAÇÃO DE POÇO TUBULAR PROFUNDO, TIPO ARTESIANO, NA COMUNIDADE SÍTIO DA PONTA, DISTRITO DE NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>8195</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8195/indicacao_-_603-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8195/indicacao_-_603-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO DE Nº 435/2023, QUE DIZ RESPEITO À PAVIMENTAÇÃO DA RUA PRINCESA ISABEL, LOCALIZADA NA COMUNIDADE SANTA MARIA, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>8200</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8200/indicacao_-_608-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8200/indicacao_-_608-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CAPELA MORTUÁRIA NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>8207</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8207/indicacao_-_612-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8207/indicacao_-_612-2023.pdf</t>
   </si>
   <si>
     <t>8211</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8211/indicacao_-_616-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8211/indicacao_-_616-2023.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE CANHÕES DE NÉVOA SUPRESSORES DE POEIRA, NAS OBRAS, PRINCIPALMENTE NA OBRA DA LADEIRA MANOEL CARDOSO LIMA, LOCALIZADA NO BAIRRO CRICARÉ</t>
   </si>
   <si>
     <t>8323</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8323/indicacao_-_621-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8323/indicacao_-_621-2023.pdf</t>
   </si>
   <si>
     <t>TERRAPLANAGEM E COMPACTAÇÃO COM APLICAÇÃO DE REVSOL NA ESTRADA PRINCIPAL DA COMUNIDADE PIQUI, DISTRITO DE NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>8324</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8324/indicacao_-_622-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8324/indicacao_-_622-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE 02 (DOIS) REDUTORES DE VELOCIDADE (QUEBRA-MOLAS) NA RUA CACHOEIRA DO CRAVO, SITUADA EM  NESTOR GOMES - KM 41, DISTRITO DE NESTOR GOMES (SENDO UM NAS IMEDIAÇÕES DA RESIDÊNCIA DA SRA. SOLANGE BELUCIO E OUTRO EM FRENTE À UNIDADE BÁSICA DE SAÚDE)</t>
   </si>
   <si>
     <t>8325</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8325/indicacao_-_623-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8325/indicacao_-_623-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE 02 (DOIS) REDUTORES DE VELOCIDADE (QUEBRA-MOLAS) EM NESTOR GOMES - KM 41, DISTRITO DE NESTOR GOMES SENDO UM NA RUA EVARISTO SOSSAI (EM FRENTE AO CEIM CRIANÇA FELIZ) E OUTRO NA RUA CAETANO ZANELATO (EM FRENTE À QUADRA POLIESPORTIVA)</t>
   </si>
   <si>
     <t>8326</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8326/indicacao_-_624-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8326/indicacao_-_624-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO DE Nº 462/2023, QUE DIZ RESPEITO À PAVIMENTAÇÃO DA AVENIDA PRINCIPAL DE ACESSO AO BAIRRO NOVA ERA</t>
   </si>
   <si>
     <t>8327</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8327/indicacao_-_625-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8327/indicacao_-_625-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE ABRIGO NO PONTO DE ÔNIBUS LOCALIZADO NA ENTRADA DA COMUNIDADE DIVINO ESPÍRITO SANTO (ÀS MARGENS DA RODOVIA BR 101), DISTRITO DE NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>8328</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8328/indicacao_-_626-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8328/indicacao_-_626-2023.pdf</t>
   </si>
   <si>
     <t>LIMPEZA GERAL DAS RUAS E AVENIDAS SITUADAS EM TORNO DO MERCADO MUNICIPAL, NO CENTRO DA CIDADE (SENDO: RUAS CORONEL MATEUS CUNHA E BELMIRO BRAVIM, E AVENIDAS MATEUS CUNHA FUNDÃO E JONES DOS SANTOS NEVES), BEM COMO PINTURA DAS FAIXAS DE PEDESTRE</t>
   </si>
   <si>
     <t>8331</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8331/indicacao_-_629-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8331/indicacao_-_629-2023.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA LOUCY CARVALHO, SITUADA NO BAIRRO BELA VISTA</t>
   </si>
   <si>
     <t>8332</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8332/indicacao_-_630-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8332/indicacao_-_630-2023.pdf</t>
   </si>
   <si>
     <t>8334</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8334/indicacao_-_632-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8334/indicacao_-_632-2023.pdf</t>
   </si>
   <si>
     <t>REALIZAR, COM URGÊNCIA, A LIMPEZA GERAL DAS RUAS E AVENIDAS DE GURIRI</t>
   </si>
   <si>
     <t>8336</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8336/indicacao_-_634-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8336/indicacao_-_634-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA JOÃO MAFRA ARAÚJO (PRÓXIMO AO CERMONIAL VIVERI), LADO NORTE, NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>8337</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8337/indicacao_-_635-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8337/indicacao_-_635-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA JAMIL ALHAKIM (ANTIGA RUA 20), LADO SUL, NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>8343</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8343/indicacao_-_636-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8343/indicacao_-_636-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE BANHEIRO PÚBLICO EM POSTOS ESPECÍFICOS AO LONGO DA AVENIDA OCEANO ATLÂNTICO, NO BAIRRO GURIRI, PARA ATENDER OS FREQUENTADORES DO BALNEÁRIO</t>
   </si>
   <si>
     <t>8344</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8344/indicacao_-_637-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8344/indicacao_-_637-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE BANHEIROS PÚBLICOS COM INSTALAÇÕES DE CHUVEIROS EM PONTOS ESPECÍFICOS AO LONGO DO BALNEÁRIO, NAS COMUNIDADES DE BARRA NOVA SUL/NORTE, CAMPO GRANDE E URUSSUQUARA, EM DISTRITO DE NATIVO DE BARRA NOVA, PARA ATENDER OS FREQUENTADORES</t>
   </si>
   <si>
     <t>8345</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8345/indicacao_-_638-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8345/indicacao_-_638-2023.pdf</t>
   </si>
   <si>
     <t>8347</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8347/indicacao_-_640-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8347/indicacao_-_640-2023.pdf</t>
   </si>
   <si>
     <t>REBAIXAMENTO DE PEQUENOS DECLIVES NO MORRO SITUADO NA COMUNIDADE BEIRA RIO, LOCALIZADA NO DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>8350</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8350/indicacao_-_643-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8350/indicacao_-_643-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE ESCADARIAS ENTRE AS RUAS B E J, ONDE FICA SITUADO O VALÃO, NO BAIRRO SEAC, PARA QUE OS ALUNOS TENHAM ACESSO À ESCOLA</t>
   </si>
   <si>
     <t>8367</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8367/indicacao_-_655-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8367/indicacao_-_655-2023.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE 20 MANILHAS (APROXIMADAMENTE 100 CM) NO ATERRO LOCALIZADO NA COMUNIDADE BEIRA RIO, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>8369</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8369/indicacao_-_657-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8369/indicacao_-_657-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE REDUTOR DE VELOCIDADE (QUEBRA-MOLA) SITUADO NA RODOVIA BR 101, KM 68, EM FRENTE AO ACESSO DO BAIRRO RODOCON</t>
   </si>
   <si>
     <t>8371</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8371/indicacao_-_659-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8371/indicacao_-_659-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA ARISTEU GONÇALVES, SITUADA NO BAIRRO BELA VISTA</t>
   </si>
   <si>
     <t>8372</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8372/indicacao_-_660-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8372/indicacao_-_660-2023.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA OTTO ALVES FAMÍLIA, SITUADA NO BAIRRO BELA VISTA</t>
   </si>
   <si>
     <t>8373</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8373/indicacao_-_661-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8373/indicacao_-_661-2023.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE UMA "BOCA DE LOBO" NA RUA DOS ALECRINS (ESQUINA COM A RUA DAS SERINGUEIRAS) LOCALIZADA NO LOTEAMENTO PARQUE DAS BRISAS, NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>8381</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8381/indicacao_-_667-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8381/indicacao_-_667-2023.pdf</t>
   </si>
   <si>
     <t>AUMENTO DOS TRÊS (03) REDUTORES E VELOCIDADE (QUEBRA-MOLAS) LOCALIZADOS AO LONGO DA RUA DA LIBERDADE (EM FRENTE AO ANTIGO MATEENSE), NO BAIRRO SERNAMBY</t>
   </si>
   <si>
     <t>8382</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8382/indicacao_-_668-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8382/indicacao_-_668-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE REDUTOR DE VELOCIDADDE (QUEBRA-MOLAS) NO FINAL DA RUA DR. ADEMAR DE OLIVEIRA NEVES, NO BAIRRO SERNAMBY (PRÓXIMO AO CRUZAMENTO COM A RUA DA LIBERDADE)</t>
   </si>
   <si>
     <t>8387</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8387/indicacao_-_673-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8387/indicacao_-_673-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 380/2023, QUE DIZ RESPEITO A CONSTRUÇÃO DE REDUTOR DE VELOCIDADE (QUEBRA-MOLA) NA RUA JOAQUIM MOREIRA, SITUADA NA COMUNIDADE NOVA LIMA, DISTRITO DE ITAUNINHAS (NAS IMEDIAÇÕES DA RESIDÊNCIA DO SR. AURINHO)</t>
   </si>
   <si>
     <t>8388</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8388/indicacao_-_674-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8388/indicacao_-_674-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 381/2023, CONSTRUÇÃO DE REDUTOR DE VELOCIDADE (QUEBRA-MOLA) NA RUA MARIA BRANCO DOS SANTOS, SITUADA NA COMUNIDADE NOVA LIMA, DISTRITO DE ITAUNINHAS (NAS IMEDIAÇÕES DA RESIDÊNCIA DA SRA. MARIZA)</t>
   </si>
   <si>
     <t>8389</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8389/indicacao_-_675-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8389/indicacao_-_675-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CANTEIRO CENTRAL NA AVENIDA JOÃO BATISTA CRESPO ENTRE AS RUAS PLUTÃO E VÊNUS, SITUADA NO BAIRRO VITÓRIA</t>
   </si>
   <si>
     <t>8392</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8392/indicacao_-_678-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8392/indicacao_-_678-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 106/2023, QUE DIZ RESPEITO AO RECAPEAMENTO ASFÁLTICO DA AVENIDA AMOCIM LEITE (TRECHO COMPREENDIDO ENTRE O BAIRRO CHÁCARA DO CRICARÉ - INOCOOP ATÉ A RODOVIA OTHOVARINO DUARTE SANTOS) QUE INTERCEPTA O BAIRRO PEDRA D'ÁGUA</t>
   </si>
   <si>
     <t>8393</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8393/indicacao_-_679-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8393/indicacao_-_679-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE REDUTOR DE VELOCIDADE (QUEBRA-MOLAS) EM FRENTE A "EPM ALICE MOREIRA MACHADO", LOCALIZADA NA COMUNIDADE BARRA NOVA NORTE, DISTRITO DO NATIVO DE BARRA NOVA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4062,67 +4062,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7423/indicacao_-_002-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7424/indicacao_-_003-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7425/indicacao_-_004-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7432/indicacao_-_011-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7433/indicacao_-_012-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7436/indicacao_-_015-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7437/indicacao_-_016-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7438/indicacao_-_017-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7439/indicacao_-_018-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7442/indicacao_-_021-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7443/indicacao_-_022-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7457/indicacao_-_030-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7459/indicacao_-_032-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7460/indicacao_-_033-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7462/indicacao_-_035-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7463/indicacao_-_036-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7464/indicacao_-_037-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7465/indicacao_-_038-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7758/indicacao_-_039-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7759/indicacao_-_040-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7660/indicacao_-_041-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7661/indicacao_-_042-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7665/indicacao_-_046-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7671/indicacao_-_052-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7672/indicacao_-_053-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7673/indicacao_-_054-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7674/indicacao_-_055-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7676/indicacao_-_057-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7677/indicacao_-_058-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7678/indicacao_-_059-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7760/indicacao_-_060-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7679/indicacao_-_062-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7680/indicacao_-_063-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7685/indicacao_-_068-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7686/indicacao_-_069-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7688/indicacao_-_071-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7689/indicacao_-_072-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7690/indicacao_-_073-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7692/indicacao_-_075-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7693/indicacao_-_076-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7694/indicacao_-_077-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7697/indicacao_-_080-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7698/indicacao_-_081-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7699/indicacao_-_082-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7703/indicacao_-_086-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7706/indicacao_-_089-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7707/indicacao_-_090-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7708/indicacao_-_091-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7709/indicacao_-_092-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7710/indicacao_-_093-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7712/indicacao_-_095-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7718/indicacao_-_101-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7719/indicacao_-_102-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7721/indicacao_-_104-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7723/indicacao_-_106-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7726/indicacao_-_109-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7727/indicacao_-_110-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7728/indicacao_-_111-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7729/indicacao_-_112-2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7733/indicacao_-_116-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7734/indicacao_-_117-2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7735/indicacao_-_118-2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7736/indicacao_-_119-2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7737/indicacao_-_120-2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7739/indicacao_-_122-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7742/indicacao_-_125-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7743/indicacao_-_126-2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7744/indicacao_-_127-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7745/indicacao_-_128-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7746/indicacao_-_129-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7487/indicacao_-_134-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7490/indicacao_-_137-2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7492/indicacao_-_139-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7494/indicacao_-_141-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7495/indicacao_-_142-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7497/indicacao_-_144-2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7503/indicacao_-_150-2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7505/indicacao_-_152-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7507/indicacao_-_154-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7508/indicacao_-_155-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7509/indicacao_-_156-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7526/indicacao_-_164-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7528/indicacao_-_166-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7529/indicacao_-_167-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7531/indicacao_-_169-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7572/indicacao_-_198-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7545/indicacao_-_207-2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7547/indicacao_-_209-2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7576/indicacao_-_210-2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7578/indicacao_-_212-2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7583/indicacao_-_217-2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7584/indicacao_-_218-2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7586/indicacao_-_220-2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7588/indicacao_-_222-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7589/indicacao_-_223-2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7590/indicacao_-_224-2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7596/indicacao_-_229-2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7597/indicacao_-_230-2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7603/indicacao_-_236-2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7607/indicacao_-_238-2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7608/indicacao_-_239-2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7618/indicacao_-_249-2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7620/indicacao_-_251-2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7622/indicacao_-_253-2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7625/indicacao_-_256-2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7626/indicacao_-_257-2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7627/indicacao_-_258-2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7628/indicacao_-_259-2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7630/indicacao_-_261-2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7631/indicacao_-_262-2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7632/indicacao_-_263-2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7641/indicacao_-_265-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7644/indicacao_-_268-2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7649/indicacao_-_273-2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7650/indicacao_-_274-2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7653/indicacao_-_277-2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7655/indicacao_-_279-2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7768/indicacao_-_289-2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7770/indicacao_-_291-2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7771/indicacao_-_292-2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7778/indicacao_-_299-2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7789/indicacao_-_304-2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7791/indicacao_-_306-2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7792/indicacao_-_307-2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7793/indicacao_-_308-2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7796/indicacao_-_311-2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7797/indicacao_-_312-2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7798/indicacao_-_313-2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7800/indicacao_-_315-2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7801/indicacao_-_316-2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7807/indicacao_-_319-2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7809/indicacao_-_321-2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7810/indicacao_-_322-2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7815/indicacao_-_327-2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7816/indicacao_-_328-2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7817/indicacao_-_329-2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7818/indicacao_-_330-2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7819/indicacao_-_331-2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7820/indicacao_-_332-2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7823/indicacao_-_334-2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7824/indicacao_-_335-2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7825/indicacao_-_336-2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7826/indicacao_-_337-2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7832/indicacao_-_343-2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7837/indicacao_-_348-2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7838/indicacao_-_349-2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7839/indicacao_-_350-2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7840/indicacao_-_351-2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7841/indicacao_-_352-2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7842/indicacao_-_353-2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7853/indicacao_-_361-2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7858/indicacao_-_366-2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7860/indicacao_-_368-2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7861/indicacao_-_369-2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7862/indicacao_-_370-2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7863/indicacao_-_371-2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7867/indicacao_-_373-2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7868/indicacao_-_374-2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7869/indicacao_-_375-2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7872/indicacao_-_378-2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7874/indicacao_-_380-2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7875/indicacao_-_381-2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7876/indicacao_-_382-2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7877/indicacao_-_383-2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7878/indicacao_-_384-2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7887/indicacao_-_387-2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7891/indicacao_-_391-2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7892/indicacao_-_392-2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7893/indicacao_-_393-2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7894/indicacao_-_394-2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7895/indicacao_-_395-2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7896/indicacao_-_396-2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7897/indicacao_-_397-2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7912/indicacao_-_399-2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7913/indicacao_-_400-2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7914/indicacao_-_401-2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7915/indicacao_-_402-2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7916/indicacao_-_403-2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7918/indicacao_-_405-2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7919/indicacao_-_406-2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7930/indicacao_-_413-2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7931/indicacao_-_414-2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7932/indicacao_-_415-2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7933/indicacao_-_416-2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7934/indicacao_-_417-2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7935/indicacao_-_418-2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7936/indicacao_-_419-2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7937/indicacao_-_420-2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7939/indicacao_-_422-2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7949/indicacao_-_429-2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7952/indicacao_-_432-2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7954/indicacao_-_434-2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7955/indicacao_-_435-2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7956/indicacao_-_436-2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7957/indicacao_-_437-2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7958/indicacao_-_438-2023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7959/indicacao_-_439-2023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7960/indicacao_-_440-2023.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7965/indicacao_-_443-2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7966/indicacao_-_444-2023.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7969/indicacao_-_447-2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7971/indicacao_-_449-2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7972/indicacao_-_450-2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7974/indicacao_-_452-2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7975/indicacao_-_453-2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8000/indicacao_-_458-2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8002/indicacao_-_460-2023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8003/indicacao_-_461-2023.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8004/indicacao_-_462-2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8005/indicacao_-_463-2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8006/indicacao_-_464-2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8007/indicacao_-_465-2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8010/indicacao_-_468-2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8011/indicacao_-_469-2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8019/indicacao_-_475-2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8020/indicacao_-_476-2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8102/indicacao_-_477-2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8021/indicacao_-_479-2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8022/indicacao_-_480-2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8024/indicacao_-_482-2023.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8025/indicacao_-_483-2023.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8026/indicacao_-_484-2023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8033/indicacao_-_491-2023.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8035/indicacao_-_493-2023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8036/indicacao_-_494-2023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8104/indicacao_-_496-2023.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8039/indicacao_-_498-2023.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8105/indicacao_-_499-2023.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8041/indicacao_-_501-2023.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8042/indicacao_-_502-2023.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8045/indicacao_-_504-2023.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8048/indicacao_-_507-2023.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8049/indicacao_-_508-2023.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8051/indicacao_-_510-2023.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8107/indicacao_-_513-2023.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8108/indicacao_-_514-2023.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8055/indicacao_-_515-2023.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8056/indicacao_-_516-2023.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8057/indicacao_-_517-2023.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8062/indicacao_-_519-2023.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8070/indicacao_-_527-2023.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8071/indicacao_-_528-2023.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8109/indicacao_-_529-2023.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8110/indicacao_-_530-2023.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8072/indicacao_-_531-2023.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8073/indicacao_-_532-2023.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8094/indicacao_-_536-2023.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8095/indicacao_-_537-2023.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8111/indicacao_-_542-2023.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8112/indicacao_-_543-2023.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8101/indicacao_-_545-2023.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8138/indicacao_-_553-2023.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8143/indicacao_-_558-2023.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8145/indicacao_-_560-2023.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8147/indicacao_-_562-2023.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8148/indicacao_-_563-2023.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8154/indicacao_-_567-2023.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8156/indicacao_-_569-2023.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8157/indicacao_-_570-2023.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8163/indicacao_-_576-2023.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8170/indicacao_-_581-2023.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8171/indicacao_-_582-2023.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8174/indicacao_-_585-2023_-_gilton_gomes.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8175/indicacao_-_586-2023.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8178/indicacao_-_589-2023.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8179/indicacao_-_590-2023.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8186/indicacao_-_594-2023.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8187/indicacao_-_595-2023.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8188/indicacao_-_596-2023.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8189/indicacao_-_597-2023.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8193/indicacao_-_601-2023.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8195/indicacao_-_603-2023.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8200/indicacao_-_608-2023.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8207/indicacao_-_612-2023.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8211/indicacao_-_616-2023.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8323/indicacao_-_621-2023.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8324/indicacao_-_622-2023.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8325/indicacao_-_623-2023.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8326/indicacao_-_624-2023.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8327/indicacao_-_625-2023.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8328/indicacao_-_626-2023.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8331/indicacao_-_629-2023.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8332/indicacao_-_630-2023.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8334/indicacao_-_632-2023.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8336/indicacao_-_634-2023.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8337/indicacao_-_635-2023.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8343/indicacao_-_636-2023.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8344/indicacao_-_637-2023.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8345/indicacao_-_638-2023.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8347/indicacao_-_640-2023.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8350/indicacao_-_643-2023.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8367/indicacao_-_655-2023.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8369/indicacao_-_657-2023.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8371/indicacao_-_659-2023.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8372/indicacao_-_660-2023.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8373/indicacao_-_661-2023.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8381/indicacao_-_667-2023.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8382/indicacao_-_668-2023.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8387/indicacao_-_673-2023.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8388/indicacao_-_674-2023.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8389/indicacao_-_675-2023.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8392/indicacao_-_678-2023.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8393/indicacao_-_679-2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7423/indicacao_-_002-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7424/indicacao_-_003-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7425/indicacao_-_004-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7432/indicacao_-_011-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7433/indicacao_-_012-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7436/indicacao_-_015-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7437/indicacao_-_016-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7438/indicacao_-_017-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7439/indicacao_-_018-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7442/indicacao_-_021-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7443/indicacao_-_022-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7457/indicacao_-_030-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7459/indicacao_-_032-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7460/indicacao_-_033-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7462/indicacao_-_035-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7463/indicacao_-_036-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7464/indicacao_-_037-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7465/indicacao_-_038-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7758/indicacao_-_039-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7759/indicacao_-_040-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7660/indicacao_-_041-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7661/indicacao_-_042-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7665/indicacao_-_046-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7671/indicacao_-_052-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7672/indicacao_-_053-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7673/indicacao_-_054-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7674/indicacao_-_055-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7676/indicacao_-_057-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7677/indicacao_-_058-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7678/indicacao_-_059-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7760/indicacao_-_060-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7679/indicacao_-_062-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7680/indicacao_-_063-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7685/indicacao_-_068-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7686/indicacao_-_069-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7688/indicacao_-_071-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7689/indicacao_-_072-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7690/indicacao_-_073-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7692/indicacao_-_075-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7693/indicacao_-_076-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7694/indicacao_-_077-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7697/indicacao_-_080-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7698/indicacao_-_081-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7699/indicacao_-_082-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7703/indicacao_-_086-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7706/indicacao_-_089-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7707/indicacao_-_090-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7708/indicacao_-_091-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7709/indicacao_-_092-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7710/indicacao_-_093-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7712/indicacao_-_095-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7718/indicacao_-_101-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7719/indicacao_-_102-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7721/indicacao_-_104-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7723/indicacao_-_106-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7726/indicacao_-_109-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7727/indicacao_-_110-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7728/indicacao_-_111-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7729/indicacao_-_112-2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7733/indicacao_-_116-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7734/indicacao_-_117-2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7735/indicacao_-_118-2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7736/indicacao_-_119-2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7737/indicacao_-_120-2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7739/indicacao_-_122-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7742/indicacao_-_125-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7743/indicacao_-_126-2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7744/indicacao_-_127-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7745/indicacao_-_128-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7746/indicacao_-_129-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7487/indicacao_-_134-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7490/indicacao_-_137-2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7492/indicacao_-_139-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7494/indicacao_-_141-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7495/indicacao_-_142-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7497/indicacao_-_144-2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7503/indicacao_-_150-2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7505/indicacao_-_152-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7507/indicacao_-_154-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7508/indicacao_-_155-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7509/indicacao_-_156-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7526/indicacao_-_164-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7528/indicacao_-_166-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7529/indicacao_-_167-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7531/indicacao_-_169-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7572/indicacao_-_198-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7545/indicacao_-_207-2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7547/indicacao_-_209-2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7576/indicacao_-_210-2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7578/indicacao_-_212-2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7583/indicacao_-_217-2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7584/indicacao_-_218-2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7586/indicacao_-_220-2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7588/indicacao_-_222-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7589/indicacao_-_223-2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7590/indicacao_-_224-2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7596/indicacao_-_229-2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7597/indicacao_-_230-2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7603/indicacao_-_236-2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7607/indicacao_-_238-2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7608/indicacao_-_239-2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7618/indicacao_-_249-2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7620/indicacao_-_251-2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7622/indicacao_-_253-2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7625/indicacao_-_256-2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7626/indicacao_-_257-2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7627/indicacao_-_258-2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7628/indicacao_-_259-2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7630/indicacao_-_261-2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7631/indicacao_-_262-2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7632/indicacao_-_263-2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7641/indicacao_-_265-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7644/indicacao_-_268-2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7649/indicacao_-_273-2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7650/indicacao_-_274-2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7653/indicacao_-_277-2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7655/indicacao_-_279-2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7768/indicacao_-_289-2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7770/indicacao_-_291-2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7771/indicacao_-_292-2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7778/indicacao_-_299-2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7789/indicacao_-_304-2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7791/indicacao_-_306-2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7792/indicacao_-_307-2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7793/indicacao_-_308-2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7796/indicacao_-_311-2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7797/indicacao_-_312-2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7798/indicacao_-_313-2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7800/indicacao_-_315-2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7801/indicacao_-_316-2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7807/indicacao_-_319-2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7809/indicacao_-_321-2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7810/indicacao_-_322-2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7815/indicacao_-_327-2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7816/indicacao_-_328-2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7817/indicacao_-_329-2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7818/indicacao_-_330-2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7819/indicacao_-_331-2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7820/indicacao_-_332-2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7823/indicacao_-_334-2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7824/indicacao_-_335-2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7825/indicacao_-_336-2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7826/indicacao_-_337-2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7832/indicacao_-_343-2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7837/indicacao_-_348-2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7838/indicacao_-_349-2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7839/indicacao_-_350-2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7840/indicacao_-_351-2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7841/indicacao_-_352-2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7842/indicacao_-_353-2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7853/indicacao_-_361-2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7858/indicacao_-_366-2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7860/indicacao_-_368-2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7861/indicacao_-_369-2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7862/indicacao_-_370-2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7863/indicacao_-_371-2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7867/indicacao_-_373-2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7868/indicacao_-_374-2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7869/indicacao_-_375-2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7872/indicacao_-_378-2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7874/indicacao_-_380-2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7875/indicacao_-_381-2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7876/indicacao_-_382-2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7877/indicacao_-_383-2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7878/indicacao_-_384-2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7887/indicacao_-_387-2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7891/indicacao_-_391-2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7892/indicacao_-_392-2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7893/indicacao_-_393-2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7894/indicacao_-_394-2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7895/indicacao_-_395-2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7896/indicacao_-_396-2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7897/indicacao_-_397-2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7912/indicacao_-_399-2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7913/indicacao_-_400-2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7914/indicacao_-_401-2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7915/indicacao_-_402-2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7916/indicacao_-_403-2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7918/indicacao_-_405-2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7919/indicacao_-_406-2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7930/indicacao_-_413-2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7931/indicacao_-_414-2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7932/indicacao_-_415-2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7933/indicacao_-_416-2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7934/indicacao_-_417-2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7935/indicacao_-_418-2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7936/indicacao_-_419-2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7937/indicacao_-_420-2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7939/indicacao_-_422-2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7949/indicacao_-_429-2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7952/indicacao_-_432-2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7954/indicacao_-_434-2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7955/indicacao_-_435-2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7956/indicacao_-_436-2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7957/indicacao_-_437-2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7958/indicacao_-_438-2023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7959/indicacao_-_439-2023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7960/indicacao_-_440-2023.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7965/indicacao_-_443-2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7966/indicacao_-_444-2023.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7969/indicacao_-_447-2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7971/indicacao_-_449-2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7972/indicacao_-_450-2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7974/indicacao_-_452-2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7975/indicacao_-_453-2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8000/indicacao_-_458-2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8002/indicacao_-_460-2023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8003/indicacao_-_461-2023.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8004/indicacao_-_462-2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8005/indicacao_-_463-2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8006/indicacao_-_464-2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8007/indicacao_-_465-2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8010/indicacao_-_468-2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8011/indicacao_-_469-2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8019/indicacao_-_475-2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8020/indicacao_-_476-2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8102/indicacao_-_477-2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8021/indicacao_-_479-2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8022/indicacao_-_480-2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8024/indicacao_-_482-2023.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8025/indicacao_-_483-2023.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8026/indicacao_-_484-2023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8033/indicacao_-_491-2023.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8035/indicacao_-_493-2023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8036/indicacao_-_494-2023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8104/indicacao_-_496-2023.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8039/indicacao_-_498-2023.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8105/indicacao_-_499-2023.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8041/indicacao_-_501-2023.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8042/indicacao_-_502-2023.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8045/indicacao_-_504-2023.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8048/indicacao_-_507-2023.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8049/indicacao_-_508-2023.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8051/indicacao_-_510-2023.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8107/indicacao_-_513-2023.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8108/indicacao_-_514-2023.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8055/indicacao_-_515-2023.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8056/indicacao_-_516-2023.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8057/indicacao_-_517-2023.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8062/indicacao_-_519-2023.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8070/indicacao_-_527-2023.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8071/indicacao_-_528-2023.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8109/indicacao_-_529-2023.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8110/indicacao_-_530-2023.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8072/indicacao_-_531-2023.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8073/indicacao_-_532-2023.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8094/indicacao_-_536-2023.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8095/indicacao_-_537-2023.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8111/indicacao_-_542-2023.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8112/indicacao_-_543-2023.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8101/indicacao_-_545-2023.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8138/indicacao_-_553-2023.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8143/indicacao_-_558-2023.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8145/indicacao_-_560-2023.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8147/indicacao_-_562-2023.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8148/indicacao_-_563-2023.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8154/indicacao_-_567-2023.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8156/indicacao_-_569-2023.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8157/indicacao_-_570-2023.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8163/indicacao_-_576-2023.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8170/indicacao_-_581-2023.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8171/indicacao_-_582-2023.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8174/indicacao_-_585-2023_-_gilton_gomes.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8175/indicacao_-_586-2023.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8178/indicacao_-_589-2023.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8179/indicacao_-_590-2023.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8186/indicacao_-_594-2023.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8187/indicacao_-_595-2023.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8188/indicacao_-_596-2023.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8189/indicacao_-_597-2023.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8193/indicacao_-_601-2023.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8195/indicacao_-_603-2023.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8200/indicacao_-_608-2023.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8207/indicacao_-_612-2023.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8211/indicacao_-_616-2023.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8323/indicacao_-_621-2023.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8324/indicacao_-_622-2023.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8325/indicacao_-_623-2023.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8326/indicacao_-_624-2023.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8327/indicacao_-_625-2023.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8328/indicacao_-_626-2023.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8331/indicacao_-_629-2023.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8332/indicacao_-_630-2023.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8334/indicacao_-_632-2023.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8336/indicacao_-_634-2023.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8337/indicacao_-_635-2023.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8343/indicacao_-_636-2023.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8344/indicacao_-_637-2023.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8345/indicacao_-_638-2023.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8347/indicacao_-_640-2023.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8350/indicacao_-_643-2023.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8367/indicacao_-_655-2023.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8369/indicacao_-_657-2023.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8371/indicacao_-_659-2023.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8372/indicacao_-_660-2023.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8373/indicacao_-_661-2023.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8381/indicacao_-_667-2023.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8382/indicacao_-_668-2023.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8387/indicacao_-_673-2023.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8388/indicacao_-_674-2023.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8389/indicacao_-_675-2023.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8392/indicacao_-_678-2023.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8393/indicacao_-_679-2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H305"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="37" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="111.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="110.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>