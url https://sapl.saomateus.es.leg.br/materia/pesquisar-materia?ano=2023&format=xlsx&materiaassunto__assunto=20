--- v0 (2025-12-06)
+++ v1 (2026-03-11)
@@ -54,627 +54,627 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>7426</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>CIETY CERQUEIRA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7426/indicacao_-_005-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7426/indicacao_-_005-2023.pdf</t>
   </si>
   <si>
     <t>VIABILIZE, JUNTO AO GOVERNO DO ESTADO DO ESPÍRITO SANTO, A CRIAÇÃO DE PROGRAMA FINANCEIRO PARA ATENDER OS AGRICULTORES E AGRICULTORAS ATINGIDOS PELAS CHUVAS OCORRIDAS NOS MESES DE NOVEMBRO E DEZEMBRO DE 2022</t>
   </si>
   <si>
     <t>7427</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7427/indicacao_-_006-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7427/indicacao_-_006-2023.pdf</t>
   </si>
   <si>
     <t>VIABILIZE, JUNTO AO GOVERNO DO ESTADO DO ESPÍRITO SANTO, A CONTRATAÇÃO DE "HORAS-MÁQUINA" PARA A RECONSTRUÇÃO DAS ESTRADAS RURAIS, QUE FORAM DANIFICADAS COM AS CONSTANTES CHUVAS OCORRIDAS NOS MESES DE NOVEMBRO E DEZEMBRO DE 2022</t>
   </si>
   <si>
     <t>7440</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>PAULO FUNDÃO</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7440/indicacao_-_019-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7440/indicacao_-_019-2023.pdf</t>
   </si>
   <si>
     <t>DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DA PETROBRAS S/A - BASE 61, LOCALIZADO NA RODOVIA BR-101, KM 68, NO BAIRRO MORADA DO RIBEIRÃO, QUE ATUALMENTE ENCONTRA-SE EM ESTADO DE ABANDONO</t>
   </si>
   <si>
     <t>7441</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7441/indicacao_-_020-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7441/indicacao_-_020-2023.pdf</t>
   </si>
   <si>
     <t>DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DA SUZANO PAPEL E CELULOSE (QUE FOI ADQUIRIDO DA FIBRIA), REGISTRADO SOBA A MATRÍCULA Nº 3.405, NO CARTÓRIO DE REGISTRO DE IMÓVEIS DE SÃO MATEUS, EM TODA A SUA EXTENSÃO ONDE EXISTIA O CONHECIDO 'GINÁSIO DO GRECA', QUE ATUALMENTE ENCONTRA-SE EM ESTADO DE ABANDONO.</t>
   </si>
   <si>
     <t>7450</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>CARLINHO SIMIÃO</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7450/indicacao_-_023-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7450/indicacao_-_023-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO E IMPLANTAÇÃO DE POSTO POLICIAL MILITAR EM NATIVO DE BARRA NOVA, DISTRITO DE NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>7452</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7452/indicacao_-_025-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7452/indicacao_-_025-2023.pdf</t>
   </si>
   <si>
     <t>VIABILIZE, JUNTO AO GOVERNO DO ESTADO, POR MEIO DO DEPARTAMENTO DE EDIFICAÇÕES E DE RODOVIAS DO ESTADO DO ESPÍRITO SANTO (DER-ES), A RECUPERAÇÃO ASFÁLTICA DO TRECHO DA RODOVIA MIGUEL CURY CARNEIRO, QUE LIGA OS MUNICÍPIOS DE SÃO MATEUS E NOVA VENÉCIA, NA ALTURA DO KM 47</t>
   </si>
   <si>
     <t>7454</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>CRISTIANO BALANGA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7454/indicacao_-_027-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7454/indicacao_-_027-2023.pdf</t>
   </si>
   <si>
     <t>DESAPROPRIAÇÃO DE 20.000 M2 (MEIO ALQUEIRE) DA ÁREA DENOMINADA COMO TALHÃO E4A040, LOCALIZADA NA COMUNIDADE CÓRREGO SANTA RITA, PERTENCENTE À EMPRESA SUZANO, PARA CONSTRUÇÃO DE CENTRO DE AGRICULTURA E ATENDIMENTO ÀS NECESSIDADES SOCIAIS DOS MORADORES DA REGIÃO</t>
   </si>
   <si>
     <t>7455</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7455/indicacao_-_028-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7455/indicacao_-_028-2023.pdf</t>
   </si>
   <si>
     <t>LIBERAÇÃO, NO ÓRGÃO ESTADUAL COMPETENTE, PARA A CONSTRUÇÃO DA PASSAGEM ENTRE OS BAIRROS SEAC X MORADA DO RIBEIRÃO</t>
   </si>
   <si>
     <t>7691</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7691/indicacao_-_074-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7691/indicacao_-_074-2023.pdf</t>
   </si>
   <si>
     <t>QUE SEJAM TOMADAS MEDIDAS EMERGENCIAIS, PARA GARANTIR A LIMPEZA E MANUTENÇÃO DAS RUAS DO MUNICÍPIO DE SÃO MATEUS</t>
   </si>
   <si>
     <t>7702</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7702/indicacao_-_085-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7702/indicacao_-_085-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE TREVO NA RODOVIA OTHOVARINO DUARTE SANTOS PARA ACESSO AO MINEIRÃO ATACAREJO</t>
   </si>
   <si>
     <t>7711</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>LAILSON DA AROEIRA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7711/indicacao_-_094-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7711/indicacao_-_094-2023.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CRIAÇÃO DE NOVAS LINHAS DE ÔNIBUS PARA ATENDER OS MORADORES DO CONDOMÍNIO RESIDENCIAL "SOLAR DE SÃO MATEUS", LOCALIZADO NO BAIRRO AROEIRA</t>
   </si>
   <si>
     <t>7500</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>ADECI DE SENA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7500/indicacao_-_147-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7500/indicacao_-_147-2023.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO, NO MUNICÍPIO DE SÃO MATEUS, DE OFICINAS DE ARTESANATO PARA O PÚBLICO IDOSO.</t>
   </si>
   <si>
     <t>7656</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7656/indicacao_-_280-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7656/indicacao_-_280-2023.pdf</t>
   </si>
   <si>
     <t>ENCAMINHAR A ESTE PODER, PROJETO DE LEI QUE "DISPONHA SOBRE CRIAÇÃO DE ÓRGÃO DE ASSESSORIA JURÍDICA GRATUITA PARA PESSOAS HIPOSSUFICIENTES NO MUNICÍPIO DE SÃO MATEUS-ES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>7764</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7764/indicacao_-_285-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7764/indicacao_-_285-2023.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE TORRE DE TELEFONIA MÓVEL NA COMUNIDADE SÃO JORGE, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>7769</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7769/indicacao_-_290-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7769/indicacao_-_290-2023.pdf</t>
   </si>
   <si>
     <t>DOAÇÃO AO MUNICÍPIO DE SÃO MATEUS, O TERRENO ONDE FUNCIONAVA A CEASA NORTE, SITUADO À MARGEM DA RODOVIA BR 101 - KM 79, NO BAIRRO NOVA ERA, PARA CONSTRUÇÃO DE NOVA ESTAÇÃO RODOVIÁRIA</t>
   </si>
   <si>
     <t>7775</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7775/indicacao_-_296-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7775/indicacao_-_296-2023.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA NA RODOVIA BR 101 (TRECHO COMPREENDIDO EM TODA A EXTENSÃO DO PERÍMETRO URBANO DO MUNICÍPIO DE SÃO MATEUS-ES)</t>
   </si>
   <si>
     <t>7776</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7776/indicacao_-_297-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7776/indicacao_-_297-2023.pdf</t>
   </si>
   <si>
     <t>ENVIE, AO PODER LEGISLATIVO, PROJETO DE LEI QUE DISPONHA SOBRE A CRIAÇÃO PARA IMPLANTAÇÃO DO CONSELHO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>7785</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7785/indicacao_-_300-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7785/indicacao_-_300-2023.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE PLACAS DE INDICAÇÃO À MARGEM DA RODOVIA BR 101 E AO LONGO DO TRAJETO DE ACESSO À COMUNIDADE DIVINO ESPÍRITO SANTO</t>
   </si>
   <si>
     <t>7786</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7786/indicacao_-_301-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7786/indicacao_-_301-2023.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE PLACAS DE INDICAÇÃO NA ENTRADA DA RUA MONSENHOR GUILHERME SCHMITZ NO SENTIDO DA RODOVIA OTHOVARINO DUARTE SANTOS AO LONGO DO TRAJETO DE ACESSO AO BALNEÁRIO BARRA SECA, DISTRITO NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>7790</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7790/indicacao_-_305-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7790/indicacao_-_305-2023.pdf</t>
   </si>
   <si>
     <t>CESSÃO DO CORETO DA PRAÇA MESQUITA NETO À ASSOCIAÇÃO DE ARTESÃOS E ARTESÃS PARA QUE MANTENHAM UMA FEIRA DE ARTESANATO PERMANENTE NO CENTRO DA CIDADE</t>
   </si>
   <si>
     <t>7794</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>DELERMANO SUIM</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7794/indicacao_-_309-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7794/indicacao_-_309-2023.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE TERRENO NO BAIRRO FÁTIMA/IDEAL PARA CONSTRUÇÃO DE CENTRO DE CONVIVÊNCIA PARA ATENDER A COMUNIDADE E, EM ESPECIAL, A 'ASSOCIAÇÃO DA TERCEIRA IDADE VIDA NOVA NOSSA SENHORA DE FÁTIMA'</t>
   </si>
   <si>
     <t>7831</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7831/indicacao_-_342-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7831/indicacao_-_342-2023.pdf</t>
   </si>
   <si>
     <t>DOAÇÃO DE ÁREA DE TERRA DE 1000 M2 (MIL METROS QUADRADOS) PARA CONSTRUÇÃO DA SEDE DO CONSELHO DE PASTORES EVANGÉLICOS DO ESPÍRITO SANTO - COPEES, DA REGIÃO</t>
   </si>
   <si>
     <t>7849</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7849/indicacao_-_357-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7849/indicacao_-_357-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE 02 (DOIS) REDUTORES DE VELOCIDADE (QUEBRA-MOLAS) NA RODOVIA ES-315, NA COMUNIDADE FERRUGEM, DISTRITO DE NATIVO DE BARRA NOVA (SENDO UM NAS IMEDIAÇÕES DAS RESIDÊNCIAS DA FAMÍLIA FAUSTINO E OUTRO NAS PROXIMIDADES DA IGREJA BOM JESUS)</t>
   </si>
   <si>
     <t>7888</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7888/indicacao_-_388-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7888/indicacao_-_388-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO E INSTALAÇÃO DE POSTO POLICIAL MILITAR EM URUSSUQUARA, DISTRITO DE NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>7921</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7921/indicacao_-_408-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7921/indicacao_-_408-2023.pdf</t>
   </si>
   <si>
     <t>ENVIE, A ESTA CASA LEGISLATIVA, PROJETO DE LEI QUE DISPONHA SOBRE A CONCESSÃO DE REAJUSTE SALARIAL E TICKET ALIMENTAÇÃO AOS CONSELHEIROS TUTELARES DO MUNICÍPIO DE SÃO MATEUS</t>
   </si>
   <si>
     <t>7922</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7922/indicacao_-_409-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7922/indicacao_-_409-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 280/2023, QUE DIZ RESPEITO AO ENCAMINHAMENTO A ESTE PODER, DE PROJETO DE LEI QUE "DISPONHA SOBRE CRIAÇÃO DE ÓRGÃO DE ASSESSORIA JURÍDICA GRATUITA PARA PESSOAS HIPOSSUFICIENTES NO MUNICÍPIO DE SÃO MATEUS-ES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>7923</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7923/indicacao_-_410-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7923/indicacao_-_410-2023.pdf</t>
   </si>
   <si>
     <t>ENVIE A ESTE PODER LEGISLATIVO PROJETO DE LEI ALTERANDO O § 1º DA LEI 366/2005, REFERENTE AO PARCELAMENTO DOS PRECATÓRIOS JUDICIAIS, ELEVANDO O VALOR MÍNIMO DE PARCELAMENTO DE R$ 10.000,00 (DEZ MIL REAIS) PARA R$ 30.000,00 (TRINTA MIL REAIS)</t>
   </si>
   <si>
     <t>7929</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7929/indicacao_-_412-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7929/indicacao_-_412-2023.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE REDE ELÉTRICA DE ALTA-TENSÃO NA ESTRADA ENTRE AS COMUNIDADES BREJO VELHO (SÃO BENEDITO) E RANCHNHO, DISTRITO DE NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>7940</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7940/indicacao_-_423-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7940/indicacao_-_423-2023.pdf</t>
   </si>
   <si>
     <t>ENVIE A ESTE PODER LEGISLATIVO, PROJETO DE LEI QUE DISPONHA SOBRE O PLANO MUNICIPAL PELA PRIMEIRA INFÂNCIA DO MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>7941</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7941/indicacao_-_424-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7941/indicacao_-_424-2023.pdf</t>
   </si>
   <si>
     <t>ENVIE A ESTE PODER LEGISLATIVO, PROJETO DE LEI ALTERANDO A LEI Nº 2.103/2021 (PLANO PLURIANUAL 2022-2025), BEM COMO A LEI Nº 2.167/2023 (DIRETRIZES ORÇAMENTÁRIAS), PARA INCLUIR DISPOSITIVO SIMILAR AO ARTIGO 10 DA LEI FEDERAL Nº 13.971/2019</t>
   </si>
   <si>
     <t>7963</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7963/indicacao_-_441-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7963/indicacao_-_441-2023.pdf</t>
   </si>
   <si>
     <t>CRIAÇÃO PARA IMPLANTAÇÃO DE CREMATÓRIO MUNICIPAL EM SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>7964</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7964/indicacao_-_442-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7964/indicacao_-_442-2023.pdf</t>
   </si>
   <si>
     <t>CRIAÇÃO PARA IMPLANTAÇÃO DE CASA DAS ASSOCIAÇÕES NO MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>7977</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7977/indicacao_-_455-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7977/indicacao_-_455-2023.pdf</t>
   </si>
   <si>
     <t>CRIAÇÃO PARA IMPLANTAÇÃO DE SUBPREFEITURA NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>7978</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7978/indicacao_-_456-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7978/indicacao_-_456-2023.pdf</t>
   </si>
   <si>
     <t>CRIAÇÃO PARA IMPLANTAÇÃO DE SUBPREFEITURA NA REGIÃO DOS QUILÔMETROS</t>
   </si>
   <si>
     <t>8103</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>ISAMARA DA FARMÁCIA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8103/indicacao_-_478-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8103/indicacao_-_478-2023.pdf</t>
   </si>
   <si>
     <t>REPOSICIONAMENTO DE PONTO DE ÔNIBUS COM CONSTRUÇÃO DO RESPECTIVO ABRIGO NA AVENIDA DOM JOSÉ DALVIT, NO BAIRRO SANTO ANTÔNIO</t>
   </si>
   <si>
     <t>8023</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8023/indicacao_-_481-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8023/indicacao_-_481-2023.pdf</t>
   </si>
   <si>
     <t>ENVIE, AO PODER LEGISLATIVO, PROJETO DE LEI QUE DISPONHA SOBRE A CRIAÇÃO PARA IMPLANTAÇÃO DO CONSELHO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE NA REGIÃO DOS QUILÔMETROS, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>8028</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8028/indicacao_-_486-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8028/indicacao_-_486-2023.pdf</t>
   </si>
   <si>
     <t>IMPLEMENTAÇÃO DE PONTO DE APOIO DOS SERVIÇOS DA EMPRESA BRASILEIRA DE CORREIOS E TELÉGRAFOS EM NATIVO DE BARRA NOVA, DISTRITO DE NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>8034</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8034/indicacao_-_492-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8034/indicacao_-_492-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 027/2023, QUE DIZ RESPEITO A DESAPROPRIAÇÃO DE 20.000M2 (MEIO ALQUEIRE) DA ÁREA DENOMINADA COMO TALHÃO E4A040, LOCALIZADA NO CÓRREGO SANTA RITA, PERTENCENTE À EMPRESA SUZANO, PARA A CONSTRUÇÃO DE UM CENTRO DE AGRICULTURA E ATENDIMENTO ÀS NECESSIDADES SOCIAIS DOS MORADORES DA REGIÃO</t>
   </si>
   <si>
     <t>8040</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8040/indicacao_-_500-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8040/indicacao_-_500-2023.pdf</t>
   </si>
   <si>
     <t>REGULARIZAÇÃO FUNDIÁRIA DO LOTEAMENTO JARDIM ELDORADO E BAIRRO PEDRA D'ÁGUA, MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>8153</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8153/indicacao_-_566-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8153/indicacao_-_566-2023.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A IMPLANTAÇÃO DO CURSO DE MEDICINA NO MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>8160</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>ISAMARA DA FARMÁCIA, PAULO FUNDÃO</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8160/indicacao_-_573-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8160/indicacao_-_573-2023.pdf</t>
   </si>
   <si>
     <t>ADEQUAÇÃO AO PISO SALARIAL NACIONAL DA ENFERMAGEM</t>
   </si>
   <si>
     <t>8169</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8169/indicacao_-_580-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8169/indicacao_-_580-2023.pdf</t>
   </si>
   <si>
     <t>REFORMA DO POSTO POLICIAL MILITAR, LOCALIZADO EM NESTOR GOMES - KM 41, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>8192</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8192/indicacao_-_600-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8192/indicacao_-_600-2023.pdf</t>
   </si>
   <si>
     <t>AFASTAMENTO DE SERVIDORES, DIRIGENTES E REPRESENTANTES DE AUTARQUIAS QUE CONCORRERÃO À PRÓXIMA ELEIÇÃO MUNICIPAL, A PARTIR DE 1º DE JANEIRO DE 2024.</t>
   </si>
   <si>
     <t>8212</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8212/indicacao_-_617-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8212/indicacao_-_617-2023.pdf</t>
   </si>
   <si>
     <t>O PAGAMENTO DE UM ABONO PECUNIÁRIO ESPECIAL, EM PARCELA ÚNICA, A TODOS OS SERVIDORES PÚBLICOS MUNICIPAIS, EM RECONHECIMENTO AOS SERVIÇOS PÚBLICOS PRESTADOS, E EM SIMILITUDE AO CONCEDIDO PELO GOVERNADOR RENATO CASAGRANDE AOS SERVIDORES PÚBLICOS ESTADUAIS</t>
   </si>
   <si>
     <t>8356</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8356/indicacao_-_649-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8356/indicacao_-_649-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A IINDICAÇÃO Nº 280/2023, QUE DIZ RESPEITO AO ENCAMINHAMENTO A ESTE PODER, DE PROJETO DE LEI QUE "DISPONHA SOBRE CRIAÇÃO DE ÓRGÃO DE ASSESSORIA JURÍDICA GRATUITA PARA PESSOAS HIPOSSUFICIENTES NO MUNICÍPIO DE SÃO MATEUS-ES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8365</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8365/indicacao_-_653-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8365/indicacao_-_653-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 285/2023, QUE DIZ RESPEITO À INSTALAÇÃO DE TORRE DE TELEFONIA MÓVEL NA COMUNIDADE SÃO JORGE, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>8391</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8391/indicacao_-_677-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8391/indicacao_-_677-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 020/2023, QUE DIZ RESPEITO À DESAPROPRIAÇÃO DO IMÓVEL DE PROPRIEDADE DA SUZANO PAPEL E CELULOSE (QUE FOI ADQUIRIDO DA FIBRIA), REGISTRADO SOB A MATRÍCULA Nº 3.405, NO CARTÓRIO DE REGISTRO DE IMÓVEIS DE SÃO MATEUS, EM TODA A SUA EXTENSÃO ONDE EXISTIA O CONHECIDO 'GINÁSIO DO GRECA', QUE ATUALMENTE ENCONTRA-SE EM ESTADO DE ABANDONO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -981,67 +981,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7426/indicacao_-_005-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7427/indicacao_-_006-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7440/indicacao_-_019-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7441/indicacao_-_020-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7450/indicacao_-_023-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7452/indicacao_-_025-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7454/indicacao_-_027-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7455/indicacao_-_028-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7691/indicacao_-_074-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7702/indicacao_-_085-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7711/indicacao_-_094-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7500/indicacao_-_147-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7656/indicacao_-_280-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7764/indicacao_-_285-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7769/indicacao_-_290-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7775/indicacao_-_296-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7776/indicacao_-_297-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7785/indicacao_-_300-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7786/indicacao_-_301-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7790/indicacao_-_305-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7794/indicacao_-_309-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7831/indicacao_-_342-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7849/indicacao_-_357-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7888/indicacao_-_388-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7921/indicacao_-_408-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7922/indicacao_-_409-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7923/indicacao_-_410-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7929/indicacao_-_412-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7940/indicacao_-_423-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7941/indicacao_-_424-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7963/indicacao_-_441-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7964/indicacao_-_442-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7977/indicacao_-_455-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7978/indicacao_-_456-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8103/indicacao_-_478-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8023/indicacao_-_481-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8028/indicacao_-_486-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8034/indicacao_-_492-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8040/indicacao_-_500-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8153/indicacao_-_566-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8160/indicacao_-_573-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8169/indicacao_-_580-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8192/indicacao_-_600-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8212/indicacao_-_617-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8356/indicacao_-_649-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8365/indicacao_-_653-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8391/indicacao_-_677-2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7426/indicacao_-_005-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7427/indicacao_-_006-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7440/indicacao_-_019-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7441/indicacao_-_020-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7450/indicacao_-_023-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7452/indicacao_-_025-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7454/indicacao_-_027-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7455/indicacao_-_028-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7691/indicacao_-_074-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7702/indicacao_-_085-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7711/indicacao_-_094-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7500/indicacao_-_147-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7656/indicacao_-_280-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7764/indicacao_-_285-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7769/indicacao_-_290-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7775/indicacao_-_296-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7776/indicacao_-_297-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7785/indicacao_-_300-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7786/indicacao_-_301-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7790/indicacao_-_305-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7794/indicacao_-_309-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7831/indicacao_-_342-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7849/indicacao_-_357-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7888/indicacao_-_388-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7921/indicacao_-_408-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7922/indicacao_-_409-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7923/indicacao_-_410-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7929/indicacao_-_412-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7940/indicacao_-_423-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7941/indicacao_-_424-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7963/indicacao_-_441-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7964/indicacao_-_442-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7977/indicacao_-_455-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7978/indicacao_-_456-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8103/indicacao_-_478-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8023/indicacao_-_481-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8028/indicacao_-_486-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8034/indicacao_-_492-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8040/indicacao_-_500-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8153/indicacao_-_566-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8160/indicacao_-_573-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8169/indicacao_-_580-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8192/indicacao_-_600-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8212/indicacao_-_617-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8356/indicacao_-_649-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8365/indicacao_-_653-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8391/indicacao_-_677-2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="37" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="95.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>