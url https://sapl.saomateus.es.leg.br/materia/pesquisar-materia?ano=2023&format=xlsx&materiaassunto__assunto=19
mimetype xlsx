--- v0 (2025-12-08)
+++ v1 (2026-03-11)
@@ -54,507 +54,507 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>7422</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>ADECI DE SENA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7422/indicacao_-_001-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7422/indicacao_-_001-2023.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA REDE ELÉTRICA DO BAIRRO LIBERDADE</t>
   </si>
   <si>
     <t>7462</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>PAULO FUNDÃO</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7462/indicacao_-_035-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7462/indicacao_-_035-2023.pdf</t>
   </si>
   <si>
     <t>REFORMA DA PRAÇA ÉRICO HAUSCHILD (PRAÇA DO MIRANTE), LOCALIZADA NO CENTRO DA CIDADE, BEM COMO, MELHORIA DA ILUMINAÇÃO, SUBSTITUIÇÃO DA GRADE DE PROTEÇÃO E INSTALAÇÃO DE SISTEMA DE VIDEOMONITORAMENTO</t>
   </si>
   <si>
     <t>7666</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>DELERMANO SUIM</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7666/indicacao_-_047-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7666/indicacao_-_047-2023.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE ELÉTRICA COM INSTALAÇÃO DE POSTES COM LUMINÁRIAS NA COMUNIDADE CÓRREGO DO PIQUI, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>7667</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7667/indicacao_-_048-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7667/indicacao_-_048-2023.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE ELÉTRICA COM INSTALAÇÃO DE POSTES COM LUMINÁRIAS NA RODOVIA MIGUEL CURRY CARNEIRO (TRECHO COMPREENDIDO ENTRE OS KMs 38 E 41), DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>7675</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7675/indicacao_-_056-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7675/indicacao_-_056-2023.pdf</t>
   </si>
   <si>
     <t>REGULARIZAÇÃO DA ILUMINAÇÃO PÚBLICA NO MUNICÍPIO DE SÃO MATEUS</t>
   </si>
   <si>
     <t>7761</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7761/indicacao_-_061-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7761/indicacao_-_061-2023.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE ELÉTRICA NO LOTEAMENTO SÃO JORGE SIMIÃO, SITUADO EM NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>7683</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7683/indicacao_-_066-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7683/indicacao_-_066-2023.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE ELÉTRICA COM INSTALAÇÃO DE POSTES COM LUMINÁRIAS NA LOCALIDADE CONHECIDA POR AGUIRRE, SITUADA EM NESTOR GOMES - KM 41</t>
   </si>
   <si>
     <t>7684</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7684/indicacao_-_067-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7684/indicacao_-_067-2023.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE ELÉTRICA COM INSTALAÇÃO DE 03 (TRÊS) POSTES COM LUMINÁRIAS NA RUA BERÉ, SITUADA NA COMUNIDADE RANCHINHO, NA ESTRADA DE ACESSO À BARRA NOVA</t>
   </si>
   <si>
     <t>7695</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>CARLINHO SIMIÃO</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7695/indicacao_-_078-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7695/indicacao_-_078-2023.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DA REDE ELÉTRICA COM INSTALAÇÃO DE POSTES COM LUMINÁRIAS NAS COMUNIDADES MATA SEDE, SÃO CRISTÓVÃO E SERRARIA, NO KM 28, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>7502</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7502/indicacao_-_149-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7502/indicacao_-_149-2023.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DAS LÂMPADAS ATUAIS DOS POSTES DE ILUMINAÇÃO PÚBLICA, SITUADOS NAS RUAS E AVENIDAS DO MUNICÍPIO DE SÃO MATEUS, POR LÂMPADAS MAIS EFICIENTES (VAPOR DE SÓDIO/LED)</t>
   </si>
   <si>
     <t>7513</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>LAILSON DA AROEIRA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7513/indicacao_-_160-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7513/indicacao_-_160-2023.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE ELÉTRICA COM INSTALAÇÃO DE POSTES COM LUMINÁRIAS NA ESTRADA SITUADA NO ASSENTAMENTO CÓRREGO GRANDE, DE ACESSO AO KM 18 DA RODOVIA MIGUEL CURRY CARNEIRO (TRECHO COMPREENDIDO A PARTIR DAS IMEDIAÇÕES DA IGREJA ASSEMBLEIA DE DEUS ATÉ AS PROXIMIDADES DA IGREJA DVENTISTA DO 7º DIA)</t>
   </si>
   <si>
     <t>7541</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>CRISTIANO BALANGA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7541/indicacao_-_203-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7541/indicacao_-_203-2023.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DAS LÂMPADAS ATUAIS DA ILUMINAÇÃO PÚBLICA DO BAIRRO SÃO BENEDITO (RODOCON) POR LÂMPADAS DE LED, MAIS EFICIENTES EM LUMINOSIDADE E CUSTO</t>
   </si>
   <si>
     <t>7577</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7577/indicacao_-_211-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7577/indicacao_-_211-2023.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE ELÉTRICA COM INSTALAÇÃO DE POSTES COM LUMINÁRIAS DA RUA PRINCIPAL DO DISTRITO DE NATIVO DE BARRA NOVA (TRECHO COMPREENDIDO A PARTIR DO TREVO LOCALIZADO NA RODOVIA ES-315 ATÉ AS IMEDIAÇÕES DA IGREJA EVANGÉLICA ASSEMBLEIA DE DEUS)</t>
   </si>
   <si>
     <t>7582</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7582/indicacao_-_216-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7582/indicacao_-_216-2023.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DAS LÂMPADAS ATUAIS DA ILUMINAÇÃO PÚBLICA DO BAIRRO NOVA ERA, POR LÂMPADAS DE LED, MAIS EFICIENTES EM LUMINOSIDADE</t>
   </si>
   <si>
     <t>7585</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7585/indicacao_-_219-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7585/indicacao_-_219-2023.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE ELÉTRICA COM INSTALAÇÃO DE POSTES COM LUMINÁRIAS NA AVENIDA CACHOEIRA DO CRAVO (ATÉ AS IMEDIAÇÕES DA PONTE SOBRE O RIO SÃO MATEUS)</t>
   </si>
   <si>
     <t>7587</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>ISAEL AGUILAR</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7587/indicacao_-_221-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7587/indicacao_-_221-2023.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DAS LÂMPADAS COMUNS DOS POSTES DE ILUMINAÇÃO PÚBLICA, SITUADOS NA RUA PRINCIPAL DA COMUNIDADE SÃO GERALDO E NA RUA LUIZ CLÁUDIO DOS SANTOS EM NOVA LIMA, AMBAS NO DISTRITO DE ITAUNINHAS, POR OUTRAS A VAPOR DE SÓDIO (LED)</t>
   </si>
   <si>
     <t>7592</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7592/indicacao_-_225-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7592/indicacao_-_225-2023.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE LUMINÁRIAS NOS POSTES SITUADOS NA RUA PRINCIPAL DA COMUNIDADE SÃO CRISTOVÃO - KM 28, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>7600</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>GILTON GOMES</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7600/indicacao_-_233-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7600/indicacao_-_233-2023.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE LUMINÁRIAS NOS POSTES SITUADOS NA RUA PRINCIPAL DO RESIDENCIAL VILLAGE, NO BAIRRO LITORÂNEO</t>
   </si>
   <si>
     <t>7631</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7631/indicacao_-_262-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7631/indicacao_-_262-2023.pdf</t>
   </si>
   <si>
     <t>LIMPEZA E MELHORIA DA ILUMINAÇÃO INTERNA E EXTERNA DA IGREJA VELHA, LOCALIZADA NO CENTRO DA CIDADE</t>
   </si>
   <si>
     <t>7652</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7652/indicacao_-_276-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7652/indicacao_-_276-2023.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE ELÉTRICA COM INSTALAÇÃO DE POSTES COM LUMINÁRIAS NA RUA DAS PALMEIRAS, SITUADA NA COMUNIDADE SANTA MARIA, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>7795</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7795/indicacao_-_310-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7795/indicacao_-_310-2023.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DE LÂMPADAS COMUNS DOS POSTES DE ILUMINAÇÃO PÚBLICA, SITUADOS NAS RUAS MARTE E VÊNUS, NO BAIRRO VITÓRIA, POR OUTRAS DE LED</t>
   </si>
   <si>
     <t>7808</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>CIETY CERQUEIRA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7808/indicacao_-_320-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7808/indicacao_-_320-2023.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE ELÉTRICA COM INSTALAÇÃO DE 3 (TRÊS) POSTES COM LUMINÁRIAS NA RUA PROJETADA, SITUADA NO LOTEAMENTO VANTUIRO BALDE, EM NESTOR GOMES - KM 41 (NAS PROXIMIDADES DA FÁBRICA DE BLOCOS DO NEGUINHO).</t>
   </si>
   <si>
     <t>7813</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7813/indicacao_-_325-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7813/indicacao_-_325-2023.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE ELÉTRICA COM INSTALAÇÃO DE 03 (TRÊS) POSTES COM LUMINÁRIAS EM FRENTE A ASSOCIAÇÃO DE PEQUENOS AGRICULTORES DA COMUNIDADE SÃO DOMINGOS, LOCALIZADA NA COMUNIDADE SÃO DOMINGOS, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>7829</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7829/indicacao_-_340-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7829/indicacao_-_340-2023.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DAS LÂMPADAS ATUAIS DA ILUMINAÇÃO PÚBLICA DO LOTEAMENTO PARQUE DAS BRISAS, LOCALIZADO NO BAIRRO AYRTON SENNA, POR LÂMPADAS DE LED, MAIS EFICIENTES EM LUMINOSIDADE E CUSTO</t>
   </si>
   <si>
     <t>7870</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7870/indicacao_-_376-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7870/indicacao_-_376-2023.pdf</t>
   </si>
   <si>
     <t>7967</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7967/indicacao_-_445-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7967/indicacao_-_445-2023.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE ELÉTRICA COM INSTALAÇÃO DE POSTES COM LUMINÁRIAS NA RODOVIA MIGUEL CURRY CARNEIRO (TRECHO COMPREENDIDO ENTRE NESTOR GOMES - KM 41 AO KM 44), DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>7973</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7973/indicacao_-_451-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7973/indicacao_-_451-2023.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DAS LÂMPADAS ATUAIS DE ILUMINAÇÃO PÚBLICA NAS RUAS DA COMUNIDADDE NOVA LIMA, DISTRITO DE ITAUNINHAS, POR LÂMPADAS DE LED, MAIS EFICIENTES EM LUMINOSIDADE E CUSTO</t>
   </si>
   <si>
     <t>7976</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7976/indicacao_-_454-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7976/indicacao_-_454-2023.pdf</t>
   </si>
   <si>
     <t>REPOSICIONAMENTO DOS POSTES DE ILUMINAÇÃO PÚBLICA PARA INSTALAÇÃO DE LUMINÁRIAS, NA RUA CECÍLIA MEIRELES (ANTIGA RUA 21), LOCALIZADA NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>8027</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8027/indicacao_-_485-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8027/indicacao_-_485-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 061/2023, QUE DIZ RESPEITO A EXTENSÃO DE REDE ELÉTRICA NO LOTEAMENTO SÃO JORGE SIMIÃO, SITUADO NA COMUNIDADE FERRUGEM, DISTRITO DE NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>8030</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8030/indicacao_-_488-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8030/indicacao_-_488-2023.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE LUMINÁRIAS NOS POSTES SITUADOS NA ESTRADA DE ACESSO AS COMUNIDADES SERRARIA, SÃO CRISTOVÃO E MATA SEDE - KM 28, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>8063</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8063/indicacao_-_520-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8063/indicacao_-_520-2023.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE ELÉTRICA NO TRECHO COMPREENDIDO ENTRE A IGREJA CATÓLICA BOM JESUS ATÉ O TREVO DO NATIVO, SITUADO NA COMUNIDADE FERRUGEM, DISTRITO NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>8064</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8064/indicacao_-_521-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8064/indicacao_-_521-2023.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DA REDE ELÉTRICA DE APROXIMADAMENTE 100 METROS, COM INSTALAÇÃO DE 02 (DOIS) POSTES COM LUMINÁRIAS NA COMUNIDADE SÃO JORGE, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>8150</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8150/indicacao_-_564-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8150/indicacao_-_564-2023.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE ELÉTRICA NA RUA PEDRO BELO, SITUADA NA COMUNIDADE NATIVO DE BARRA NOVA, DISTRITO NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>8181</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>PRETA DO NASCIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8181/indicacao_-_592-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8181/indicacao_-_592-2023.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE ELÉTRICA COM INSTALAÇÃO DE POSTES COM LUMINÁRIAS, NA ESTRADA DAS MELEIRAS, COMUNIDADE MARIRICU, BAIRRO GURIRI</t>
   </si>
   <si>
     <t>8182</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8182/indicacao_-_593-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8182/indicacao_-_593-2023.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE ELÉTRICA COM INSTALAÇÃO DE POSTES COM LUMINÁRIAS, NA RUA MANGABEIRA, LADO NORTE, BAIRRO GURIRI</t>
   </si>
   <si>
     <t>8194</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8194/indicacao_-_602-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8194/indicacao_-_602-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO DE Nº 276/2023, QUE DIZ RESPEITO À EXTENSÃO DE REDE ELÉTRICA COM INSTALAÇÃO DE POSTES COM LUMINÁRIAS NA RUA DAS PALMEIRAS, SITUADA NA COMUNIDADE SANTA MARIA, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>8348</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8348/indicacao_-_641-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8348/indicacao_-_641-2023.pdf</t>
   </si>
   <si>
     <t>ILUMINAÇÃO NA ÁREA DA PISTA DE KART DO KM 41, LOCALIZADO NO DISTRITO DE NESTOR GOMES</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -861,67 +861,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7422/indicacao_-_001-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7462/indicacao_-_035-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7666/indicacao_-_047-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7667/indicacao_-_048-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7675/indicacao_-_056-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7761/indicacao_-_061-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7683/indicacao_-_066-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7684/indicacao_-_067-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7695/indicacao_-_078-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7502/indicacao_-_149-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7513/indicacao_-_160-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7541/indicacao_-_203-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7577/indicacao_-_211-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7582/indicacao_-_216-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7585/indicacao_-_219-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7587/indicacao_-_221-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7592/indicacao_-_225-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7600/indicacao_-_233-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7631/indicacao_-_262-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7652/indicacao_-_276-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7795/indicacao_-_310-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7808/indicacao_-_320-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7813/indicacao_-_325-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7829/indicacao_-_340-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7870/indicacao_-_376-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7967/indicacao_-_445-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7973/indicacao_-_451-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7976/indicacao_-_454-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8027/indicacao_-_485-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8030/indicacao_-_488-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8063/indicacao_-_520-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8064/indicacao_-_521-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8150/indicacao_-_564-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8181/indicacao_-_592-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8182/indicacao_-_593-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8194/indicacao_-_602-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8348/indicacao_-_641-2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7422/indicacao_-_001-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7462/indicacao_-_035-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7666/indicacao_-_047-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7667/indicacao_-_048-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7675/indicacao_-_056-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7761/indicacao_-_061-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7683/indicacao_-_066-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7684/indicacao_-_067-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7695/indicacao_-_078-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7502/indicacao_-_149-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7513/indicacao_-_160-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7541/indicacao_-_203-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7577/indicacao_-_211-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7582/indicacao_-_216-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7585/indicacao_-_219-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7587/indicacao_-_221-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7592/indicacao_-_225-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7600/indicacao_-_233-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7631/indicacao_-_262-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7652/indicacao_-_276-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7795/indicacao_-_310-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7808/indicacao_-_320-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7813/indicacao_-_325-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7829/indicacao_-_340-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7870/indicacao_-_376-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7967/indicacao_-_445-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7973/indicacao_-_451-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7976/indicacao_-_454-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8027/indicacao_-_485-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8030/indicacao_-_488-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8063/indicacao_-_520-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8064/indicacao_-_521-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8150/indicacao_-_564-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8181/indicacao_-_592-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8182/indicacao_-_593-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8194/indicacao_-_602-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8348/indicacao_-_641-2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="22.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="95.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>