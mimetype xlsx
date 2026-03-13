--- v0 (2025-12-08)
+++ v1 (2026-03-13)
@@ -54,558 +54,558 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>7451</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>CARLINHO SIMIÃO</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7451/indicacao_-_024-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7451/indicacao_-_024-2023.pdf</t>
   </si>
   <si>
     <t>PERFURAÇÃO DE POÇO ARTESIANO (PRÓXIMO AO TREVO QUE DÁ ACESSO À IGREJA SÃO JOSÉ), DISTRITO DE NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>7453</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>CIETY CERQUEIRA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7453/indicacao_-_026-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7453/indicacao_-_026-2023.pdf</t>
   </si>
   <si>
     <t>CONCLUSÃO DO MANILHAMENTO DO VALÃO SITUADO NA LOCALIDADE CONHECIDA POR MARIA PRETA, EM NESTOR GOMES - KM 41, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>7460</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>LAILSON DA AROEIRA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7460/indicacao_-_033-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7460/indicacao_-_033-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE REDE DE ESGOTO E GALERIA PLUVIAL NO BAIRRO COLINA</t>
   </si>
   <si>
     <t>7461</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7461/indicacao_-_034-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7461/indicacao_-_034-2023.pdf</t>
   </si>
   <si>
     <t>INTENSIFICAR AÇÕES DO CARRO FUMACÊ NO BAIRRO AROEIRA E ADJACÊNCIAS</t>
   </si>
   <si>
     <t>7664</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>CRISTIANO BALANGA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7664/indicacao_-_045-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7664/indicacao_-_045-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE REDE E ESTAÇÃO DE TRATAMENTO DE ESGOTO NO BAIRRO SEAC, INTERLIGANDO COM O BAIRRO NOVA ERA</t>
   </si>
   <si>
     <t>7701</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7701/indicacao_-_084-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7701/indicacao_-_084-2023.pdf</t>
   </si>
   <si>
     <t>7705</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7705/indicacao_-_088-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7705/indicacao_-_088-2023.pdf</t>
   </si>
   <si>
     <t>LOCAÇÃO DE CAMINHÕES LIMPA FOSSA PARA ATENDER OS MORADORES DO DISTRITO DE NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>7714</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7714/indicacao_-_097-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7714/indicacao_-_097-2023.pdf</t>
   </si>
   <si>
     <t>MODERNIZAÇÃO E AMPLIAÇÃO DA CAPTAÇÃO DE ÁGUA DO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>7715</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7715/indicacao_-_098-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7715/indicacao_-_098-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE BARRAGEM NO RIO SÃO MATEUS, NA ALTURA DA LOCALIDADE DE CÓRREGO DO BAMBURRAL, BEM COMO MUDANÇA DO PONTO DE CAPTAÇÃO DA ÁGUA QUE ABASTECE O MUNICÍPIO, PARA A REFERIDA LOCALIDADE</t>
   </si>
   <si>
     <t>7716</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>DELERMANO SUIM</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7716/indicacao_-_099-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7716/indicacao_-_099-2023.pdf</t>
   </si>
   <si>
     <t>PERFURAÇÃO DE POÇO ARTESIANO EM NESTOR GOMES - KM 41, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>7717</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7717/indicacao_-_100-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7717/indicacao_-_100-2023.pdf</t>
   </si>
   <si>
     <t>PERFURAÇÃO DE POÇO ARTESIANO NA COMUNIDADE KM 28, SITUADA ÀS MARGENS DA RODOVIA MIGUEL CURRY CARNEIRO, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>7725</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7725/indicacao_-_108-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7725/indicacao_-_108-2023.pdf</t>
   </si>
   <si>
     <t>TÉRMINO DO MANILHAMENTO DO VALÃO SITUADO NO FIBNAL DA RUA HÉLIO ORLANDI, NO BAIRRO SERNAMBY</t>
   </si>
   <si>
     <t>7738</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7738/indicacao_-_121-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7738/indicacao_-_121-2023.pdf</t>
   </si>
   <si>
     <t>PERFURAÇÃO DE POÇO ARTESIANO NA COMUNIDADE SERRARIA, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>7747</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>ISAEL AGUILAR</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7747/indicacao_-_130-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7747/indicacao_-_130-2023.pdf</t>
   </si>
   <si>
     <t>PERFURAÇÃO DE POÇO ARTESIANO NA COMUNIDADE SÃO GERALDO, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>7504</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7504/indicacao_-_151-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7504/indicacao_-_151-2023.pdf</t>
   </si>
   <si>
     <t>PERFURAÇÃO DE POÇO ARTESIANO NA COMUNIDADE SÃO CRISTOVÃO - KM 28, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>7510</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7510/indicacao_-_157-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7510/indicacao_-_157-2023.pdf</t>
   </si>
   <si>
     <t>PERFURAÇÃO DE POÇO ARTESIANO NA COMUNIDADE DILÔ BARBOSA, DISTRITO DE ITAUNINHAS.</t>
   </si>
   <si>
     <t>7512</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7512/indicacao_-_159-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7512/indicacao_-_159-2023.pdf</t>
   </si>
   <si>
     <t>TÉRMINO DA CONSTRUÇÃO DA REDE DE ESGOTO NO BAIRRO MORADA DO LAGO</t>
   </si>
   <si>
     <t>7525</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7525/indicacao_-_163-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7525/indicacao_-_163-2023.pdf</t>
   </si>
   <si>
     <t>PEFURAÇÃO DE POÇO ARTESIANO NAS COMUNIDADES FERRUGEM, SÃO MIGUEL, NATIVO DE BARRA NOVA NORTE E SUL, DISTRITO NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>7530</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7530/indicacao_-_168-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7530/indicacao_-_168-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE ELEVATÓRIA DE ESGOTO NA LOCALIDADE CONHECIDA POR MARIA PRETA, SITUADA EM NESTOR GOMES - KM 41</t>
   </si>
   <si>
     <t>7532</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7532/indicacao_-_170-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7532/indicacao_-_170-2023.pdf</t>
   </si>
   <si>
     <t>LOCAÇÃO DE CAMINHÃO LIMPA FOSSA PARA ATENDER MORADORES DAS SEGUINTES COMUNIDADES: SANTA MARIA, SÃO GERALDO, ITAUNINHAS, DILÔ BARBOSA E NOVA VISTA, DISTRITO DE ITAUNINHAS, CUJAS RESIDÊNCIAS NÃO POSSUEM REDE COLETORA DE ESGOTO</t>
   </si>
   <si>
     <t>7537</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7537/indicacao_-_199-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7537/indicacao_-_199-2023.pdf</t>
   </si>
   <si>
     <t>PERFURAÇÃO DE POÇO ARTESIANO NAS COMUNIDADES FERRUGEM, SÃO MIGUEL, NATIVO E BARRA NOVA NORTE E SUL, DISTRITO NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>7540</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7540/indicacao_-_202-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7540/indicacao_-_202-2023.pdf</t>
   </si>
   <si>
     <t>PERFURAÇÃO DE POÇO ARTESIANO NA COMUNIDADE KM 44, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>7546</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7546/indicacao_-_208-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7546/indicacao_-_208-2023.pdf</t>
   </si>
   <si>
     <t>PERFURAÇÃO DE POÇO ARTESIANO NA COMUNIDADE NOVA VISTA, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>7580</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7580/indicacao_-_214-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7580/indicacao_-_214-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO REDE DE ESGOTO EM VILA NOVA AYMORÉS - KM 35, DISTRITO DE NESTOR GOMES, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>7614</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7614/indicacao_-_245-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7614/indicacao_-_245-2023.pdf</t>
   </si>
   <si>
     <t>PERFURAÇÃO DE POÇO ARTESIANO EM FRENTE À ESCOLA FAMÍLIA AGRÍCOLA, LOCALIZADA EM NESTOR GOMES - KM 41, DISTRITO DE NESTOR GOMES (DEBAIXO DO RESERVATÓRIO DE ÁGUA DO SAAE)</t>
   </si>
   <si>
     <t>7629</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7629/indicacao_-_260-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7629/indicacao_-_260-2023.pdf</t>
   </si>
   <si>
     <t>PERFURAÇÃO DE POÇO ARTESIANO NA VILA BOA SORTE, SITUADA NA COMUNIDADE SANTA MARIA, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>7648</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7648/indicacao_-_272-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7648/indicacao_-_272-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE REDE DE ESGOTO, NO LOTEAMENTO JARDIM ELDORADO, NO BAIRRO PEDRA D'ÁGUA</t>
   </si>
   <si>
     <t>7852</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7852/indicacao_-_360-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7852/indicacao_-_360-2023.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DO SISTEMA DE ESGOTO SANITÁRIO COM ESTAÇÃO DE TRATAMENTO NO LADO OESTE DO BAIRRO LITORÂNEO</t>
   </si>
   <si>
     <t>7854</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7854/indicacao_-_362-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7854/indicacao_-_362-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 100/2023, QUE DIZ RESPEITO A PERFURAÇÃO DE POÇO ARTESIANO NA COMUNIDADDE KM 28, ÀS MARGENS DA RODOVIA MIGUEL CURRY CARNEIRO, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>7920</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7920/indicacao_-_407-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7920/indicacao_-_407-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 130/2023, QUE DIZ RESPEITO A PERFURAÇÃO DE POÇO ARTESIANO NA COMUNIDADE SÃO GERALDO, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>8001</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8001/indicacao_-_459-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8001/indicacao_-_459-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE GALERIA DE ESGOTO NO VALÃO, INICIANDO NA RUA HÉLIO ORLANDI, PASSANDO PELOS BAIRROS FÁTIMA E LAGO DOS CISNES, ATÉ A ALTURA DA RODOVIA OTHOVARINO DUARTE SANTOS</t>
   </si>
   <si>
     <t>8029</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8029/indicacao_-_487-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8029/indicacao_-_487-2023.pdf</t>
   </si>
   <si>
     <t>ESGOTAMENTO E ATERRO DA FOSSA SÉPTICA DO CEIM CÓRREGO MATA SEDE, SITUADO NO KM 28, DISTRITO DE NESTOR GOMES, BEM COMO CONSTRUÇÃO DE NOVA FOSSA</t>
   </si>
   <si>
     <t>8037</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8037/indicacao_-_495-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8037/indicacao_-_495-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 260/2023 QUE DIZ RESPEITO À PERFURAÇÃO DE POÇO ARTESIANO NA VILA BOA SORTE, SITUADA NA COMUNIDADE SANTA MARIA, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>8053</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8053/indicacao_-_512-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8053/indicacao_-_512-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE BARRAGEM NO CÓRREGO ARICANGA, PARA ATENDER A ASSOCIAÇÃO FUNDIÁRIA, DO CÓRREGO SÃO DOMINGOS, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>8100</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>PAULO FUNDÃO</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8100/indicacao_-_544-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8100/indicacao_-_544-2023.pdf</t>
   </si>
   <si>
     <t>TÉRMINO DA OBRA DE CONSTRUÇÃO DA ESTAÇÃO DE TRATAMENTO DE ESGOTO, SITUADA NA COMUNIDADE MARIRICU, BAIRRO GURIRI</t>
   </si>
   <si>
     <t>8135</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8135/indicacao_-_550-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8135/indicacao_-_550-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 214/2023, QUE DIZ RESPEITO A CONSTRUÇÃO  DE REDE DE ESGOTO EM VILA NOVA AYMORÉS - KM 35, DISTRITO DE NESTOR GOMES, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>8190</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8190/indicacao_-_598-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8190/indicacao_-_598-2023.pdf</t>
   </si>
   <si>
     <t>PERFURAÇÃO DE POÇO ARTESIANO NA COMUNIDADE CÓRREGO DO CHIADO, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>8208</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8208/indicacao_-_613-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8208/indicacao_-_613-2023.pdf</t>
   </si>
   <si>
     <t>PERFURAÇÃO DE POÇO ARTESIANO NO CÓRREGO SANTANINHA, SITUADO NA COMUNIDADE SANTA MARIA, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>8209</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8209/indicacao_-_614-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8209/indicacao_-_614-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO ONº 130/2023, QUE DIZ RESPEITO A PERFURAÇÃO DE POÇO ARTESIANO NA COMUNIDADE SÃO GERALDO, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>8330</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8330/indicacao_-_628-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8330/indicacao_-_628-2023.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE DE ÁGUA DA COMUNIDADE SANTA MARIA À COMUNIDADE VILA BOA SORTE, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>8349</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8349/indicacao_-_642-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8349/indicacao_-_642-2023.pdf</t>
   </si>
   <si>
     <t>MANILHA DO VALÃO (APROXIMADAMENTE 300 METROS) COM INÍCIO NA RUA B, FINALIZANDO NA RUA J, SITUADO NO BAIRRO SEAC</t>
   </si>
   <si>
     <t>8351</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8351/indicacao_-_644-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8351/indicacao_-_644-2023.pdf</t>
   </si>
   <si>
     <t>PERFURAÇÃO DE POÇO ARTESIANO NA COMUNIDADE SÃO DOMINGOS, DISTRITO DE ITAUNINHAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -912,67 +912,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7451/indicacao_-_024-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7453/indicacao_-_026-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7460/indicacao_-_033-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7461/indicacao_-_034-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7664/indicacao_-_045-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7701/indicacao_-_084-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7705/indicacao_-_088-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7714/indicacao_-_097-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7715/indicacao_-_098-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7716/indicacao_-_099-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7717/indicacao_-_100-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7725/indicacao_-_108-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7738/indicacao_-_121-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7747/indicacao_-_130-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7504/indicacao_-_151-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7510/indicacao_-_157-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7512/indicacao_-_159-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7525/indicacao_-_163-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7530/indicacao_-_168-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7532/indicacao_-_170-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7537/indicacao_-_199-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7540/indicacao_-_202-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7546/indicacao_-_208-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7580/indicacao_-_214-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7614/indicacao_-_245-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7629/indicacao_-_260-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7648/indicacao_-_272-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7852/indicacao_-_360-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7854/indicacao_-_362-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7920/indicacao_-_407-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8001/indicacao_-_459-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8029/indicacao_-_487-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8037/indicacao_-_495-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8053/indicacao_-_512-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8100/indicacao_-_544-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8135/indicacao_-_550-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8190/indicacao_-_598-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8208/indicacao_-_613-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8209/indicacao_-_614-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8330/indicacao_-_628-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8349/indicacao_-_642-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8351/indicacao_-_644-2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7451/indicacao_-_024-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7453/indicacao_-_026-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7460/indicacao_-_033-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7461/indicacao_-_034-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7664/indicacao_-_045-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7701/indicacao_-_084-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7705/indicacao_-_088-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7714/indicacao_-_097-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7715/indicacao_-_098-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7716/indicacao_-_099-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7717/indicacao_-_100-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7725/indicacao_-_108-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7738/indicacao_-_121-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7747/indicacao_-_130-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7504/indicacao_-_151-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7510/indicacao_-_157-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7512/indicacao_-_159-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7525/indicacao_-_163-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7530/indicacao_-_168-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7532/indicacao_-_170-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7537/indicacao_-_199-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7540/indicacao_-_202-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7546/indicacao_-_208-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7580/indicacao_-_214-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7614/indicacao_-_245-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7629/indicacao_-_260-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7648/indicacao_-_272-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7852/indicacao_-_360-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7854/indicacao_-_362-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7920/indicacao_-_407-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8001/indicacao_-_459-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8029/indicacao_-_487-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8037/indicacao_-_495-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8053/indicacao_-_512-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8100/indicacao_-_544-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8135/indicacao_-_550-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8190/indicacao_-_598-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8208/indicacao_-_613-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8209/indicacao_-_614-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8330/indicacao_-_628-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8349/indicacao_-_642-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8351/indicacao_-_644-2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="19.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="95.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="233.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>