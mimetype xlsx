--- v0 (2025-12-06)
+++ v1 (2026-03-13)
@@ -54,249 +54,249 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>7434</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>ISAEL AGUILAR</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7434/indicacao_-_013-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7434/indicacao_-_013-2023.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE CAMINHÃO BAÚ PARA ATENDER A ASSOCIAÇÃO DE PEQUENOS PRODUTORES RURAIS DESCENDENTES DE QUILOMBOLAS DA COMUNIDADE NOSSA SENHORA DA PENHA, MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>7435</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7435/indicacao_-_014-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7435/indicacao_-_014-2023.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE TRATOR AGRÍCOLA COM IMPLEMENTOS PARA ATENDER A ASSOCIAÇÃO DE MORADORES DE PEQUENOS PRODUTORES RURAIS DE NOVA VISTA I, MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>7662</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>CIETY CERQUEIRA, KACIO MENDES</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7662/indicacao_-_043-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7662/indicacao_-_043-2023.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE CORRIMÃO NA PONTE SITUADA NA COMUNIDADE TAQUARUÇU - KM 35, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>7524</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>CARLINHO SIMIÃO</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7524/indicacao_-_162-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7524/indicacao_-_162-2023.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE MUDAS DE AROEIRA, COCO, LARANJA E OUTRAS ESPÉCIES, PARA DISTRIBUIÇÃO AOS PEQUENOS PRODUTORES RURAIS DO DISTRITO DE NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>7805</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>ADECI DE SENA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7805/indicacao_-_317-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7805/indicacao_-_317-2023.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZAÇÃO DE HORAS DE TRATOR DE PNEU COM GRADE ARADORA PARA ATENDER OS PEQUENOS PRODUTORES RURAIS DAS COMUNIDADES DO DISTRITO DE NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>7806</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7806/indicacao_-_318-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7806/indicacao_-_318-2023.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZAÇÃO DE RETROESCAVADEIRA E CAÇAMBA PARA ATENDER OS PEQUENOS PRODUTORES RURAIS DA COMUNIDADE IVINO ESPÍRITO SANTO, DISTRITO DE NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>7848</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7848/indicacao_-_356-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7848/indicacao_-_356-2023.pdf</t>
   </si>
   <si>
     <t>ENCASCALHAMENTO DAS LADEIRAS SITUADAS NA ESTRADA DE ACESSO À LOCALIDADDE "BURACO QUENTE", NA COMUNIDADE CÓRREGO DO BAMBURRAL, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>7947</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7947/indicacao_-_427-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7947/indicacao_-_427-2023.pdf</t>
   </si>
   <si>
     <t>CRIAÇÃO DE PROJETO DE INCENTIVO À PISCICULTURA NO MUNICÍPIO DE SÃO MATEUS</t>
   </si>
   <si>
     <t>7948</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7948/indicacao_-_428-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7948/indicacao_-_428-2023.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE TANQUES SUSPENSOS PARA ATENDER OS PESCADORES DESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>7950</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7950/indicacao_-_430-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7950/indicacao_-_430-2023.pdf</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE HORAS DE MÁQUINAS (PATROL, RETROESCAVADEIRA E TRATOR COM IMPLEMENTOS) PARA ATENDER OS PEQUENOS PRODUTORES DA COMUNIDADE SÃO JORGE, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>7970</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>CRISTIANO BALANGA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7970/indicacao_-_448-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7970/indicacao_-_448-2023.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE TRATOR PARA O CENTRO DE AGRICULTURA NA COMUNIDADE CÓRREGO SANTA RITA, VISANDO ATENDER ÀS NECESSIDADES DOS PEQUENOS E MÉDIOS AGRICULTORES DE 11 COMUNIDADES DA REGIÃO</t>
   </si>
   <si>
     <t>8016</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8016/indicacao_-_472-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8016/indicacao_-_472-2023.pdf</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE HORAS DE MÁQUINAS (PATROL, RETROESCAVADEIRA E TRATOR COM IMPLEMENTOS AGRÍCOLAS) PARA ATENDER OS PEQUENOS PRODUTORES DA REGIÃO DOS QUILÔMETROS, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>8133</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8133/indicacao_-_548-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8133/indicacao_-_548-2023.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE MUDAS DE PIMENTA-DO-REINO, COCO, CAFÉ E OUTRAS ESPÉCIES, PARA DISTRIBUIÇÃO AOS PEQUENOS PRODUTORES RURAIS FIXADOS ÀS MARGENS DA RODOVIA MIGUEL CURRY CARNEIRO, A PARTIR DO CÓRREGO DO BAMBURRAL, CONTEMPLANDO TODA A REGIÃO PERTENCENTE AO DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>8206</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>CIETY CERQUEIRA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8206/indicacao_-_611-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8206/indicacao_-_611-2023.pdf</t>
   </si>
   <si>
     <t>PATROLAMENTO E ATERRO DAS ESTRADAS DO KM 23, QUE DÃO ACESSO ÀS COMUNIDADES BEIRA RIO E ARURAL, LOCALIZADAS EM NESTOR GOMES, DISRTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>8355</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>PAULO FUNDÃO</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8355/indicacao_-_648-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8355/indicacao_-_648-2023.pdf</t>
   </si>
   <si>
     <t>VIABILIZE A ELABORAÇÃO DE PROJETO PARA CONSTRUÇÃO DE BARRAGEM NO RIO CRICARÉ</t>
   </si>
   <si>
     <t>8368</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8368/indicacao_-_656-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8368/indicacao_-_656-2023.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO COM ATERRAMENTO E COMPACTAÇÃO DOS PONTOS DE ALAGAMENTO DA ESTRADA PRINCIPAL DE ACESSO ÀS COMUNIDADES SÃO CRISTÓVÃO E SERRARIA, LOCALIZADA NO DISTRITO DE NESTOR GOMES</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -603,67 +603,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7434/indicacao_-_013-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7435/indicacao_-_014-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7662/indicacao_-_043-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7524/indicacao_-_162-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7805/indicacao_-_317-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7806/indicacao_-_318-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7848/indicacao_-_356-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7947/indicacao_-_427-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7948/indicacao_-_428-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7950/indicacao_-_430-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7970/indicacao_-_448-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8016/indicacao_-_472-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8133/indicacao_-_548-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8206/indicacao_-_611-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8355/indicacao_-_648-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8368/indicacao_-_656-2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7434/indicacao_-_013-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7435/indicacao_-_014-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7662/indicacao_-_043-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7524/indicacao_-_162-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7805/indicacao_-_317-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7806/indicacao_-_318-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7848/indicacao_-_356-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7947/indicacao_-_427-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7948/indicacao_-_428-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7950/indicacao_-_430-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7970/indicacao_-_448-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8016/indicacao_-_472-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8133/indicacao_-_548-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8206/indicacao_-_611-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8355/indicacao_-_648-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8368/indicacao_-_656-2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="30.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="95.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>