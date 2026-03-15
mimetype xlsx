--- v0 (2025-12-08)
+++ v1 (2026-03-15)
@@ -54,933 +54,933 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>7429</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>CRISTIANO BALANGA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7429/indicacao_-_008-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7429/indicacao_-_008-2023.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE KITs COMPLETOS (CONTENDO: MOCHILA, CADERNO, LÁPIS, BORRACHA, APONTADOR, LÁPIS DE COR, 02 CAMISAS DE UNIFORME, 02 BERMUDAS, 02 PARES DE MEIA, 01 PAR DE TÊNIS E 01 AGASALHO), PARA OS ESTUDANTES DA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>7663</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>CIETY CERQUEIRA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7663/indicacao_-_044-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7663/indicacao_-_044-2023.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO E REFORMA DO CEIM "CRIANÇA FELIZ", SITUADO EM NESTOR GOMES - KM 41, BEM COMO INSTALAÇÃO DE AR-CONDICIONADO E BEBEDOURO</t>
   </si>
   <si>
     <t>7668</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>GILTON GOMES</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7668/indicacao_-_049-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7668/indicacao_-_049-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CEIM TEMPO INTEGRAL NO RESIDENCIAL VILLAGE, SITUADO NO BAIRRO LITORÂNEO</t>
   </si>
   <si>
     <t>7669</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7669/indicacao_-_050-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7669/indicacao_-_050-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CEIM TEMPO INTEGRAL NO BAIRRO SANTA TEREZA</t>
   </si>
   <si>
     <t>7670</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>ISAEL AGUILAR</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7670/indicacao_-_051-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7670/indicacao_-_051-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE QUADRA POLIESPORTIVA NA EMEF ANEDINA ALMEIDA SANTOS, LOCALIZADA NOVA LIMA, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>7681</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7681/indicacao_-_064-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7681/indicacao_-_064-2023.pdf</t>
   </si>
   <si>
     <t>REFORMA DO PRÉDIO E DA QUADRA POLIESPORTIVA DA EMEF "PROFESSORA DORA ARNIZAUT SILVARES - CAIC", LOCALIZADA NO BAIRRO SANTO ANTÔNIO</t>
   </si>
   <si>
     <t>7486</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>ADECI DE SENA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7486/indicacao_-_133-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7486/indicacao_-_133-2023.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZAR VIATURAS DA GUARDA PATRIMONIAL, PARA ATENDER AS ESCOLAS DA REGIÃO DO DISTRITO DE NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>7491</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7491/indicacao_-_138-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7491/indicacao_-_138-2023.pdf</t>
   </si>
   <si>
     <t>REFORMA DA QUADRA ESPORTIVA DA EMEF MARIA DA CUNHA FUNDÃO, LOCALIZADA NO BAIRRO SEAC</t>
   </si>
   <si>
     <t>7501</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7501/indicacao_-_148-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7501/indicacao_-_148-2023.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE INSTRUMENTOS MUSICAIS PARA EQUIPAR A BANDA MARCIAL DA ECORM MARIA FRANCISCA NUNES COUTINHO, SITUADA EM NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>7511</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7511/indicacao_-_158-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7511/indicacao_-_158-2023.pdf</t>
   </si>
   <si>
     <t>REFORMA E AMPLIAÇÃO DO PRÉDIO DO CEIM "SANTA MARIA", SITUADO NA COMUNIDADE SANTA MARIA, DISTRITO DE ITAUNINHAS, COM CONSTRUÇÃO DE MAIS DUAS SALAS DE AULA E SALA PARA ARQUIVO.</t>
   </si>
   <si>
     <t>7534</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>PRETA DO NASCIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7534/indicacao_-_172-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7534/indicacao_-_172-2023.pdf</t>
   </si>
   <si>
     <t>REFORMA GERAL DO PRÉDIO DA "EPM ALICE MOREIRA MACHADO", LOCALIZADA NA COMUNIDADE BARRA NOVA NORTE</t>
   </si>
   <si>
     <t>7538</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>CARLINHO SIMIÃO</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7538/indicacao_-_200-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7538/indicacao_-_200-2023.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE ÁREA DE TERRA EM NATIVO DE BARRA NOVA PARA CONSTRUÇÃO DE ESCOLA ESTADUAL DE ENSINO MÉDIO</t>
   </si>
   <si>
     <t>7598</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>DELERMANO SUIM</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7598/indicacao_-_231-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7598/indicacao_-_231-2023.pdf</t>
   </si>
   <si>
     <t>REFORMA DA ESCOLA PLURIDOCENTE MUNICIPAL 'MILITINO CARRAFA', SITUADA NA COMUNIDADE KM 13, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>7619</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7619/indicacao_-_250-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7619/indicacao_-_250-2023.pdf</t>
   </si>
   <si>
     <t>REFORMA DO PRÉDIO DA EMEF OURO NEGRO, SITUADA NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>7621</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7621/indicacao_-_252-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7621/indicacao_-_252-2023.pdf</t>
   </si>
   <si>
     <t>REFORMA DO PRÉDIO DA ESCOLA PLURIDOCENTE MUNICIPAL 'ALICE MOREIRA MACHADO', SITUADA NA COMUNIDADE BARRA NOVA NORTE, DISTRITO NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>7623</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7623/indicacao_-_254-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7623/indicacao_-_254-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE EMEF NA COMUNIDADE MATA SEDE - KM 28, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>7654</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>KACIO MENDES</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7654/indicacao_-_278-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7654/indicacao_-_278-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CEIM NO RESIDENCIAL SOLAR, LOCALIZADO NO BAIRRO AROEIRA</t>
   </si>
   <si>
     <t>7767</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7767/indicacao_-_288-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7767/indicacao_-_288-2023.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE ALAMBRADO EMM TORNO DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL EMEF "SÃO PIO X", SITUADA NA COMUNIDADE CÓRREGO DA PALMEIRA - KM 47, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>7772</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7772/indicacao_-_293-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7772/indicacao_-_293-2023.pdf</t>
   </si>
   <si>
     <t>REFORMA DO PRÉDIO E DO MURO DA 'EMEF ALMIR QUEIROZ', BEM COMO, CONSTRUÇÃO DE QUADRA POLIESPORTIVA COBERTA, SITUADA NO BAIRRO CACIQUE, MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>7773</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7773/indicacao_-_294-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7773/indicacao_-_294-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PRÉDIO PARA INSTALAÇÃO DO CEIM PINGO DE GENTE, SITUADO NA COMUNIDADE ITAUNINHAS, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>7787</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7787/indicacao_-_302-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7787/indicacao_-_302-2023.pdf</t>
   </si>
   <si>
     <t>CONTRAÇÃO DE PESSOAL, EM CARÁTER EMERGENCIAL, PARA OS CARGOS DE: PROFESSOR, AUXILIAR DE SERVIÇOS GERAIS (ASG), SECRETÁRIO ESCOLAR, ENTRE OUTROS, PARA ATENDER A SECRETARIA MUNICIPAL DE EDUCAÇÃO</t>
   </si>
   <si>
     <t>7814</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7814/indicacao_-_326-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7814/indicacao_-_326-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DO CAMPO DENOMINADO COMO "BOM DE BOLA", NO PÁTIO DA EMEF SANTA TEREZINHA, LOCALIZADA NO BAIRRO SANTA TERESA (PONTE)</t>
   </si>
   <si>
     <t>7821</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7821/indicacao_-_333-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7821/indicacao_-_333-2023.pdf</t>
   </si>
   <si>
     <t>TÉRMINO DAS OBRAS DE CONSTRUÇÃO DO CEIM LUIGIA UBIZZONI BORDONI (TESOURO DA ILHA), LOCALIZADO N BAIRRO GURIRI</t>
   </si>
   <si>
     <t>7827</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7827/indicacao_-_338-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7827/indicacao_-_338-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA SALA DE VÍDEO NA EMEF DORA ARNIZAUT SILVARES - CAIC, LOCALIZADA NO BAIRRO SANTO ANTÔNIO</t>
   </si>
   <si>
     <t>7828</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7828/indicacao_-_339-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7828/indicacao_-_339-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE SALA DE ARTE E CULTURA NA EMEF DORA ARNIZAUT SILVARES - CAIC, LOCALIZADA NO BAIRRO SANTO ANTÔNIO</t>
   </si>
   <si>
     <t>7833</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7833/indicacao_-_344-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7833/indicacao_-_344-2023.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE BRINQUEDOS PEDAGÓGICOS PARA OS CEIM'S DO MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>7834</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7834/indicacao_-_345-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7834/indicacao_-_345-2023.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE BRINQUEDOS ADAPTADOS PARA USO DAS CRIANÇAS COM NECESSIDADES ESPECIAIS, NOS PLAYGROUNDS, EMEFs E CEIMs DO MUNICÍPIO</t>
   </si>
   <si>
     <t>7850</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7850/indicacao_-_358-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7850/indicacao_-_358-2023.pdf</t>
   </si>
   <si>
     <t>REFORMAS DA EMEF "SÃO PIO X", SITUADA NA COMUNIDADE CÓRREGO DA PALMEIRA - KM 47, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>7851</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7851/indicacao_-_359-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7851/indicacao_-_359-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE QUADRA POLIESPORTIVA NA EMEF "SÃO PIO X", SITUADA NA COMUNIDADE CÓRREGO DA PALMEIRA - KM 47, DISTRITODE NESTOR GOMES</t>
   </si>
   <si>
     <t>7855</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7855/indicacao_-_363-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7855/indicacao_-_363-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CEIM NA COMUNIDADE KM 28, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>7856</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7856/indicacao_-_364-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7856/indicacao_-_364-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CEIM NO RESIDENCIAL VILLAGE, SITUADO NO BAIRRO LITORÂNEO</t>
   </si>
   <si>
     <t>7857</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7857/indicacao_-_365-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7857/indicacao_-_365-2023.pdf</t>
   </si>
   <si>
     <t>REFORMA DO PRÉDIO DA 'EMEF VALÉRIO COSER', SITUADA NO BAIRRO PEDRA D'ÁGUA, MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>7866</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7866/indicacao_-_372-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7866/indicacao_-_372-2023.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO E REFORMA DO PRÉDIO DA ESCOLA PLURIDOCENTE MUNICIPAL SÃO MIGUEL, DISTRITO DE NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>7885</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7885/indicacao_-_385-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7885/indicacao_-_385-2023.pdf</t>
   </si>
   <si>
     <t>REFORMA DO PRÉDIO DA "ECORM MARIA FRANCISCA NUNES COUTINHO" (ESCOLA DO NATIVO), SITUADA EM NATIVO DE BARRA NOVA, DISTRITO NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>7886</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7886/indicacao_-_386-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7886/indicacao_-_386-2023.pdf</t>
   </si>
   <si>
     <t>REFORMA DA QUADRA POLIESPORTIVA DA "ECORM MARIA FRANCISCA NUNES COUTINHO" (ESCOLA DO NATIVO), SITUADA EM NATIVO DE BARRA NOVA, DISTRITO NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>7898</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7898/indicacao_-_398-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7898/indicacao_-_398-2023.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO E REFORMA DO PRÉDIO DO CEIM SÃO FRANCISCO DE ASSIS, LOCALIZADO NO BAIRRO LITORÂNEO</t>
   </si>
   <si>
     <t>7938</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7938/indicacao_-_421-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7938/indicacao_-_421-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE QUADRA POLIESPORTIVA NA EMEF "VALERIO COSER", SITUADA NO BAIRRO PEDRA D'ÁGUA</t>
   </si>
   <si>
     <t>7942</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7942/indicacao_-_425-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7942/indicacao_-_425-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PRÉDIO NO BAIRRO PORTO PARA INSTALAÇÃO DO CEIM "NOSSA SENHORA APARECIDA"</t>
   </si>
   <si>
     <t>7943</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7943/indicacao_-_426-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7943/indicacao_-_426-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CEIM TEMPO INTEGRAL NO BAIRRO GURIRI, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>7953</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7953/indicacao_-_433-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7953/indicacao_-_433-2023.pdf</t>
   </si>
   <si>
     <t>REFORMA DA EMEF "ROSELI PIRES CLEMENTE", LOCALIZADA NO BAIRRO SEAC</t>
   </si>
   <si>
     <t>8008</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>PAULO FUNDÃO</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8008/indicacao_-_466-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8008/indicacao_-_466-2023.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR, EM CARÁTER EMERGENCIAL, O REPASSE DA SEGUNDA PARCELA DO PROGRAMA DE AUTONOMIA FINANCEIRA ÀS UNIDADES EDUCACIONAIS DA REDE PÚBLICA MUNICIPAL DE ENSINO FUNDAMENTAL E INFANTIL DE SÃO MATEUS-ES, DE ACORDO COM O PREVISTO NA LEI MUNICIPAL Nº 761/2009</t>
   </si>
   <si>
     <t>8009</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8009/indicacao_-_467-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8009/indicacao_-_467-2023.pdf</t>
   </si>
   <si>
     <t>REGULARIZAÇÃO DO PAGAMENTO AOS FORNECEDORES DE GÊNEROS ALIMENTÍCIOS PARA PREPARO DA MERENDA ESCOLAR, POR MEIO DE RECURSO FINANCEIRO DO PNAE - PROGRAMA NACIONAL DE ALIMENTAÇÃO ESCOLAR, QUE ENCONTRA-SE EM ATRASO</t>
   </si>
   <si>
     <t>8015</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8015/indicacao_-_471-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8015/indicacao_-_471-2023.pdf</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE PESSOAL, EM CARÁTER EMERGENCIAL, PARA O CARGO DE AUXILIAR DE SERVIÇOS GERAIS (ASG), COM CONTRIBUIÇÃO PARA PREPARAR A MERENDA ESCOLAR DA EMEF KM 35</t>
   </si>
   <si>
     <t>8038</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>LAILSON DA AROEIRA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8038/indicacao_-_497-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8038/indicacao_-_497-2023.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE TERRENO NO BAIRRO MORADA DO LAGO PARA CONSTRUÇÃO DE CENTRO DE EDUCAÇÃO INFANTIL MUNICIPAL</t>
   </si>
   <si>
     <t>8069</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8069/indicacao_-_526-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8069/indicacao_-_526-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CMEI - CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL DE TEMPO INTEGRAL NO BAIRRO SEAC</t>
   </si>
   <si>
     <t>8131</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8131/indicacao_-_546-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8131/indicacao_-_546-2023.pdf</t>
   </si>
   <si>
     <t>REFORMA DO MURO DA ESCOLA PLURIDOCNETE MUNICIPAL SÃO MIGUEL, SITUADA NA COMUNIDADE SÃO MIGUEL, DISTRITO DE NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>8132</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8132/indicacao_-_547-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8132/indicacao_-_547-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 372/2023, QUE DIZ RESPEITO À AMPLIAÇÃO E REFORMA DO PRÉDIO DA ESCOLA PLURIDOCENTE MUNICIPAL SÃO MIGUEL, SITUADA NA COMUNIDADE SÃO MIGUEL, DISTRITO DE NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>8139</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8139/indicacao_-_554-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8139/indicacao_-_554-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 365/2023, QUE DIZ RESPEITO A REFORMA DO PRÉDIO DA 'EMEF VALÉRIO COSER', SITUADA NO BAIRRO PEDRA D'ÁGUA, MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>8140</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8140/indicacao_-_555-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8140/indicacao_-_555-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 293/2023, QUE DIZ RESPEITO A REFORMA DO PRÉDIO E DO MURO DA 'EMEF ALMIR QUEIROZ', BEM COMO, CONSTRUÇÃO DE QUADRA POLIESPORTIVA COBERTA, SITUADA NO BAIRRO CACIQUE, MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>8146</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8146/indicacao_-_561-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8146/indicacao_-_561-2023.pdf</t>
   </si>
   <si>
     <t>REFORMA E AMPLIAÇÃO DA EMEF HERINÉA LIMA DE OLIVEIRA, LOCALIZADA NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>8158</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8158/indicacao_-_571-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8158/indicacao_-_571-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 364/2023, QUE DIZ RESPEITO A CONSTRUÇÃO DE CEIM NO RESIDENCIAL VILLAGE, SITUADO NO BAIRRO LITORÂNEO</t>
   </si>
   <si>
     <t>8159</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8159/indicacao_-_572-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8159/indicacao_-_572-2023.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 050/2023, QUE DIZ RESPEITO A CONSTRUÇÃO DE CEIM TEMPO INTEGRAL NO BAIRRO SANTA TEREZA (PONTE)</t>
   </si>
   <si>
     <t>8162</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8162/indicacao_-_575-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8162/indicacao_-_575-2023.pdf</t>
   </si>
   <si>
     <t>8164</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8164/indicacao_-_577-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8164/indicacao_-_577-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE QUADRA POLIESPORTIVA E INSTALAÇÃO DE PLAYGROUND NA EMEF RIO PRETO, SITUADA NO BAIRRO PEDRA D'ÁGUA</t>
   </si>
   <si>
     <t>8172</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8172/indicacao_-_583-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8172/indicacao_-_583-2023.pdf</t>
   </si>
   <si>
     <t>REFORMA DO CEIM SONHO DE CRIANÇA, SITUADO NO BAIRRO AVIAÇÃO</t>
   </si>
   <si>
     <t>8173</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8173/indicacao_-_584-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8173/indicacao_-_584-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CEIM NO RESIDENCIAL BOM JESUS - BOSQUE DA PRAIA, NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>8176</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>ISAMARA DA FARMÁCIA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8176/indicacao_-_587-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8176/indicacao_-_587-2023.pdf</t>
   </si>
   <si>
     <t>REFORMA DO PRÉDIO DO CEIM PINGO DE GENTE, LOCALIZADO EM ITAUNINHAS, DISTRITO DE ITAUNINHAS, QUE ENCONTRA-SE DESATIVADO</t>
   </si>
   <si>
     <t>8177</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8177/indicacao_-_588-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8177/indicacao_-_588-2023.pdf</t>
   </si>
   <si>
     <t>REFORMA DO PRÉDIO DA ESCOLA PLURIDOCENTE MUNICIPAL "ANTÔNIO MACIEL FILHO", LOCALIZADA NO BAIRRO JAMBEIRO</t>
   </si>
   <si>
     <t>8191</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8191/indicacao_-_599-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8191/indicacao_-_599-2023.pdf</t>
   </si>
   <si>
     <t>REFORMA DA ESCOLA PLURIDOCENTE MUNICIPAL CÓRREGO DO CHIADO, LOCALIZADA NA COMUNIDADE CÓRREGO DO CHIADO, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>8196</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8196/indicacao_-_604-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8196/indicacao_-_604-2023.pdf</t>
   </si>
   <si>
     <t>CLIMATIZAÇÃO DO CEIM SANTA MARIA, LOCALIZADO NA COMUNIDADE SANTA MARIA, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>8199</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8199/indicacao_-_607-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8199/indicacao_-_607-2023.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE APARELHOS CONDICIONADORES DE AR PARA INSTALAÇÃO EM TODAS AS SALAS DE AULA DAS UNIDADES ESCOLARES DA REDE PÚBLICA MUNICIPAL DE SÃO MATEUS</t>
   </si>
   <si>
     <t>8201</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8201/indicacao_-_609-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8201/indicacao_-_609-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CEIM NO BAIRRO SERNAMBY</t>
   </si>
   <si>
     <t>8205</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8205/indicacao_-_610-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8205/indicacao_-_610-2023.pdf</t>
   </si>
   <si>
     <t>COBERTURA DO PÁTIO E INSTALAÇÃO DO PISO DA ESCOLA PLURIDOCENTE MUNICIPAL PATRIMÔNIO DA AREIA, LOCALIZADO NO DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>8329</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8329/indicacao_-_627-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8329/indicacao_-_627-2023.pdf</t>
   </si>
   <si>
     <t>RETOMADA DA OBRA DE CONSTRUÇÃO DO PRÉDIO DA ESCOLA VIVA, LOCALIZADA NA COMUNIDADE NOVA VISTA, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>8335</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8335/indicacao_-_633-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8335/indicacao_-_633-2023.pdf</t>
   </si>
   <si>
     <t>REFORMA DAS EMEFs MARIA APARECIDA DOS SANTOS SILVA FILADELFO E DORA ARNIZAUT SILVARES - CAIC, SITUADAS RESPECTIVAMENTE NOS BAIRROS MORADA DO RIBEIRÃO E SANTO ANTÔNIO</t>
   </si>
   <si>
     <t>8353</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8353/indicacao_-_646-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8353/indicacao_-_646-2023.pdf</t>
   </si>
   <si>
     <t>REFORMA DO CEIM "ALICE PONTE IN VALTELLINA" NO BAIRRO VITÓRIA</t>
   </si>
   <si>
     <t>8354</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8354/indicacao_-_647-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8354/indicacao_-_647-2023.pdf</t>
   </si>
   <si>
     <t>REFORMA DO CEIM PAULO FREIRE, LOCALIZADO NO BAIRRO VILA VERDE</t>
   </si>
   <si>
     <t>8357</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8357/indicacao_-_650-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8357/indicacao_-_650-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PRÉDIO PARA INSTALAÇÃO DA EMEF "ALMIR QUEIROZ", SITUADA NO BAIRRO CRICARÉ, NA MESMA ÁREA DA ATUAL ESCOLA</t>
   </si>
   <si>
     <t>8363</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8363/indicacao_-_651-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8363/indicacao_-_651-2023.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE EMEF NA COMUNIDADE DE CAMPO GRANDE, DISTRITO DO NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>8370</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8370/indicacao_-_658-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8370/indicacao_-_658-2023.pdf</t>
   </si>
   <si>
     <t>UTILIZAÇÃO DO ESPAÇO LIVRE DA EMEF MARIA DA CUNHA FUNDÃO SITUADA NO BAIRRO SEAC, PARA EXTENSÃO DO PROJETO "JUDÔ E FUTSAL CONSTRUINDO SONHO"</t>
   </si>
   <si>
     <t>8375</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8375/indicacao_-_663-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8375/indicacao_-_663-2023.pdf</t>
   </si>
   <si>
     <t>REFORMA GERAL E AMPLIAÇÃO DA EMEF PROFESSOR JOÃO PINTO BANDEIRA, COM INSTALAÇÃO DE AUDITÓRIO EQUIPADO, AMPLIAÇÃO DE REFEITÓRIO, RECONSTRUÇÃO DA QUADRA POLIESPORTIVA, E INSTALAÇÃO DE APARELHO DE AR-CONDICIONADO NAS SALAS DE AULA, SITUADO NO BAIRRO CARAPINA, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>8384</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8384/indicacao_-_670-2023.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8384/indicacao_-_670-2023.pdf</t>
   </si>
   <si>
     <t>QUE POR MEIO DA SECRETARIA MUNICIPAL DE EDUCAÇÃO SEJA FEITA A DISTRIBUIÇÃO DE UNIFORMES ESCOLAR, BEM COMO KIT ESCOLARES (CONTENDO MOCHILAS E MATERIAIS ESCOLARES) PARA TODAS AS CRIANÇAS DA REDE DE ENSINO FUNDAMENTAL E DA EDUCAÇÃO DE JOVENS E ADULTOS - EJA, DO MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1287,67 +1287,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7429/indicacao_-_008-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7663/indicacao_-_044-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7668/indicacao_-_049-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7669/indicacao_-_050-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7670/indicacao_-_051-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7681/indicacao_-_064-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7486/indicacao_-_133-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7491/indicacao_-_138-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7501/indicacao_-_148-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7511/indicacao_-_158-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7534/indicacao_-_172-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7538/indicacao_-_200-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7598/indicacao_-_231-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7619/indicacao_-_250-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7621/indicacao_-_252-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7623/indicacao_-_254-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7654/indicacao_-_278-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7767/indicacao_-_288-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7772/indicacao_-_293-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7773/indicacao_-_294-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7787/indicacao_-_302-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7814/indicacao_-_326-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7821/indicacao_-_333-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7827/indicacao_-_338-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7828/indicacao_-_339-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7833/indicacao_-_344-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7834/indicacao_-_345-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7850/indicacao_-_358-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7851/indicacao_-_359-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7855/indicacao_-_363-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7856/indicacao_-_364-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7857/indicacao_-_365-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7866/indicacao_-_372-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7885/indicacao_-_385-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7886/indicacao_-_386-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7898/indicacao_-_398-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7938/indicacao_-_421-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7942/indicacao_-_425-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7943/indicacao_-_426-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7953/indicacao_-_433-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8008/indicacao_-_466-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8009/indicacao_-_467-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8015/indicacao_-_471-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8038/indicacao_-_497-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8069/indicacao_-_526-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8131/indicacao_-_546-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8132/indicacao_-_547-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8139/indicacao_-_554-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8140/indicacao_-_555-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8146/indicacao_-_561-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8158/indicacao_-_571-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8159/indicacao_-_572-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8162/indicacao_-_575-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8164/indicacao_-_577-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8172/indicacao_-_583-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8173/indicacao_-_584-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8176/indicacao_-_587-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8177/indicacao_-_588-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8191/indicacao_-_599-2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8196/indicacao_-_604-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8199/indicacao_-_607-2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8201/indicacao_-_609-2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8205/indicacao_-_610-2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8329/indicacao_-_627-2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8335/indicacao_-_633-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8353/indicacao_-_646-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8354/indicacao_-_647-2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8357/indicacao_-_650-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8363/indicacao_-_651-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8370/indicacao_-_658-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8375/indicacao_-_663-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8384/indicacao_-_670-2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7429/indicacao_-_008-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7663/indicacao_-_044-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7668/indicacao_-_049-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7669/indicacao_-_050-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7670/indicacao_-_051-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7681/indicacao_-_064-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7486/indicacao_-_133-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7491/indicacao_-_138-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7501/indicacao_-_148-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7511/indicacao_-_158-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7534/indicacao_-_172-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7538/indicacao_-_200-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7598/indicacao_-_231-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7619/indicacao_-_250-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7621/indicacao_-_252-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7623/indicacao_-_254-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7654/indicacao_-_278-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7767/indicacao_-_288-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7772/indicacao_-_293-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7773/indicacao_-_294-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7787/indicacao_-_302-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7814/indicacao_-_326-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7821/indicacao_-_333-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7827/indicacao_-_338-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7828/indicacao_-_339-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7833/indicacao_-_344-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7834/indicacao_-_345-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7850/indicacao_-_358-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7851/indicacao_-_359-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7855/indicacao_-_363-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7856/indicacao_-_364-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7857/indicacao_-_365-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7866/indicacao_-_372-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7885/indicacao_-_385-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7886/indicacao_-_386-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7898/indicacao_-_398-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7938/indicacao_-_421-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7942/indicacao_-_425-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7943/indicacao_-_426-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/7953/indicacao_-_433-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8008/indicacao_-_466-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8009/indicacao_-_467-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8015/indicacao_-_471-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8038/indicacao_-_497-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8069/indicacao_-_526-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8131/indicacao_-_546-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8132/indicacao_-_547-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8139/indicacao_-_554-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8140/indicacao_-_555-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8146/indicacao_-_561-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8158/indicacao_-_571-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8159/indicacao_-_572-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8162/indicacao_-_575-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8164/indicacao_-_577-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8172/indicacao_-_583-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8173/indicacao_-_584-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8176/indicacao_-_587-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8177/indicacao_-_588-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8191/indicacao_-_599-2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8196/indicacao_-_604-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8199/indicacao_-_607-2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8201/indicacao_-_609-2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8205/indicacao_-_610-2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8329/indicacao_-_627-2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8335/indicacao_-_633-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8353/indicacao_-_646-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8354/indicacao_-_647-2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8357/indicacao_-_650-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8363/indicacao_-_651-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8370/indicacao_-_658-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8375/indicacao_-_663-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2023/8384/indicacao_-_670-2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H73"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="22.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="95.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>