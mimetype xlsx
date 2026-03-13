--- v0 (2025-12-07)
+++ v1 (2026-03-13)
@@ -54,612 +54,612 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>6082</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>KACIO MENDES</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6082/indicacao_-_024-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6082/indicacao_-_024-2022.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR ESTUDO PARA A CONSTRUÇÃO DE UMA EXTENSÃO DO PRONTO ATENDIMENTO AO CIDADÃO (PAC) NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>6114</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>CRISTIANO BALANGA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6114/indicacao_-_051-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6114/indicacao_-_051-2022.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UNIDADE BÁSICA DE SAÚDE, LOCALIZADO NA RUA BETIM, NO BAIRRO AVIAÇÃO.</t>
   </si>
   <si>
     <t>6122</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>LAILSON DA AROEIRA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6122/indicacao_-_059-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6122/indicacao_-_059-2022.pdf</t>
   </si>
   <si>
     <t>INTENSIFICAR AS AÇÕES DO CARRO FUMACÊ NO BAIRRO COLINA E ADJACÊNCIAS</t>
   </si>
   <si>
     <t>6132</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>DELERMANO SUIM</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6132/indicacao_-_069-_2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6132/indicacao_-_069-_2022.pdf</t>
   </si>
   <si>
     <t>REFORMA E COBERTURA DA UNIDADE BÁSICA DE SAÚDE SITUADA NO BAIRRO IDEAL</t>
   </si>
   <si>
     <t>6219</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6219/indicacao_-_145-_2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6219/indicacao_-_145-_2022.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DO PÁTIO DA UNIDADE DE SAÚDE, LOCALIZADA NO BAIRRO SERNAMBY</t>
   </si>
   <si>
     <t>6240</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>CARLINHO SIMIÃO</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6240/indicacao_-_160-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6240/indicacao_-_160-2022.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UNIDADE DE SAÚDE NA COMUNIDADE FERRUGEM, DISTRITO DE NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>6255</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>PRETA DO NASCIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6255/indicacao_-_175-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6255/indicacao_-_175-2022.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UNIDADE BÁSICA DE SAÚDE (UBS), NO BAIRRO LIBERDADE, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>6266</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6266/indicacao_-_184-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6266/indicacao_-_184-2022.pdf</t>
   </si>
   <si>
     <t>REFORMA DO PRÉDIO DA UNIDADE BÁSICA DE SAÚDE, SITUADA NO BAIRRO MORADA DO RIBEIRÃO</t>
   </si>
   <si>
     <t>6277</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>PAULO FUNDÃO</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6277/indicacao_-_195-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6277/indicacao_-_195-2022.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UNIDADE DE SAÚDE NO BAIRRO NOVA ERA, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>6308</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>CIETY CERQUEIRA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6308/indicacao_-_218-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6308/indicacao_-_218-2022.pdf</t>
   </si>
   <si>
     <t>QUE, POR MEIO DA SECRETARIA MUNICIPA DE SAÚDE, SEJA CONFECCIONADA CARTILHA INFORMATIVA SOBRE OS CUIDADOS E CONTROLE DA PROLIFERAÇÃO DO CARAMUJO-AFRICANO</t>
   </si>
   <si>
     <t>6317</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6317/indicacao_-_227-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6317/indicacao_-_227-2022.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZAR BANHEIROS QUÍMICOS, NOS DIAS DE FUNCIONAMENTO DAS FEIRAS LIVRES DOS BAIRROS VILA NOVA E GURIRI</t>
   </si>
   <si>
     <t>6343</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6343/indicacao_-_246-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6343/indicacao_-_246-2022.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 059/2022, QUE DIZ RESPEITO À INTENSIFICAÇÃO DAS AÇÕES DO CARRO FUMACÊ NO BAIRRO COLINA E ADJACÊNCIAS</t>
   </si>
   <si>
     <t>6356</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6356/indicacao_-_255-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6356/indicacao_-_255-2022.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UNIDADE BÁSICA DE SAÚDE (UBS) NA COMUNIDADE PAULISTA</t>
   </si>
   <si>
     <t>6357</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6357/indicacao_-_256-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6357/indicacao_-_256-2022.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UNIDADE BÁSICA DE SAÚDE (UBS) NO BAIRRO AYRTON SENNA</t>
   </si>
   <si>
     <t>6361</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>GILTON GOMES</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6361/indicacao_-_260-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6361/indicacao_-_260-2022.pdf</t>
   </si>
   <si>
     <t>REFORMA DO PRÉDIO DA UNIDADE DE SAÚDE NO BAIRRO SANTA TEREZA (PONTE)</t>
   </si>
   <si>
     <t>6368</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6368/indicacao_-_267-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6368/indicacao_-_267-2022.pdf</t>
   </si>
   <si>
     <t>HABILITAR UMA CLÍNICA DE REABILITAÇÃO PRECOCE, PARA ATENDIMENTO VOLTADO ÀS CRIANÇAS DIAGNOSTICADAS COM TRANSTORNO DO ESPECTRO AUTISTA (TEA)</t>
   </si>
   <si>
     <t>6430</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6430/indicacao_-_319-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6430/indicacao_-_319-2022.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO E DISPONIBILIZAÇÃO DE AMBULÂNCIA COM MOTORISTA PARA ATENDER OS MORADORES DOS BAIRROS AROEIRA, BONSUCESSO I, II E III, AYRTON SENNA, MORADA DO LAGO, VITÓRIA, SÃO MIGUEL E ADJACÊNCIAS</t>
   </si>
   <si>
     <t>6498</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6498/indicacao_-_372-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6498/indicacao_-_372-2022.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE UM CENTRO DE ZOONOSES ESPECIALIZADO EM RESGATAR E CUIDAR DE ANIMAIS EM SITUAÇÃO DE RUA, NO ESPAÇO CEDIDO, ONDE FUNCIONAVA À ASSOCIAÇÃO DE PESCA, LOCALIZADO NA RODOVIA AGOSTINHO CEVOLANI (ANTIGA ESTRADA DA MELEIRA), LADO NORTE, BAIRRO GURIRI, MUNICÍPIO DE SÃO MATEUS</t>
   </si>
   <si>
     <t>6543</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>ISAEL AGUILAR</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6543/indicacao_-_406-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6543/indicacao_-_406-2022.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE UM CARRO DOBLÔ PARA QUE POSSA ATENDER AOS PACIENTES QUE POSSUEM PROBLEMAS RENAIS CRÔNICOS, MORADORES DAS COMUNIDADES DE NOVA LIMA, SÃO GERALDO, ITAUNINHAS, DISTRITO DE ITAUNINHAS E ADJACÊNCIAS</t>
   </si>
   <si>
     <t>6573</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>Todos Edis</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6573/indicacao_-_429_-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6573/indicacao_-_429_-2022.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UNIDADE BÁSICA DE SAÚDE (UBS), NO BAIRRO LIBERDADE</t>
   </si>
   <si>
     <t>6602</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6602/indicacao_-_452-_2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6602/indicacao_-_452-_2022.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UNIDADE BÁSICA DE SAÚDE (UBS), NO BAIRRO GURIRI, LADO SUL, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>6609</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>ADECI DE SENA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6609/indicacao_-_454-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6609/indicacao_-_454-2022.pdf</t>
   </si>
   <si>
     <t>ATIVAÇÃO PARA O FUNCIONAMENTO DO CONSULTÓRIO ODONTOLÓGICO DA UNIDADE DE SAÚDE DO NATIVO DE BARRA NOVA, LOCALIZADO NO DISTRITO NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>6632</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6632/indicacao_-_474-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6632/indicacao_-_474-2022.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE VEÍCULO TIPO "VAN" PARA TRANSPORTE DOS FUNCIONÁRIOS DAS UNIDADES BÁSICAS DE SAÚDE (UBS) DO DISTRITO NATIVO DE BARRA NOVA E DEMAIS UNIDADES DE SAÚDE DA REGIÃO</t>
   </si>
   <si>
     <t>6645</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6645/indicacao_-_487-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6645/indicacao_-_487-2022.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA UNIDADE BÁSICA DE SAÚDE (UBS), LOCALIZADA NA COMUNIDADE DILÔ BARBOSA, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>6648</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6648/indicacao_-_490-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6648/indicacao_-_490-2022.pdf</t>
   </si>
   <si>
     <t>ATENDIMENTO MÉDICO E ATIVAÇÃO DO PONTO DE APOIO NA LOCALIDADE DA COMUNIDADE CÓRREGO GRANDE (ESTRADA DA AROEIRA), NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>6672</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6672/indicacao_-_502-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6672/indicacao_-_502-2022.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE VEÍCULO TIPO "VAN ADAPTADA" PARA QUE POSSA ATENDER COMO FARMÁCIA AMBULANTE ÀS COMUNIDADES DO INTERIOR DO MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>6704</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6704/indicacao_-_520_-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6704/indicacao_-_520_-2022.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE CONCURSO PÚBLICO PARA PREENCHIMENTO DE VAGAS NOS CARGOS DE AGENTES COMUNITÁRIOS DE SAÚDE E AGENTES DE COMBATE ÀS ENDEMIAS, NO MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>6718</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6718/indicacao_-_534-_2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6718/indicacao_-_534-_2022.pdf</t>
   </si>
   <si>
     <t>REFORMA DA UNIDADE BÁSICA DE SAÚDE (UBS), LADO NORTE, LOCALIZADA NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>6737</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6737/indicacao_-_541-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6737/indicacao_-_541-2022.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 69/2022, QUE DIZ RESPEITO À REFORMA E COBERTURA DA UNIDADE BÁSICA DE SAÚDE SITUADA NO BAIRRO IDEAL.</t>
   </si>
   <si>
     <t>6810</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6810/indicacao_-_601-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6810/indicacao_-_601-2022.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE ACADEMIA AO AR LIVRE NO BAIRRO RIBEIRÃO, AO LADO DA UNIDADE BÁSICA DE SAÚDE (UBS)</t>
   </si>
   <si>
     <t>6887</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6887/indicacao_-_655-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6887/indicacao_-_655-2022.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 160/2022, QUE DIZ RESPEITO À CONSTRUÇÃO DE UNIDADE DE SAÚDE NA COMUNIDADE FERRUGEM, DISTRITO DE NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>6938</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6938/indicacao_-_702-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6938/indicacao_-_702-2022.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE CONSULTÓRIO ODONTOLÓGICO E CONTRATAÇÃO DE DENTISTA PARA A UNIDADE BÁSICA DE SAÚDE MARIA TOMAZ NASCIMENTO, LOCALIZADA NO BAIRRO AROEIRA, MUNICÍPIO DE SÃO MATEUS</t>
   </si>
   <si>
     <t>6939</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6939/indicacao_-_703-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6939/indicacao_-_703-2022.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE ACESSIBILIDADE EM TODAS AS UNIDADES DE SAÚDE MUNICIPAL QUE AINDA NÃO DISPONHA</t>
   </si>
   <si>
     <t>6970</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6970/indicacao_-_720-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6970/indicacao_-_720-2022.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE 01 (UM) ÔNIBUS ADAPTADO, PARA ATUAR COMO UNIDADE MÓVEL DE PRESTAÇÃO DE SERVIÇOS DE FISIOTERAPIA NO INTERIOR E REGIÕES PERIFÉRICAS DO MUNICÍPIO DE SÃO MATEUS</t>
   </si>
   <si>
     <t>6973</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6973/indicacao_-_723-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6973/indicacao_-_723-2022.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 487/2022, QUE DIZ RESPEITO À CONSTRUÇÃO DE UMA UNIDADE BÁSICA DE SAÚDE (UBS), LOCALIZADA NA COMUNIDADE DILÔ BARBOSA, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>7155</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7155/indicacao_-_765-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7155/indicacao_-_765-2022.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO E REFORMA DA UNIDADE DE SAÚDE "MARIA TOMAZ NASCIMENTO", SITUADA NO BAIRRO AROEIRA</t>
   </si>
   <si>
     <t>7183</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7183/indicacao_-_784-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7183/indicacao_-_784-2022.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UNIDADE BÁSICA DE SAÚDE (UBS) NA COMUNIDADE ITAUNINHAS, DISTRITO DE ITAUNINHAS.</t>
   </si>
   <si>
     <t>7187</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7187/indicacao_-_788-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7187/indicacao_-_788-2022.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZAÇÃO DA UNIDADE MÓVEL ODONTOLÓGICA, SEMANALMENTE, PARA ATENDER OS MORADORES DA COMUNIDADE CÓRREGO GRANDE (ESTRADA DA AROEIRA) E REGIÃO</t>
   </si>
   <si>
     <t>7227</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7227/indicacao_-_822-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7227/indicacao_-_822-2022.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 255/2022, QUE DIZ RESPEITO A CONSTRUÇÃO DE UNIDADE BÁSICA DE SAÚDE (UBS) NA COMUNIDADE DA PAULISTA.</t>
   </si>
   <si>
     <t>7262</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7262/indicacao_-_845-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7262/indicacao_-_845-2022.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 069/2022, QUE DIZ RESPEITO A REFORMA E COBERTURA DA UNIDADE BÁSICA DE SAÚDE (UBS) SITUADA NO BAIRRO IDEAL</t>
   </si>
   <si>
     <t>7271</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7271/indicacao_-_854-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7271/indicacao_-_854-2022.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO DE Nº 490/2022, QUE DIZ RESPEITO AO ATENDIMENTO MÉDICO E ATIVAÇÃO DO PONTO DE APOIO NA LOCALIDADE DA COMUNIDADE CÓRREGO GRANDE (ESTRADA DA AROEIRA), NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>7277</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7277/indicacao_-_860-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7277/indicacao_-_860-2022.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 175/2022, QUE DIZ RESPEITO A CONSTRUÇÃO DE UNIDADE BÁSICA DE SAÚDE (UBS), NO BAIRRO LIBERDADE, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>7290</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7290/indicacao_-_861-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7290/indicacao_-_861-2022.pdf</t>
   </si>
   <si>
     <t>TROCA OU CONSERTO DO TELHADO DA UNIDADE BÁSICA DE SAÚDE (UBS), DA REGIÃO DO NATIVO, DISTRITO NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>7322</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7322/indicacao_-_890-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7322/indicacao_-_890-2022.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE 01 (UM) VEÍCULO PARA UNIDADE BÁSICA DE SAÚDE (UBS) DO BAIRRO AVIAÇÃO.</t>
   </si>
   <si>
     <t>7324</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7324/indicacao_-_892-2022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7324/indicacao_-_892-2022.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO E DISPONIBILIZAÇÃO DE AMBULÂNCIA PARA ATENDER OS MORADORES DO BAIRRO GURIRI, LADO SUL.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -966,67 +966,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6082/indicacao_-_024-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6114/indicacao_-_051-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6122/indicacao_-_059-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6132/indicacao_-_069-_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6219/indicacao_-_145-_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6240/indicacao_-_160-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6255/indicacao_-_175-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6266/indicacao_-_184-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6277/indicacao_-_195-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6308/indicacao_-_218-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6317/indicacao_-_227-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6343/indicacao_-_246-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6356/indicacao_-_255-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6357/indicacao_-_256-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6361/indicacao_-_260-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6368/indicacao_-_267-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6430/indicacao_-_319-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6498/indicacao_-_372-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6543/indicacao_-_406-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6573/indicacao_-_429_-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6602/indicacao_-_452-_2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6609/indicacao_-_454-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6632/indicacao_-_474-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6645/indicacao_-_487-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6648/indicacao_-_490-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6672/indicacao_-_502-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6704/indicacao_-_520_-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6718/indicacao_-_534-_2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6737/indicacao_-_541-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6810/indicacao_-_601-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6887/indicacao_-_655-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6938/indicacao_-_702-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6939/indicacao_-_703-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6970/indicacao_-_720-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6973/indicacao_-_723-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7155/indicacao_-_765-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7183/indicacao_-_784-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7187/indicacao_-_788-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7227/indicacao_-_822-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7262/indicacao_-_845-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7271/indicacao_-_854-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7277/indicacao_-_860-2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7290/indicacao_-_861-2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7322/indicacao_-_890-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7324/indicacao_-_892-2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6082/indicacao_-_024-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6114/indicacao_-_051-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6122/indicacao_-_059-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6132/indicacao_-_069-_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6219/indicacao_-_145-_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6240/indicacao_-_160-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6255/indicacao_-_175-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6266/indicacao_-_184-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6277/indicacao_-_195-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6308/indicacao_-_218-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6317/indicacao_-_227-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6343/indicacao_-_246-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6356/indicacao_-_255-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6357/indicacao_-_256-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6361/indicacao_-_260-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6368/indicacao_-_267-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6430/indicacao_-_319-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6498/indicacao_-_372-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6543/indicacao_-_406-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6573/indicacao_-_429_-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6602/indicacao_-_452-_2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6609/indicacao_-_454-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6632/indicacao_-_474-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6645/indicacao_-_487-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6648/indicacao_-_490-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6672/indicacao_-_502-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6704/indicacao_-_520_-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6718/indicacao_-_534-_2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6737/indicacao_-_541-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6810/indicacao_-_601-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6887/indicacao_-_655-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6938/indicacao_-_702-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6939/indicacao_-_703-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6970/indicacao_-_720-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/6973/indicacao_-_723-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7155/indicacao_-_765-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7183/indicacao_-_784-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7187/indicacao_-_788-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7227/indicacao_-_822-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7262/indicacao_-_845-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7271/indicacao_-_854-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7277/indicacao_-_860-2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7290/indicacao_-_861-2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7322/indicacao_-_890-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2022/7324/indicacao_-_892-2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="22.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="97.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="96.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>