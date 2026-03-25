--- v0 (2025-12-06)
+++ v1 (2026-03-25)
@@ -54,3192 +54,3192 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3818</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>AJALIRIO CALDEIRA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3818/indicacao_-_001.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3818/indicacao_-_001.pdf</t>
   </si>
   <si>
     <t>PATROLAMENTO DAS ESTRADAS VICINAIS NA REGIÃO DOS QUILÔMETROS, RODOVIA SÃO MATEUS X NOVA VENÉCIA, MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>3819</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3819/indicacao_-_002.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3819/indicacao_-_002.pdf</t>
   </si>
   <si>
     <t>CAPINA, LIMPEZA E PODA DE ÁRVORES NO PÁTIO E NO EM TORNO DA EMEF CÓRREGO DO MILANEZ, SITUADA NA COMUNIDADE KM 28, DISTRITO DE NESTOR GOMES, MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>3820</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>ANTONIO LUIZ CARDOSO</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3820/indicacao_-_003.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3820/indicacao_-_003.pdf</t>
   </si>
   <si>
     <t>REVITALIZAÇÃO DO CAMPO DE FUTEBOL SITUADO NO BAIRRO CACIQUE I, TRANSFORMANDO-O EM CAMPO "BOM DE BOLA", NESTE MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>3821</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3821/indicacao_-_004.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3821/indicacao_-_004.pdf</t>
   </si>
   <si>
     <t>REFORMA DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL - EMEF ALMIR QUEIROZ, BAIRRO CACIQUE I, MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>3822</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>AQUILES</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3822/indicacao_-_005.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3822/indicacao_-_005.pdf</t>
   </si>
   <si>
     <t>TÉRMINO DO CALÇAMENTO EM TODA EXTENSÃO DA AVENIDA MARIA CALIXTO DA CONCEIÇÃO, SITUADA NO BAIRRO BONSUCESSO II, MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>3823</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3823/indicacao_-_006.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3823/indicacao_-_006.pdf</t>
   </si>
   <si>
     <t>REPARO DO ASFALTO, EM TODA A EXTENSÃO DA RUA OTÍLIO PEREIRA (RUA 20), LOCALIZADA NO BAIRRO BONSUCESSO, DESCIDA PARA O BAIRRO MORADA DO LAGO, MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>3824</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>CARLOS ALBERTO</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3824/indicacao_-_007.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3824/indicacao_-_007.pdf</t>
   </si>
   <si>
     <t>PATROLAMENTO DA RUA WALLAS BATISTA DE OLIVEIRA, LOCALIZADA NOS BAIRROS NOVA SÃO MATEUS E VILA VERDE, MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>3825</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3825/indicacao_-_008.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3825/indicacao_-_008.pdf</t>
   </si>
   <si>
     <t>SINALIZAÇÃO, COM PINTURA DOS REDUTORES DE VELOCIDADE E FAIXAS DE PEDESTRES EM TODA A EXTENSÃO DA AVENIDA JOÃO XXIII, MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>3826</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>DODA MENDONÇA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3826/indicacao_-_009.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3826/indicacao_-_009.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO DA AVENIDA PRINCIPAL DO BAIRRO COHAB (SITUADA NAS PROXIMIDADES DO CAMPO DE FUTEBOL DO ABC), MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>3827</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3827/indicacao_-_010.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3827/indicacao_-_010.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO DAS RUAS LOCALIZADAS NOS BAIRROS COHAB 1 E COHAB 2, MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>3828</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>JERRI PEREIRA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3828/indicacao_-_011.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3828/indicacao_-_011.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DO ABRIGO NO PONTO DE ÔNIBUS, LOCALIZADO NO BAIRRO AVIAÇÃO (ENTRADA DO AEROPORTO), NESTE MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>3829</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3829/indicacao_-_012.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3829/indicacao_-_012.pdf</t>
   </si>
   <si>
     <t>PODA DE ÁRVORES ENTORNO DA ESCOLA COMUNITÁRIA RURAL MUNICIPAL - ECORM "MARIA FRANCISCA NUNES COUTINHO" NA LOCALIDADE DE NATIVO DE BARRA NOVA, MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>3830</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>JORGE RECLA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3830/indicacao_-_013.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3830/indicacao_-_013.pdf</t>
   </si>
   <si>
     <t>REFORMA DA PRAÇA MESQUITA NETO, LOCALIZADA NO CENTRO, MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>3831</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3831/indicacao_-_014.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3831/indicacao_-_014.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DA GALERIA PLUVIAL NAS VIAS LOCALIZADAS NO ENTORNO DO MERCADO MUNICIPAL, BAIRRO CENTRO, MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>3832</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>JOZAIL DO BOMBEIRO</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/</t>
+    <t>http://sapl.saomateus.es.leg.br/media/</t>
   </si>
   <si>
     <t>LIMPEZA DE MANILHAS E "BOCAS DE LOBO" PARA ESCOAMENTO DE ÁGUA PLUVIAL, NAS RUAS E AVENIDAS DO MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>3833</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3833/indicacao_-_016.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3833/indicacao_-_016.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CENTRO  ESPORTIVO NO BAIRRO AROEIRA, MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>3834</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>PAULO CHAGAS</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3834/indicacao_-_017.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3834/indicacao_-_017.pdf</t>
   </si>
   <si>
     <t>PATROLAMENTO E ENCASCALHAMENTO DA ESTRADA QUE LIGA A COMUNIDADE JOEIRANA AO ASSENTAMENTO PALMEIRA, DISTRITO DE NESTOR GOMES, MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>3835</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3835/indicacao_-_018.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3835/indicacao_-_018.pdf</t>
   </si>
   <si>
     <t>PATROLAMENTO E ENCASCALHAMENTO DA ESTRADA QUE LIGA O BAIRRO AROEIRA AO ASSENTAMENTO CÓRREGO GRANDE, MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>3902</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3902/indicacao_-_045.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3902/indicacao_-_045.pdf</t>
   </si>
   <si>
     <t>CRIAÇÃO DE PONTO DE ÔNIBUS E CONSTRUÇÃO DO RESPECTIVO ABRIGO NA AVENIDA DOM JOSÉ DALVIT (NAS PROXIMIDADES DO SENAI/CÂMARA MUNICIPAL, APROXIMADAMENTE 20 METROS DEPOIS DO PORTÃO), NO BAIRRO SANTO ANTÔNIO</t>
   </si>
   <si>
     <t>4382</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4382/indicacao_-_421.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4382/indicacao_-_421.pdf</t>
   </si>
   <si>
     <t>PODA DAS ÁRVORES SITUADAS NA COMUNIDADE NOVA LIMA, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>4642</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4642/indicacao_-_573.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4642/indicacao_-_573.pdf</t>
   </si>
   <si>
     <t>REFORMA DO VESTIÁRIO E DO ALAMBRADO DO CAMPO DE FUTEBOL SITUADO NO BAIRRO SEAC</t>
   </si>
   <si>
     <t>4306</t>
   </si>
   <si>
     <t>MOÇ</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4306/013.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4306/013.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO aos AGRICULTORES DO MUNICÍPIO DE SÃO MATEUS, representados pela Sra. ILDINEIA BOROTO MERLIN, pela passagem do Dia do Agricultor, comemorado em 28 de julho</t>
   </si>
   <si>
     <t>4338</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4338/014.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4338/014.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR aos familiares do Senhor JUSSIMAR MENEGASSI, em virtude do seu falecimento ocorrido no dia 23 de julho do corrente ano.</t>
   </si>
   <si>
     <t>4605</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>JERRI PEREIRA, AJALIRIO CALDEIRA, ANTONIO LUIZ CARDOSO, DODA MENDONÇA, FRANCISCO AMARO DE ALENCAR OLIVEIRA, JORGE RECLA, JOZAIL DO BOMBEIRO, PAULO CHAGAS</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4605/021.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4605/021.pdf</t>
   </si>
   <si>
     <t>VOTO DE CONGRATULAÇÃO ao GRUPO DE ABORDAGEM DA POLÍCIA MILITAR EM SÃO MATEUS-ES, pela dedicação e comprometimento no combate ostensivo ao tráfico de drogas e apreensão de armas em todo o Município de São Mateus</t>
   </si>
   <si>
     <t>4643</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4643/022.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4643/022.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR aos familiares da Senhora DENY MARIA CORADINI, em virtude do seu falecimento ocorrido no dia 08 de outubro do corrente ano</t>
   </si>
   <si>
     <t>3869</t>
   </si>
   <si>
     <t>PD</t>
   </si>
   <si>
     <t>Projeto de Decreto</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3869/projeto_de_decreto_legislativo_001-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3869/projeto_de_decreto_legislativo_001-2020.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO EM HOMENAGEM AO DIA INTERNACIONAL DA MULHER</t>
   </si>
   <si>
     <t>3870</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3870/projeto_de_decreto_legislativo_002-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3870/projeto_de_decreto_legislativo_002-2020.pdf</t>
   </si>
   <si>
     <t>3871</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3871/projeto_de_decreto_legislativo_003-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3871/projeto_de_decreto_legislativo_003-2020.pdf</t>
   </si>
   <si>
     <t>3903</t>
   </si>
   <si>
     <t>JACIARA TEIXEIRA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3903/projeto_de_decreto_legislativo_004-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3903/projeto_de_decreto_legislativo_004-2020.pdf</t>
   </si>
   <si>
     <t>3873</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3873/projeto_de_decreto_legislativo_005-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3873/projeto_de_decreto_legislativo_005-2020.pdf</t>
   </si>
   <si>
     <t>3874</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3874/projeto_de_decreto_legislativo_006-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3874/projeto_de_decreto_legislativo_006-2020.pdf</t>
   </si>
   <si>
     <t>3875</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3875/projeto_de_decreto_legislativo_007-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3875/projeto_de_decreto_legislativo_007-2020.pdf</t>
   </si>
   <si>
     <t>3876</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3876/projeto_de_decreto_legislativo_008-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3876/projeto_de_decreto_legislativo_008-2020.pdf</t>
   </si>
   <si>
     <t>3877</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3877/projeto_de_decreto_legislativo_009-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3877/projeto_de_decreto_legislativo_009-2020.pdf</t>
   </si>
   <si>
     <t>3878</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3878/projeto_de_decreto_legislativo_010-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3878/projeto_de_decreto_legislativo_010-2020.pdf</t>
   </si>
   <si>
     <t>3879</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3879/projeto_de_decreto_legislativo_011-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3879/projeto_de_decreto_legislativo_011-2020.pdf</t>
   </si>
   <si>
     <t>3880</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3880/projeto_de_decreto_legislativo_012-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3880/projeto_de_decreto_legislativo_012-2020.pdf</t>
   </si>
   <si>
     <t>3881</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3881/projeto_de_decreto_legislativo_013-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3881/projeto_de_decreto_legislativo_013-2020.pdf</t>
   </si>
   <si>
     <t>3882</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3882/projeto_de_decreto_legislativo_014-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3882/projeto_de_decreto_legislativo_014-2020.pdf</t>
   </si>
   <si>
     <t>3883</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3883/projeto_de_decreto_legislativo_015-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3883/projeto_de_decreto_legislativo_015-2020.pdf</t>
   </si>
   <si>
     <t>3884</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3884/projeto_de_decreto_legislativo_016-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3884/projeto_de_decreto_legislativo_016-2020.pdf</t>
   </si>
   <si>
     <t>3885</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3885/projeto_de_decreto_legislativo_017-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3885/projeto_de_decreto_legislativo_017-2020.pdf</t>
   </si>
   <si>
     <t>3886</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3886/projeto_de_decreto_legislativo_018-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3886/projeto_de_decreto_legislativo_018-2020.pdf</t>
   </si>
   <si>
     <t>3887</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3887/projeto_de_decreto_legislativo_019-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3887/projeto_de_decreto_legislativo_019-2020.pdf</t>
   </si>
   <si>
     <t>3888</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3888/projeto_de_decreto_legislativo_020-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3888/projeto_de_decreto_legislativo_020-2020.pdf</t>
   </si>
   <si>
     <t>3889</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3889/projeto_de_decreto_legislativo_021-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3889/projeto_de_decreto_legislativo_021-2020.pdf</t>
   </si>
   <si>
     <t>3890</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3890/projeto_de_decreto_legislativo_022-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3890/projeto_de_decreto_legislativo_022-2020.pdf</t>
   </si>
   <si>
     <t>3891</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3891/projeto_de_decreto_legislativo_023-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3891/projeto_de_decreto_legislativo_023-2020.pdf</t>
   </si>
   <si>
     <t>3892</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3892/projeto_de_decreto_legislativo_024-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3892/projeto_de_decreto_legislativo_024-2020.pdf</t>
   </si>
   <si>
     <t>3893</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3893/projeto_de_decreto_legislativo_025-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3893/projeto_de_decreto_legislativo_025-2020.pdf</t>
   </si>
   <si>
     <t>3894</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3894/projeto_de_decreto_legislativo_026-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3894/projeto_de_decreto_legislativo_026-2020.pdf</t>
   </si>
   <si>
     <t>3895</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3895/projeto_de_decreto_legislativo_027-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3895/projeto_de_decreto_legislativo_027-2020.pdf</t>
   </si>
   <si>
     <t>3896</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3896/projeto_de_decreto_legislativo_028-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3896/projeto_de_decreto_legislativo_028-2020.pdf</t>
   </si>
   <si>
     <t>3897</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3897/projeto_de_decreto_legislativo_029-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3897/projeto_de_decreto_legislativo_029-2020.pdf</t>
   </si>
   <si>
     <t>4406</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4406/projeto_de_decreto_legislativo_030-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4406/projeto_de_decreto_legislativo_030-2020.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO MATEENSE</t>
   </si>
   <si>
     <t>4407</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4407/projeto_de_decreto_legislativo_031-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4407/projeto_de_decreto_legislativo_031-2020.pdf</t>
   </si>
   <si>
     <t>4408</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4408/projeto_de_decreto_legislativo_032-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4408/projeto_de_decreto_legislativo_032-2020.pdf</t>
   </si>
   <si>
     <t>4409</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4409/projeto_de_decreto_legislativo_033-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4409/projeto_de_decreto_legislativo_033-2020.pdf</t>
   </si>
   <si>
     <t>4410</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4410/projeto_de_decreto_legislativo_034-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4410/projeto_de_decreto_legislativo_034-2020.pdf</t>
   </si>
   <si>
     <t>4411</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4411/projeto_de_decreto_legislativo_035-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4411/projeto_de_decreto_legislativo_035-2020.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ MATEENSE</t>
   </si>
   <si>
     <t>4412</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4412/projeto_de_decreto_legislativo_036-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4412/projeto_de_decreto_legislativo_036-2020.pdf</t>
   </si>
   <si>
     <t>4413</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4413/projeto_de_decreto_legislativo_037-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4413/projeto_de_decreto_legislativo_037-2020.pdf</t>
   </si>
   <si>
     <t>4414</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4414/projeto_de_decreto_legislativo_038-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4414/projeto_de_decreto_legislativo_038-2020.pdf</t>
   </si>
   <si>
     <t>4415</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4415/projeto_de_decreto_legislativo_039-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4415/projeto_de_decreto_legislativo_039-2020.pdf</t>
   </si>
   <si>
     <t>4416</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4416/projeto_de_decreto_legislativo_040-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4416/projeto_de_decreto_legislativo_040-2020.pdf</t>
   </si>
   <si>
     <t>4417</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4417/projeto_de_decreto_legislativo_041-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4417/projeto_de_decreto_legislativo_041-2020.pdf</t>
   </si>
   <si>
     <t>4418</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4418/projeto_de_decreto_legislativo_042-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4418/projeto_de_decreto_legislativo_042-2020.pdf</t>
   </si>
   <si>
     <t>4419</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4419/projeto_de_decreto_legislativo_043-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4419/projeto_de_decreto_legislativo_043-2020.pdf</t>
   </si>
   <si>
     <t>4420</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4420/projeto_de_decreto_legislativo_044-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4420/projeto_de_decreto_legislativo_044-2020.pdf</t>
   </si>
   <si>
     <t>4421</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4421/projeto_de_decreto_legislativo_045-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4421/projeto_de_decreto_legislativo_045-2020.pdf</t>
   </si>
   <si>
     <t>4422</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>FRANCISCO AMARO DE ALENCAR OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4422/projeto_de_decreto_legislativo_046-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4422/projeto_de_decreto_legislativo_046-2020.pdf</t>
   </si>
   <si>
     <t>4423</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4423/projeto_de_decreto_legislativo_047-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4423/projeto_de_decreto_legislativo_047-2020.pdf</t>
   </si>
   <si>
     <t>4424</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4424/projeto_de_decreto_legislativo_048-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4424/projeto_de_decreto_legislativo_048-2020.pdf</t>
   </si>
   <si>
     <t>4425</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4425/projeto_de_decreto_legislativo_049-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4425/projeto_de_decreto_legislativo_049-2020.pdf</t>
   </si>
   <si>
     <t>4426</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4426/projeto_de_decreto_legislativo_050-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4426/projeto_de_decreto_legislativo_050-2020.pdf</t>
   </si>
   <si>
     <t>4427</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4427/projeto_de_decreto_legislativo_051-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4427/projeto_de_decreto_legislativo_051-2020.pdf</t>
   </si>
   <si>
     <t>4428</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4428/projeto_de_decreto_legislativo_052-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4428/projeto_de_decreto_legislativo_052-2020.pdf</t>
   </si>
   <si>
     <t>4429</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4429/projeto_de_decreto_legislativo_053-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4429/projeto_de_decreto_legislativo_053-2020.pdf</t>
   </si>
   <si>
     <t>4430</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4430/projeto_de_decreto_legislativo_054-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4430/projeto_de_decreto_legislativo_054-2020.pdf</t>
   </si>
   <si>
     <t>4431</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4431/projeto_de_decreto_legislativo_055-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4431/projeto_de_decreto_legislativo_055-2020.pdf</t>
   </si>
   <si>
     <t>4432</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4432/projeto_de_decreto_legislativo_056-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4432/projeto_de_decreto_legislativo_056-2020.pdf</t>
   </si>
   <si>
     <t>4433</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4433/projeto_de_decreto_legislativo_057-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4433/projeto_de_decreto_legislativo_057-2020.pdf</t>
   </si>
   <si>
     <t>4434</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4434/projeto_de_decreto_legislativo_058-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4434/projeto_de_decreto_legislativo_058-2020.pdf</t>
   </si>
   <si>
     <t>4435</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4435/projeto_de_decreto_legislativo_059-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4435/projeto_de_decreto_legislativo_059-2020.pdf</t>
   </si>
   <si>
     <t>4436</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4436/projeto_de_decreto_legislativo_060-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4436/projeto_de_decreto_legislativo_060-2020.pdf</t>
   </si>
   <si>
     <t>4437</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4437/projeto_de_decreto_legislativo_061-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4437/projeto_de_decreto_legislativo_061-2020.pdf</t>
   </si>
   <si>
     <t>4438</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4438/projeto_de_decreto_legislativo_062-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4438/projeto_de_decreto_legislativo_062-2020.pdf</t>
   </si>
   <si>
     <t>4439</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4439/projeto_de_decreto_legislativo_063-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4439/projeto_de_decreto_legislativo_063-2020.pdf</t>
   </si>
   <si>
     <t>4440</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4440/projeto_de_decreto_legislativo_064-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4440/projeto_de_decreto_legislativo_064-2020.pdf</t>
   </si>
   <si>
     <t>4441</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4441/projeto_de_decreto_legislativo_065-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4441/projeto_de_decreto_legislativo_065-2020.pdf</t>
   </si>
   <si>
     <t>4442</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4442/projeto_de_decreto_legislativo_066-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4442/projeto_de_decreto_legislativo_066-2020.pdf</t>
   </si>
   <si>
     <t>4443</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4443/projeto_de_decreto_legislativo_067-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4443/projeto_de_decreto_legislativo_067-2020.pdf</t>
   </si>
   <si>
     <t>4444</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4444/projeto_de_decreto_legislativo_068-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4444/projeto_de_decreto_legislativo_068-2020.pdf</t>
   </si>
   <si>
     <t>4445</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4445/projeto_de_decreto_legislativo_069-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4445/projeto_de_decreto_legislativo_069-2020.pdf</t>
   </si>
   <si>
     <t>4446</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4446/projeto_de_decreto_legislativo_070-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4446/projeto_de_decreto_legislativo_070-2020.pdf</t>
   </si>
   <si>
     <t>4447</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4447/projeto_de_decreto_legislativo_071-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4447/projeto_de_decreto_legislativo_071-2020.pdf</t>
   </si>
   <si>
     <t>4448</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4448/projeto_de_decreto_legislativo_072-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4448/projeto_de_decreto_legislativo_072-2020.pdf</t>
   </si>
   <si>
     <t>4449</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4449/projeto_de_decreto_legislativo_073-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4449/projeto_de_decreto_legislativo_073-2020.pdf</t>
   </si>
   <si>
     <t>4450</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4450/projeto_de_decreto_legislativo_074-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4450/projeto_de_decreto_legislativo_074-2020.pdf</t>
   </si>
   <si>
     <t>4451</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4451/projeto_de_decreto_legislativo_075-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4451/projeto_de_decreto_legislativo_075-2020.pdf</t>
   </si>
   <si>
     <t>4452</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4452/projeto_de_decreto_legislativo_076-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4452/projeto_de_decreto_legislativo_076-2020.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DO CRICARÉ</t>
   </si>
   <si>
     <t>4453</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4453/projeto_de_decreto_legislativo_077-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4453/projeto_de_decreto_legislativo_077-2020.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA AMIGOS DE SÃO MATEUS</t>
   </si>
   <si>
     <t>4454</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4454/projeto_de_decreto_legislativo_078-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4454/projeto_de_decreto_legislativo_078-2020.pdf</t>
   </si>
   <si>
     <t>4455</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4455/projeto_de_decreto_legislativo_079-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4455/projeto_de_decreto_legislativo_079-2020.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO "LOURIVAL PINHA"</t>
   </si>
   <si>
     <t>4456</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4456/projeto_de_decreto_legislativo_080-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4456/projeto_de_decreto_legislativo_080-2020.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO "ELEOSÍPIO CUNHA"</t>
   </si>
   <si>
     <t>4457</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4457/projeto_de_decreto_legislativo_081-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4457/projeto_de_decreto_legislativo_081-2020.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO "MANOEL PESSANHA"</t>
   </si>
   <si>
     <t>4458</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4458/projeto_de_decreto_legislativo_082-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4458/projeto_de_decreto_legislativo_082-2020.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE MÉRITO LEGISLATIVO</t>
   </si>
   <si>
     <t>4459</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4459/projeto_de_decreto_legislativo_083-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4459/projeto_de_decreto_legislativo_083-2020.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE MATEENSE AUSENTE N° 1</t>
   </si>
   <si>
     <t>4621</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4621/projeto_de_decreto_legislativo_084-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4621/projeto_de_decreto_legislativo_084-2020.pdf</t>
   </si>
   <si>
     <t>4622</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4622/projeto_de_decreto_legislativo_085-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4622/projeto_de_decreto_legislativo_085-2020.pdf</t>
   </si>
   <si>
     <t>4645</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Projeto de Emenda</t>
   </si>
   <si>
     <t>JORGE RECLA, AJALIRIO CALDEIRA, ANTONIO LUIZ CARDOSO, CARLOS ALBERTO, JERRI PEREIRA, JOZAIL DO BOMBEIRO</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4645/001-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4645/001-2020.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA PARÁGRAFO ÚNICO AO ARTIGO 87-A DA LEI 001/90 - LEI ORGÂNICA DO MUNICÍPIO DE SÃO MATEUS-ES DATADA DE 05 DE ABRIL DE 1990</t>
   </si>
   <si>
     <t>4081</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4081/projeto_de_lei_no_001-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4081/projeto_de_lei_no_001-2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI O APLICATIVO FAMÍLIA E ALUNO NAS ESCOLAS COMO PLATAFORMA DE ACOMPANHAMENTO DE ALUNOS DO MUNICÍPIO DE SÃO MATEUS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4082</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4082/projeto_de_lei_no_002-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4082/projeto_de_lei_no_002-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA PROJETADA, SITUADA NO BAIRRO PEDRA D'ÁGUA, A DENOMINAÇÃO DE "RUA ADELINA SERAFIM NASCIMENTO"</t>
   </si>
   <si>
     <t>4083</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4083/projeto_de_lei_no_003-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4083/projeto_de_lei_no_003-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA PROJETADA, SITUADA NO BAIRRO PEDRA D'ÁGUA, A DENOMINAÇÃO DE "RUA ROSICLEIA DA PENHA GIARDINA DE FREITAS COSTA"</t>
   </si>
   <si>
     <t>4084</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4084/projeto_de_lei_no_004-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4084/projeto_de_lei_no_004-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA PROJETADA, SITUADA NO BAIRRO PEDRA D'ÁGUA, A DENOMINAÇÃO DE "RUA MANOEL NASCIMENTO"</t>
   </si>
   <si>
     <t>4085</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4085/projeto_de_lei_no_005-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4085/projeto_de_lei_no_005-2020.pdf</t>
   </si>
   <si>
     <t>CRIA EM NOSSO MUNICÍPIO O "PROGRAMA CATADOR DE MATERIAL RECICLÁVEL"</t>
   </si>
   <si>
     <t>4086</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4086/projeto_de_lei_no_006-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4086/projeto_de_lei_no_006-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A IMPLEMENTAÇÃO DE NOVA PRODUÇÃO DE MERENDA ESCOLAR NA REDE MUNICIPAL DE ENSINO DESTINADA À REDUÇÃO DE GORDURA E SÓDIO</t>
   </si>
   <si>
     <t>4087</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4087/projeto_de_lei_no_007-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4087/projeto_de_lei_no_007-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRESENÇA DE INTÉRPRETE DA LÍNGUA BRASILEIRA DE SINAIS EM EVENTOS OFICIAIS PROMOVIDOS PELA PREFEITURA MUNICIPAL</t>
   </si>
   <si>
     <t>4088</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4088/projeto_de_lei_no_008-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4088/projeto_de_lei_no_008-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REALIZAÇÃO DO TESTE DE ACUIDADE AUDITIVA (AUDIOMETRIA) PARA OS ALUNOS DA REDE MUNICIPAL DE ENSINO</t>
   </si>
   <si>
     <t>4089</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4089/projeto_de_lei_no_009-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4089/projeto_de_lei_no_009-2020.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZA O MEDICAMENTO "PIRACETAM" AOS ALUNOS DA REDE MUNICIPAL DE ENSINO FUNDAMENTAL PORTADORES DE DISLEXIA</t>
   </si>
   <si>
     <t>4090</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4090/projeto_de_lei_no_010-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4090/projeto_de_lei_no_010-2020.pdf</t>
   </si>
   <si>
     <t>INCLUI DATAS COMEMORATIVAS DE EDUCAÇÃO AMBIENTAL NO CALENDÁRIO OFICIAL DO MUNICÍPIO</t>
   </si>
   <si>
     <t>4740</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4740/projeto_de_lei_no_011-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4740/projeto_de_lei_no_011-2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA DE CONSCIENTIZAÇÃO SOBRE A INCLUSÃO SOCIAL DAS PESSOAS PORTADORAS DE DEFICIÊNCIA</t>
   </si>
   <si>
     <t>4741</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4741/projeto_de_lei_no_012-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4741/projeto_de_lei_no_012-2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO O SERVIÇO DE APOIO AO IDOSO CARENTE E SUA FAMÍLIA</t>
   </si>
   <si>
     <t>4742</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4742/projeto_de_lei_no_013-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4742/projeto_de_lei_no_013-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A UTILIZAÇÃO DE PAPEL NÃO-CLORADO OU RECICLADO NO SERVIÇO PÚBLICO MUNICIPAL</t>
   </si>
   <si>
     <t>4743</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4743/projeto_de_lei_no_014-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4743/projeto_de_lei_no_014-2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE APOIO AO PORTADOR DE DEFICIÊNCIA FÍSICA E DE MOBILIDADE REDUZIDA</t>
   </si>
   <si>
     <t>4744</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4744/projeto_de_lei_no_015-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4744/projeto_de_lei_no_015-2020.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE CAMPANHA INSTITUCIONAL ALERTANDO SOBRE OS RISCOS E DANOS À SAÚDE BUCAL PELO USO DE JOIAS ("PIERCINGS")</t>
   </si>
   <si>
     <t>4745</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4745/projeto_de_lei_no_016-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4745/projeto_de_lei_no_016-2020.pdf</t>
   </si>
   <si>
     <t>TORNA OBRIGATÓRIA MEDIDAS PARA DESINFECÇÃO DA AREIA EXISTENTES EM LOCAIS DE RECREAÇÃO COMO CRECHES, PRAÇAS, PARQUES, ESCOLAS, CLUBES RECREATIVOS, QUADRAS DE ESPORTE E CONDOMÍNIOS EXISTENTES NO MUNICÍPIO</t>
   </si>
   <si>
     <t>4746</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4746/projeto_de_lei_no_017-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4746/projeto_de_lei_no_017-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ATUAÇÃO DO PODER PÚBLICO MUNICIPAL NA PREVENÇÃO E COMBATE À PEDOFILIA E PORNOGRAFIA INFANTIL</t>
   </si>
   <si>
     <t>4747</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4747/projeto_de_lei_no_018-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4747/projeto_de_lei_no_018-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A IMPORTÂNCIA DOS PAIS OU RESPONSÁVEIS SEREM INFORMADOS SOBRE A AUSÊNCIA DO ALUNO NA ESCOLA</t>
   </si>
   <si>
     <t>4748</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4748/projeto_de_lei_no_019-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4748/projeto_de_lei_no_019-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A LOGÍSTICA DE SEGURANÇA NOS EVENTOS QUE SERÃO REALIZADOS NO MUNICÍPIO COM AGRUPAMENTO DE MILHARES DE PESSOAS</t>
   </si>
   <si>
     <t>4749</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4749/projeto_de_lei_no_020-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4749/projeto_de_lei_no_020-2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO O PROGRAMA "ACADEMIA AO AR LIVRE" DESTINADO ÀS PESSOAS DA TERCEIRA IDADE</t>
   </si>
   <si>
     <t>4091</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4091/projeto_de_lei_no_021-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4091/projeto_de_lei_no_021-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA EMEF - ESCOLA DE ENSINO FUNDAMENTAL, LOCALIZADA NA COMUNIDADE DE CÓRREGO DA PALMEIRA - KM 47, DISTRITO DE NESTOR GOMES, NESTE MUNICÍPIO DE SÃO MATEUS, ESTADO DO ESPÍRITO SANTO</t>
   </si>
   <si>
     <t>3964</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3964/projeto_de_lei_no_022-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3964/projeto_de_lei_no_022-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA PROJETADA SITUADA NO LOTEAMENTO PRAIA DE GURIRI, NO BAIRRO GURIRI, A DENOMINAÇÃO DE "RUA ARLINDO SCALFONI"</t>
   </si>
   <si>
     <t>4116</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4116/projeto_de_lei_no_023-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4116/projeto_de_lei_no_023-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA UNIDADE DE SAÚDE DO BAIRRO BOA VISTA</t>
   </si>
   <si>
     <t>4040</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4040/projeto_de_lei_no_024-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4040/projeto_de_lei_no_024-2020.pdf</t>
   </si>
   <si>
     <t>TORNA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE MORADORES, COMERCIANTES E PESCADORES ARTESANAIS E ASSEMELHADOS DE URUSSUQUARA DO MUNICÍPIO DE SÃO MATEUS</t>
   </si>
   <si>
     <t>4092</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4092/projeto_de_lei_no_025-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4092/projeto_de_lei_no_025-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL TRAVESSA B, SITUADA NO BAIRRO AVIAÇÃO, A DENOMINAÇÃO DE "RUA ALBERTO LOPES DE JESUS"</t>
   </si>
   <si>
     <t>4093</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4093/projeto_de_lei_no_026-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4093/projeto_de_lei_no_026-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL AVENIDA SITUADA NA COMUNIDADE DE URUSSUQUARA, DISTRITO DO NATIVO DE BARRA NOVA, A DENOMINAÇÃO DE "AVENIDA PORTUÁRIA"</t>
   </si>
   <si>
     <t>4094</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4094/projeto_de_lei_no_027-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4094/projeto_de_lei_no_027-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL PRAÇA, SITUADA NO RESIDENCIAL JACUÍ, A DENOMINAÇÃO DE "PRAÇA JEFFERSOM DIMAS MAGALHÃES"</t>
   </si>
   <si>
     <t>4095</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4095/projeto_de_lei_no_028-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4095/projeto_de_lei_no_028-2020.pdf</t>
   </si>
   <si>
     <t>PROÍBE O USO DE "LINHA CHILENA" OU DE QUALQUER SUBSTÂNCIA CORTANTE NAS LINHAS DE EMPINAR PIPAS E SIMILARES NO MUNICÍPIO DE SÃO MATEUS</t>
   </si>
   <si>
     <t>4235</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4235/projeto_de_lei_no_029-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4235/projeto_de_lei_no_029-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL AVENIDA PROJETADA 01 (COLETORA), SITUADA NO LOTEAMENTO RESIDENCIAL JACUÍ II BAIRRO AVIAÇÃO, A DENOMINAÇÃO DE "AVENIDA LINO VICENTE DA SILVA"</t>
   </si>
   <si>
     <t>4236</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4236/projeto_de_lei_no_030-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4236/projeto_de_lei_no_030-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA PROJETADA 1 SITUADA NO LOTEAMENTO RESIDENCIAL JACUÍ II, BAIRRO AVIAÇÃO, A DENOMINAÇÃO DE "RUA FABRÍCIO ALVES BABILON PASSOS"</t>
   </si>
   <si>
     <t>4237</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4237/projeto_de_lei_no_031-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4237/projeto_de_lei_no_031-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA PROJETADA 2 SITUADA NO LOTEAMENTO RESIDENCIAL JACUÍ II, BAIRRO AVIAÇÃO, A DENOMINAÇÃO DE "RUA VIVALDO ALVES PEREIRA"</t>
   </si>
   <si>
     <t>4238</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4238/projeto_de_lei_no_032-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4238/projeto_de_lei_no_032-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA PROJETADA 3, SITUADA NO LOTEAMENTO RESIDENCIAL JACUÍ II, BAIRRO AVIAÇÃO, A DENOMINAÇÃO DE "RUA RICHARD MIRANDOLA DE OLIVEIRA"</t>
   </si>
   <si>
     <t>4239</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4239/projeto_de_lei_no_033-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4239/projeto_de_lei_no_033-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA PROJETADA 4, SITUADA NO LOTEAMENTO RESIDENCIAL JACUÍ II, BAIRRO AVIAÇÃO, A DENOMINAÇÃO DE "RUA PAULO SÉRGIO RISSO"</t>
   </si>
   <si>
     <t>4240</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4240/projeto_de_lei_no_034-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4240/projeto_de_lei_no_034-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA PROJETADA 5, SITUADA NO LOTEAMENTO RESIDENCIAL JACUÍ II, BAIRRO AVIAÇÃO, A DENOMINAÇÃO DE "RUA ARNOLDO DOS SANTOS"</t>
   </si>
   <si>
     <t>4241</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4241/projeto_de_lei_no_035-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4241/projeto_de_lei_no_035-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA PROJETADA 6, SITUADA NO LOTEAMENTO RESIDENCIAL JACUÍ II, BAIRRO AVIAÇÃO, A DENOMINAÇÃO DE "RUA MARCOS ANTONIO VIEIRA DOS SANTOS FILHO"</t>
   </si>
   <si>
     <t>4242</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4242/projeto_de_lei_no_036-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4242/projeto_de_lei_no_036-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA PROJETADA 7, SITUADA NO LOTEAMENTO RESIDENCIAL JACUÍ II, BAIRRO AVIAÇÃO, A DENOMINAÇÃO DE "RUA JORGE PRANDO"</t>
   </si>
   <si>
     <t>4243</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4243/projeto_de_lei_no_037-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4243/projeto_de_lei_no_037-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA PROJETADA 8, SITUADA NO LOTEAMENTO RESIDENCIAL JACUÍ II, BAIRRO AVIAÇÃO, A DENOMINAÇÃO DE "RUA AVILLAR PINHA CARVALHO"</t>
   </si>
   <si>
     <t>4244</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4244/projeto_de_lei_no_038-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4244/projeto_de_lei_no_038-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA PROJETADA 9, SITUADA NO LOTEAMENTO RESIDENCIAL JACUÍ II, BAIRRO AVIAÇÃO, A DENOMINAÇÃO DE "RUA ZENOR DOS SANTOS MARTINS"</t>
   </si>
   <si>
     <t>4245</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4245/projeto_de_lei_no_039-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4245/projeto_de_lei_no_039-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA PROJETADA 10, SITUADA NO LOTEAMENTO RESIDENCIAL JACUÍ II, BAIRRO AVIAÇÃO, A DENOMINAÇÃO DE "RUA ZILDA PINHEIRO DOS SANTOS"</t>
   </si>
   <si>
     <t>4246</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4246/projeto_de_lei_no_040-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4246/projeto_de_lei_no_040-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA PROJETADA 11, SITUADA NO LOTEAMENTO RESIDENCIAL JACUÍ II, BAIRRO AVIAÇÃO, A DENOMINAÇÃO DE "RUA LAUDINA PEREIRA DE SANT'ANNA"</t>
   </si>
   <si>
     <t>4247</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4247/projeto_de_lei_no_041-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4247/projeto_de_lei_no_041-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA PROJETADA 12, SITUADA NO LOTEAMENTO RESIDENCIAL JACUÍ II, BAIRRO AVIAÇÃO, A DENOMINAÇÃO DE "RUA MATEUS BATISTA DOS SANTOS"</t>
   </si>
   <si>
     <t>4248</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4248/projeto_de_lei_no_042-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4248/projeto_de_lei_no_042-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA PROJETADA 13, SITUADA NO LOTEAMENTO RESIDENCIAL JACUÍ II, BAIRRO AVIAÇÃO, A DENOMINAÇÃO DE "RUA ARMANDO VIEIRA MUNIZ"</t>
   </si>
   <si>
     <t>4249</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4249/projeto_de_lei_no_043-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4249/projeto_de_lei_no_043-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA PROJETADA 14, SITUADA NO LOTEAMENTO RESIDENCIAL JACUÍ II, BAIRRO AVIAÇÃO, A DENOMINAÇÃO DE "RUA LAUDENIR SOARES FERNANDES"</t>
   </si>
   <si>
     <t>4250</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4250/projeto_de_lei_no_044-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4250/projeto_de_lei_no_044-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA PROJETADA 15, SITUADA NO LOTEAMENTO RESIDENCIAL JACUÍ II, BAIRRO AVIAÇÃO, A DENOMINAÇÃO DE "RUA ULISSES MACIEL"</t>
   </si>
   <si>
     <t>4251</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4251/projeto_de_lei_no_045-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4251/projeto_de_lei_no_045-2020.pdf</t>
   </si>
   <si>
     <t>DÁ AO ATUAL ESPAÇO LIVRE USO PÚBLICO 02, NO LOTEAMENTO RESIDENCIAL JACUÍ II, SITUADO NO BAIRRO AVIAÇÃO, A DENOMINAÇÃO DE "PRAÇA SEBASTIÃO NUNES DE OLIVEIRA"</t>
   </si>
   <si>
     <t>4172</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4172/projeto_de_lei_no_046-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4172/projeto_de_lei_no_046-2020.pdf</t>
   </si>
   <si>
     <t>TORNA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO REGIONAL DE LENHADORES E PEQUENOS AGRICULTORES, TRANSPORTE E CONSTRUÇÃO CIVIL DO NORTE DO ESTADO DO ESPÍRITO SANTO - ARLPATCCNT-ES</t>
   </si>
   <si>
     <t>4196</t>
   </si>
   <si>
     <t>JACIARA TEIXEIRA, AQUILES</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4196/projeto_de_lei_no_047-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4196/projeto_de_lei_no_047-2020.pdf</t>
   </si>
   <si>
     <t>FICA DETERMINADO O DESCONTO EM FOLHA DE PAGAMENTO DE 30% (TRINTA POR CENTO) DOS SUBSÍDIOS DO PREFEITO, VEREADORES E SECRETÁRIOS MUNICIPAIS NO MUNICÍPIO EM SÃO MATEUS-ES, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4252</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4252/projeto_de_lei_no_048-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4252/projeto_de_lei_no_048-2020.pdf</t>
   </si>
   <si>
     <t>DÁ AO ATUAL ESPAÇO LIVRE USO PÚBLICO 06, NO LOTEAMENTO RESIDENCIAL JACUÍ II, SITUADO NO BAIRRO AVIAÇÃO, A DENOMINAÇÃO DE "PRAÇA GENIVALDO DE FREITAS COSTA"</t>
   </si>
   <si>
     <t>4173</t>
   </si>
   <si>
     <t>FRANCISCO AMARO DE ALENCAR OLIVEIRA, JORGE RECLA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4173/projeto_de_lei_no_049-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4173/projeto_de_lei_no_049-2020.pdf</t>
   </si>
   <si>
     <t>ESTABELECE AS IGREJAS E OS TEMPLOS DE QUALQUER CULTO COMO ATIVIDADE ESSENCIAL, EM PERÍODOS DE CALAMIDADE PÚBLICA NO MUNICÍPIO DE SÃO MATEUS</t>
   </si>
   <si>
     <t>4253</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4253/projeto_de_lei_no_050-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4253/projeto_de_lei_no_050-2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DO TAXISTA E MOTOTAXISTA NO ÂMBITO DO MUNICÍPIO DE SÃO MATEUS/ES</t>
   </si>
   <si>
     <t>4197</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4197/projeto_de_lei_no_051-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4197/projeto_de_lei_no_051-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DO CEIM - CENTRO DE EDUCAÇÃO INFANTIL MUNICIPAL</t>
   </si>
   <si>
     <t>4308</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4308/projeto_de_lei_no_052-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4308/projeto_de_lei_no_052-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ADOÇÃO DE MEDIDAS EXCEPCIONAIS DE PROTEÇÃO SOCIAL, A SEREM ADOTADAS DURANTE O PERÍODO DE ENFRENTAMENTO DA EMERGÊNCIA DE SAÚDE PÚBLICA DE IMPORTÂNCIA DECORRENTE DO CORONAVÍRUS (COVID-19)</t>
   </si>
   <si>
     <t>4254</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4254/projeto_de_lei_no_053-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4254/projeto_de_lei_no_053-2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DO PROFISSIONAL DE SEGURANÇA PÚBLICA E PRIVADA NO ÂMBITO DO MUNICÍPIO DE SÃO MATEUS/ES</t>
   </si>
   <si>
     <t>4309</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4309/projeto_de_lei_no_054-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4309/projeto_de_lei_no_054-2020.pdf</t>
   </si>
   <si>
     <t>ESTABELECE REGRAS SOBRE OS SERVIÇOS DE DELIVERY (ENTREGAS) NA SEDE DO MUNICÍPIO DE SÃO MATEUS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4255</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4255/projeto_de_lei_no_055-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4255/projeto_de_lei_no_055-2020.pdf</t>
   </si>
   <si>
     <t>TORNA PATRIMÔNIO CULTURAL MUNICIPAL A CASA DE FARINHA QUILOMBOLA EXISTENTE NO PARQUE DE EXPOSIÇÕES DO MUNICÍPIO DE SÃO MATEUS/ES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4310</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4310/projeto_de_lei_no_056-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4310/projeto_de_lei_no_056-2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE SÃO MATEUS O PROGRAMA CRECHE DOMICILIAR E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4279</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4279/projeto_de_lei_no_057-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4279/projeto_de_lei_no_057-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REMOÇÃO DE VEÍCULOS ABANDONADOS OU ESTACIONADOS EM VIAS PÚBLICAS DO MUNICÍPIO EM SITUAÇÃO QUE CARACTERIZE SEU ABANDONO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4256</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4256/projeto_de_lei_no_058-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4256/projeto_de_lei_no_058-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA PROJETADA, SITUADA NO BAIRRO PEDRA D'ÁGUA, A DENOMINAÇÃO DE "RUA GELSON NUNES QUEIROZ"</t>
   </si>
   <si>
     <t>4311</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4311/projeto_de_lei_no_059-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4311/projeto_de_lei_no_059-2020.pdf</t>
   </si>
   <si>
     <t>DIA MUNICIPAL DO BOMBEIRO MILITAR NO ÂMBITO DO MUNICÍPIO DE SÃO MATEUS/ES</t>
   </si>
   <si>
     <t>4384</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4384/projeto_de_lei_no_060-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4384/projeto_de_lei_no_060-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA CONHECIDA COMO LÍRIO, SITUADA NA COMUNIDADE DE URUSSUQUARA, DISTRITO DO NATIVO DE BARRA NOVA, A DENOMINAÇÃO DE RUA LÍRIO</t>
   </si>
   <si>
     <t>4385</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4385/projeto_de_lei_no_061-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4385/projeto_de_lei_no_061-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA CONHECIDA COMO ABRICÓ, SITUADA NA COMUNIDADE DE URUSSUQUARA, DISTRITO DO NATIVO DE BARRA NOVA, A DENOMINAÇÃO DE RUA ABRICÓ</t>
   </si>
   <si>
     <t>4386</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4386/projeto_de_lei_no_062-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4386/projeto_de_lei_no_062-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA CONHECIDA COMO PAPIRO, SITUADA NA COMUNIDADE DE URUSSUQUARA, DISTRITO DO NATIVO DE BARRA NOVA, A DENOMINAÇÃO DE RUA PAPIRO</t>
   </si>
   <si>
     <t>4387</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4387/projeto_de_lei_no_063-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4387/projeto_de_lei_no_063-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA CONHECIDA COMO JAMELÃO, SITUADA NA COMUNIDADE DE URUSSUQUARA, DISTRITO DO NATIVO DE BARRA NOVA, A DENOMINAÇÃO DE RUA JAMELÃO</t>
   </si>
   <si>
     <t>4388</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4388/projeto_de_lei_no_064-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4388/projeto_de_lei_no_064-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA CONHECIDA COMO CASTANHEIRA, SITUADA NA COMUNIDADE DE URUSSUQUARA, DISTRITO DO NATIVO DE BARRA NOVA, A DENOMINAÇÃO DE RUA CASTANHEIRA</t>
   </si>
   <si>
     <t>4389</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4389/projeto_de_lei_no_065-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4389/projeto_de_lei_no_065-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA CONHECIDA COMO GOIABEIRAS, SITUADA NA COMUNIDADE DE URUSSUQUARA, DISTRITO DO NATIVO DE BARRA NOVA, A DENOMINAÇÃO DE RUA GOIABEIRAS</t>
   </si>
   <si>
     <t>4390</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4390/projeto_de_lei_no_066-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4390/projeto_de_lei_no_066-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA CONHECIDA COMO AROEIRA, SITUADA NA COMUNIDADE DE URUSSUQUARA, DISTRITO DO NATIVO DE BARRA NOVA, A DENOMINAÇÃO DE RUA AROEIRA</t>
   </si>
   <si>
     <t>4391</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4391/projeto_de_lei_no_067-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4391/projeto_de_lei_no_067-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA CONHECIDA COMO AÇUCENA, SITUADA NA COMUNIDADE DE URUSSUQUARA, DISTRITO DO NATIVO DE BARRA NOVA, A DENOMINAÇÃO DE RUA AÇUCENA</t>
   </si>
   <si>
     <t>4392</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4392/projeto_de_lei_no_068-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4392/projeto_de_lei_no_068-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA CONHECIDA COMO BROMÉLIA, SITUADA NA COMUNIDADE DE URUSSUQUARA, DISTRITO DO NATIVO DE BARRA NOVA, A DENOMINAÇÃO DE RUA BROMÉLIA</t>
   </si>
   <si>
     <t>4393</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4393/projeto_de_lei_no_069-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4393/projeto_de_lei_no_069-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA CONHECIDA COMO ORQUÍDEA, SITUADA NA COMUNIDADE DE URUSSUQUARA, DISTRITO DO NATIVO DE BARRA NOVA, A DENOMINAÇÃO DE RUA ORQUÍDEA</t>
   </si>
   <si>
     <t>4394</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4394/projeto_de_lei_no_070-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4394/projeto_de_lei_no_070-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA CONHECIDA COMO GAMELEIRAS, SITUADA NA COMUNIDADE DE URUSSUQUARA, DISTRITO DO NATIVO DE BARRA NOVA, A DENOMINAÇÃO DE RUA GAMELEIRAS</t>
   </si>
   <si>
     <t>4395</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4395/projeto_de_lei_no_071-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4395/projeto_de_lei_no_071-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA CONHECIDA COMO AMESCLA, SITUADA NA COMUNIDADE DE URUSSUQUARA, DISTRITO DO NATIVO DE BARRA NOVA, A DENOMINAÇÃO DE RUA AMESCLA</t>
   </si>
   <si>
     <t>4396</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4396/projeto_de_lei_no_072-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4396/projeto_de_lei_no_072-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL AVENIDA CONHECIDA COMO COQUEIRAL, SITUADA NA COMUNIDADE DE URUSSUQUARA, DISTRITO DO NATIVO DE BARRA NOVA, A DENOMINAÇÃO DE AVENIDA COQUEIRAL</t>
   </si>
   <si>
     <t>4397</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4397/projeto_de_lei_no_073-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4397/projeto_de_lei_no_073-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL AVENIDA CONHECIDA COMO PITANGUEIRAS, SITUADA NA COMUNIDADE DE URUSSUQUARA, DISTRITO DO NATIVO DE BARRA NOVA, A DENOMINAÇÃO DE AVENIDA PITANGUEIRAS</t>
   </si>
   <si>
     <t>4398</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4398/projeto_de_lei_no_074-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4398/projeto_de_lei_no_074-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA CONHECIDA COMO IPÊ, SITUADA NA COMUNIDADE DE URUSSUQUARA, DISTRITO DO NATIVO DE BARRA NOVA, A DENOMINAÇÃO DE RUA IPÊ</t>
   </si>
   <si>
     <t>4399</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4399/projeto_de_lei_no_075-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4399/projeto_de_lei_no_075-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA CONHECIDA COMO DENDÊ, SITUADA NA COMUNIDADE DE URUSSUQUARA, DISTRITO DO NATIVO DE BARRA NOVA, A DENOMINAÇÃO DE RUA DENDÊ</t>
   </si>
   <si>
     <t>4400</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4400/projeto_de_lei_no_076-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4400/projeto_de_lei_no_076-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA CONHECIDA COMO PAU BRASIL, SITUADA NA COMUNIDADE DE URUSSUQUARA, DISTRITO DO NATIVO DE BARRA NOVA, A DENOMINAÇÃO DE RUA PAU BRASIL</t>
   </si>
   <si>
     <t>4401</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4401/projeto_de_lei_no_077-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4401/projeto_de_lei_no_077-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA CONHECIDA COMO CAJUEIRO, SITUADA NA COMUNIDADE DE URUSSUQUARA, DISTRITO DO NATIVO DE BARRA NOVA, A DENOMINAÇÃO DE RUA CAJUEIRO</t>
   </si>
   <si>
     <t>4402</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4402/projeto_de_lei_no_078-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4402/projeto_de_lei_no_078-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA CONHECIDA COMO ACÁCIA, SITUADA NA COMUNIDADE DE URUSSUQUARA, DISTRITO DO NATIVO DE BARRA NOVA, A DENOMINAÇÃO DE RUA ACÁCIA</t>
   </si>
   <si>
     <t>4403</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4403/projeto_de_lei_no_079-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4403/projeto_de_lei_no_079-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA CONHECIDA COMO CAMBUCÁ, SITUADA NA COMUNIDADE DE URUSSUQUARA, DISTRITO DO NATIVO DE BARRA NOVA, A DENOMINAÇÃO DE RUA CAMBUCÁ</t>
   </si>
   <si>
     <t>4404</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4404/projeto_de_lei_no_080-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4404/projeto_de_lei_no_080-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA CONHECIDA COMO ARAÇÁ, SITUADA NA COMUNIDADE DE URUSSUQUARA, DISTRITO DO NATIVO DE BARRA NOVA, A DENOMINAÇÃO DE RUA ARAÇÁ</t>
   </si>
   <si>
     <t>4405</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4405/projeto_de_lei_no_081-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4405/projeto_de_lei_no_081-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA CONHECIDA COMO CACTOS, SITUADA NA COMUNIDADE DE URUSSUQUARA, DISTRITO DO NATIVO DE BARRA NOVA, A DENOMINAÇÃO DE RUA CACTOS</t>
   </si>
   <si>
     <t>4339</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4339/projeto_de_lei_no_082-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4339/projeto_de_lei_no_082-2020.pdf</t>
   </si>
   <si>
     <t>TORNA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE PEQUENOS AGRICULTORES DE SÃO JOSÉ DA BARRA SECA - APSJOBS</t>
   </si>
   <si>
     <t>4481</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4481/projeto_de_lei_no_083-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4481/projeto_de_lei_no_083-2020.pdf</t>
   </si>
   <si>
     <t>TORNA DE UTILIDADE PÚBLICA A ACADEMIA MATEENSE DE LETRAS - AMALETRAS</t>
   </si>
   <si>
     <t>4750</t>
   </si>
   <si>
     <t>JORGE RECLA, JOZAIL DO BOMBEIRO</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4750/projeto_de_lei_no_084-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4750/projeto_de_lei_no_084-2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI A FLEXIBILIZAÇÃO DOS HORÁRIOS DE FUNCIONAMENTO DO COMÉRCIO NÃO ESSENCIAL NO MUNICÍPIO DE SÃO MATEUS NO PERÍODO DE PANDEMIA DO COVID-19</t>
   </si>
   <si>
     <t>4751</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4751/projeto_de_lei_no_085-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4751/projeto_de_lei_no_085-2020.pdf</t>
   </si>
   <si>
     <t>PREVÊ A PRORROGAÇÃO TEMPORÁRIA DAS LICENÇAS E ALVARÁS EMITIDOS POR ÓRGÃOS OU ENTIDADES PÚBLICAS MUNICIPAIS, NO ÂMBITO DO MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>4580</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4580/projeto_de_lei_no_086-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4580/projeto_de_lei_no_086-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA PROJETADA (VIA LOCAL) SITUADA NO LOTEAMENTO ANTONIO ALVES DE AGUIAR EM SÃO MATEUS A DENOMINAÇÃO DE "RUA ADELVAIR SOUZA FRANCO"</t>
   </si>
   <si>
     <t>4581</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4581/projeto_de_lei_no_087-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4581/projeto_de_lei_no_087-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA PROJETADA (VIA LOCAL) SITUADA NO LOTEAMENTO ANTONIO ALVES DE AGUIAR EM SÃO MATEUS A DENOMINAÇÃO DE "RUA TAURINO ALMEIDA"</t>
   </si>
   <si>
     <t>4582</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4582/projeto_de_lei_no_088-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4582/projeto_de_lei_no_088-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA PROJETADA C (VIA LOCAL) SITUADA NO LOTEAMENTO ÁGUIA BRANCA EM SÃO MATEUS A DENOMINAÇÃO DE "RUA EUFRASIO CAPUCHO"</t>
   </si>
   <si>
     <t>4583</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4583/projeto_de_lei_no_089-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4583/projeto_de_lei_no_089-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA PROJETADA D (VIA LOCAL) SITUADA NO LOTEAMENTO ÁGUIA BRANCA EM SÃO MATEUS A DENOMINAÇÃO DE "RUA MATHEUS AURÉLIO"</t>
   </si>
   <si>
     <t>4584</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4584/projeto_de_lei_no_090-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4584/projeto_de_lei_no_090-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA PROJETADA E (VIA LOCAL) SITUADA NO LOTEAMENTO ÁGUIA BRANCA EM SÃO MATEUS A DENOMINAÇÃO DE "RUA PROFESSOR CARLOS ALAN CARDOSO"</t>
   </si>
   <si>
     <t>4585</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4585/projeto_de_lei_no_091-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4585/projeto_de_lei_no_091-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA PROJETADA B (VIA LOCAL) SITUADA NO LOTEAMENTO ÁGUIA BRANCA EM SÃO MATEUS A DENOMINAÇÃO DE "RUA VALMIR LUIZ FAVORET"</t>
   </si>
   <si>
     <t>4586</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4586/projeto_de_lei_no_092-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4586/projeto_de_lei_no_092-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA A (VIA LOCAL) SITUADA NO LOTEAMENTO ANTONIO ALVES DE AGUIAR EM SÃO MATEUS A DENOMINAÇÃO DE "RUA FERNANDO ZON"</t>
   </si>
   <si>
     <t>4587</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4587/projeto_de_lei_no_093_-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4587/projeto_de_lei_no_093_-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA PROJETADA A (VIA LOCAL) SITUADA NO LOTEAMENTO ÁGUIA BRANCA EM SÃO MATEUS A DENOMINAÇÃO DE "RUA MARCOS ANTONIO VIEIRA DOS SANTOS FILHO"</t>
   </si>
   <si>
     <t>4588</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4588/projeto_de_lei_no_094-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4588/projeto_de_lei_no_094-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA PROJETADA (VIA LOCAL) SITUADA NO LOTEAMENTO ANTONIO ALVES DE AGUIAR EM SÃO MATEUS A DENOMINAÇÃO DE "RUA KAREN SANTOS ARRUDA"</t>
   </si>
   <si>
     <t>4589</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4589/projeto_de_lei_no_095-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4589/projeto_de_lei_no_095-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL CONHECIDA TRAVESSA ERICSON RIOS PESSANHA (VIA LOCAL) SITUADA NO BAIRRO BOA VISTA EM SÃO MATEUS A DENOMINAÇÃO DE "RUA GAUDINO NEGRIS"</t>
   </si>
   <si>
     <t>4644</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4644/projeto_de_lei_no_096-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4644/projeto_de_lei_no_096-2020.pdf</t>
   </si>
   <si>
     <t>OBRIGA BARES, RESTAURANTES E CASAS NOTURNAS DE SÃO MATEUS-ES A ADOTAR MEDIDAS DE AUXÍLIO À MULHER QUE SE SINTA EM SITUAÇÃO DE RISCO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4669</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4669/projeto_de_lei_no_097-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4669/projeto_de_lei_no_097-2020.pdf</t>
   </si>
   <si>
     <t>PROÍBE A MONOCULTURA DO EUCALIPTO NO ENTORNO DO MUNICÍPIO DE SÃO MATEUS/ES, ESTABELECE LIMITES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4670</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4670/projeto_de_lei_no_098-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4670/projeto_de_lei_no_098-2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI O INCISO I AO PARÁGRAFO SEGUNDO DO ART. 1º DA LEI MUNICIPAL Nº 1017/2011, DATADA DE 05/10/2011, QUE DISPÕE SOBRE A APLICAÇÃO DE RECURSOS ADVINDO DE ROYALTIES E PARTICIPAÇÕES ESPECIAIS ORIUNDOS DA EXTRAÇÃO DE PETRÓLEO E GÁS, CRIA O FUNDO DE PETRÓLEO E DÁ OUTRAS PROVIDÊNCIAS E SUAS ALTERAÇÕES</t>
   </si>
   <si>
     <t>4711</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4711/projeto_de_lei_no_099-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4711/projeto_de_lei_no_099-2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE SÃO MATEUS-ES A PADRONIZAÇÃO DAS PLACAS INDICATIVAS DE NOMES DOS LOGRADOUROS PÚBLICOS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4734</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4734/projeto_de_lei_no_100-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4734/projeto_de_lei_no_100-2020.pdf</t>
   </si>
   <si>
     <t>PROÍBE O COMÉRCIO, O MANUSEIO, A UTILIZAÇÃO, A QUEIMA E A SOLTURA DE FOGOS DE ARTIFÍCIO SONOROS NO MUNICÍPIO DE SÃO MATEUS, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4733</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4733/projeto_de_lei_no_101-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4733/projeto_de_lei_no_101-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL RUA CONHECIDA COMO ARGENTINA, SITUADA NO LOTEAMENTO BOSQUE, BAIRRO CARAPINA A DENOMINAÇÃO DE RUA DARCY ALMEIDA FIRMES</t>
   </si>
   <si>
     <t>4735</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4735/projeto_de_lei_no_102-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4735/projeto_de_lei_no_102-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL (VIA COLETORA) AVENIDA 14 BIS SITUADA NO LOTEAMENTO RESIDENCIAL SOMA ESTÂNCIA NO BAIRRO AVIAÇÃO, A DENOMINAÇÃO DE "AVENIDA JUARÊZ PEREIRA"</t>
   </si>
   <si>
     <t>4736</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4736/projeto_de_lei_no_103-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4736/projeto_de_lei_no_103-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL (VIA LOCAL) RUA DEMOISELLE SITUADA NO LOTEAMENTO RESIDENCIAL SOMA ESTÂNCIA NO BAIRRO AVIAÇÃO, A DENOMINAÇÃO DE "RUA JOÃO PALMAS"</t>
   </si>
   <si>
     <t>4737</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4737/projeto_de_lei_no_104-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4737/projeto_de_lei_no_104-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL (VIA LOCAL) RUA CONCORDE SITUADA NO LOTEAMENTO RESIDENCIAL SOMA ESTÂNCIA NO BAIRRO AVIAÇÃO, A DENOMINAÇÃO DE "RUA MARLUSSE PESTANA DAHER"</t>
   </si>
   <si>
     <t>4738</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4738/projeto_de_lei_no_105-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4738/projeto_de_lei_no_105-2020.pdf</t>
   </si>
   <si>
     <t>DÁ A ATUAL (VIA LOCAL) RUA BARON SITUADA NO LOTEAMENTO RESIDENCIAL SOMA ESTÂNCIA NO BAIRRO AVIAÇÃO, A DENOMINAÇÃO DE "RUA JORGE NASCIMENTO DE JESUS"</t>
   </si>
   <si>
     <t>3866</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei (Executivo)</t>
   </si>
   <si>
     <t>Chefe do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3866/001_-_2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3866/001_-_2020.pdf</t>
   </si>
   <si>
     <t>ESTABELECE E FIXA NORMAS PARA A OFERTA DE EDUCAÇÃO DO CAMPO NA REDE MUNICIPAL DE ENSINO DE SÃO MATEUS/ES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3867</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3867/002-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3867/002-2020.pdf</t>
   </si>
   <si>
     <t>ESTABELECE NORMAS PARA RECUPERAÇÃO ECONÔMICO-FINANCEIRA DO SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO (SAAE), E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3868</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3868/003-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3868/003-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PARCELAMENTO DE DÉBITOS DO SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO DO MUNICÍPIO DE SÃO MATEUS - SAAE SÃO MATEUS - COM O MUNICÍPIO DE SÃO MATEUS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4014</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4014/004_-_2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4014/004_-_2020.pdf</t>
   </si>
   <si>
     <t>CRIA O FUNDO MUNICIPAL DE COMBATE À COVID-19 - FMCC-SM, DESTINADO AO ENFRENTAMENTO DOS EFEITOS DA PANDEMIA DO NOVO CORONAVÍRUS NO MUNICÍPIO DE SÃO MATEUS-ES, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4061</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4061/005-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4061/005-2020.pdf</t>
   </si>
   <si>
     <t>ESTABELECE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2021</t>
   </si>
   <si>
     <t>4062</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4062/006-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4062/006-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA DE INTEGRIDADE E COMPLIANCE DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL E ADOTA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4037</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4037/007_2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4037/007_2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRATAÇÃO POR TEMPO DETERMINADO PARA ATENDER À NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO, NOS TERMOS DO INCISO IX, ART. 37 DA CONSTITUIÇÃO FEDERAL, E DO INCISO VIII DO ART. 116 § 10, DA LEI ORGÂNICA DO MUNICÍPIO DE SÃO MATEUS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4038</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4038/008-20.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4038/008-20.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A APLICAÇÃO DOS RECURSOS PROVENIENTES DA LEI N° 1.281/2013, QUE INSTITUIU O FUNDO DE DESENVOLVIMENTO MUNICIPAL - FDM E DÁ OUTRAS PROVIDÊNCIAS, EM DESPESAS DE CUSTEIO NAS ÁREAS DE SAÚDE E DA ASSISTÊNCIA SOCIAL ENQUANTO PERDURAR O ESTADO DE EMERGÊNCIA EM SAÚDE PÚBLICA, EM DECORRÊNCIA DA PANDEMIA DO NOVO CORONAVÍRUS (COVID-19)</t>
   </si>
   <si>
     <t>4039</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4039/009-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4039/009-2020.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO DE FISCALIZAÇÃO E ACOMPANHAMENTO DO FUNDO MUNICIPAL DE INVESTIMENTO A QUE SE REFERE A LEI COMPLEMENTAR ESTADUAL N° 712, DE 13 DE SETEMBRO DE 2013 E A LEI MUNICIPAL N° 1.281, DE 11 DE SETEMBRO DE 2013</t>
   </si>
   <si>
     <t>4171</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4171/010_-_20.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4171/010_-_20.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I DA LEI MUNICIPAL N° 1638/2017 - QUE INSTITUI O LICENCIAMENTO AMBIENTAL, A AVALIAÇÃO DE IMPACTOS AMBIENTAIS, O CADASTRO AMBIENTAL DAS ATIVIDADES POTENCIAL OU EFETIVAMENTE POLUIDORAS E/OU DEGRADADORAS E AS NORMAS DO PODER DE POLÍCIA ADMINISTRATIVA, EM CONFORMIDADE COM A POLÍTICA MUNICIPAL DE MEIO AMBIENTE, NOS TERMOS DA LEI N° 637, DE 23/07/2007 - CÓDIGO MUNICIPAL DO MEIO AMBIENTE DO MUNICÍPIO DE SÃO MATEUS, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4195</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4195/011-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4195/011-2020.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 767, DE 04 DE JUNHO DE 2009, QUE ESTABELECE ALÍQUOTA DE CONTRIBUIÇÃO PREVIDENCIÁRIA DOS SERVIDORES ATIVOS, INATIVOS E DOS PENSIONISTAS INCLUÍDOS NO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL EM EXTINÇÃO, DO MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>4307</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4307/012-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4307/012-2020.pdf</t>
   </si>
   <si>
     <t>ALTERA O CAPUT E §§1º E 2º DO ART. 126, DA LEI MUNICIPAL N° 948, DATADA DE 30 DE DEZEMBRO DE 2010 - CÓDIGO DE POSTURA MUNICIPAL</t>
   </si>
   <si>
     <t>4312</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4312/013-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4312/013-2020.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 1.739, DE 15 DE FEVEREIRO DE 2019 QUE DISPÕE SOBRE A CONTRATAÇÃO POR TEMPO DETERMINADO DE MÉDICOS, ENFERMEIROS E OUTROS PROFISSIONAIS PARA ATENDER À NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICOS, NOS TERMOS DO INCISO IX, ART. 37 DA CONSTITUIÇÃO FEDERAL, PARA ATUAÇÃO NA SECRETARIA MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4483</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4483/014-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4483/014-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETIVAR REPASSE DE RECURSOS FINANCEIROS DO TESOURO MUNICIPAL AO SAAE - SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO DE SÃO MATEUS-ES, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4647</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4647/015-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4647/015-2020.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO FINANCEIRO DE 2021.</t>
   </si>
   <si>
     <t>4648</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRATAÇÃO POR TEMPO DETERMINADO PARA ATENDER À NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO, NOS TERMOS DO INCISO IX, ART. 37 DA CONSTITUIÇÃO FEDERAL E DO INCISO VIII DO ART. 116, § 10, DA LEI ORGÂNICA DO MUNICÍPIO DE SÃO MATEUS/ES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4732</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4732/017-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4732/017-2020.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N° 1.899/2020 (QUE ESTABELECE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2021) PARA DAR NOVA REDAÇÃO AO ART. 21 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4739</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4739/018-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4739/018-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA CATEGORIA DE USO INDUSTRIAL - CONDOMÍNIO INDUSTRIAL NO MUNICÍPIO DE SÃO MATEUS/ES, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3991</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar (Executivo)</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3991/001_-_2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3991/001_-_2020.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR MUNICIPAL N° 123, DE 25 DE AGOSTO DE 2016 QUE "DISPÕE SOBRE A ORGANIZAÇÃO DO ESPAÇO TERRITORIAL DO MUNICÍPIO DE SÃO MATEUS, CONFORME DETERMINA O DISPOSTO NO ART. 182 DA CONSTITUIÇÃO FEDERAL DE 1988 E O ART. 39, 40, 41, 42 DO ESTATUTO DA CIDADE - LEI FEDERAL N° 10.257 DE 2001</t>
   </si>
   <si>
     <t>4560</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4560/002-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4560/002-2020.pdf</t>
   </si>
   <si>
     <t>INSERE ARTIGO 156-A À SEÇÃO VII, CAPÍTULO IV DA LEI N° 079, DATADA DE 14 DE DEZEMBRO DE 1989 - CÓDIGO TRIBUTÁRIO MUNICIPAL</t>
   </si>
   <si>
     <t>4646</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4646/projeto_de_resolucao_no_001-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4646/projeto_de_resolucao_no_001-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROGRAMA DE ESTÁGIO A ESTUDANTE NO ÂMBITO DO PODER LEGISLATIVO DE SÃO MATEUS-ES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3836</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>QUE SEJA REQUERIDO À EMPRESA VOLARES VEÍCULOS LTDA AS SEGUINTES INFORMAÇÕES: COMPROVANTE DO CUMPRIMENTO DO ANEXO I DA LEI N° 1.380/2014, EM ESPECIAL SOBRE OS ITENS REFERENTES À GERAÇÃO DE 1.300 EMPREGOS, TREINAMENTO, CAPACITAÇÃO E APROVEITAMENTO DA MÃO DE OBRA LOCAL E A CONTRATAÇÃO DE FORNECEDORES LOCAIS DE BENS E SERVIÇOS</t>
   </si>
   <si>
     <t>3837</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3837/requerimento_-_002.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3837/requerimento_-_002.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE SESSÃO SOLENE EM COMEMORAÇÃO AO DIA INTERNACIONAL DA MULHER</t>
   </si>
   <si>
     <t>4482</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4482/001-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4482/001-2020.pdf</t>
   </si>
   <si>
     <t>VETAR PARCIALMENTE O PROJETO DE LEI N° 005/2020, DE AUTORIA DO PODER EXECUTIVO, DATADO DE 28 DE JULHO DE 2020, QUE DISPÕE SOBRE A LEI DE DIRETRIZES ORÇAMENTÁRIAS - EXERCÍCIO 2021, CONSUBSTANCIADO EM VETAR NA ÍNTEGRA O ARTIGO 21</t>
   </si>
   <si>
     <t>4955</t>
   </si>
   <si>
     <t>EA</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4955/007-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4955/007-2020.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UNIDADE DE SAÚDE NO ASSENTAMENTO ZUMBI DOS PALMARES - DISTRITO DE NOVA VERONA</t>
   </si>
   <si>
     <t>4956</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4956/008-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4956/008-2020.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UNIDADE DE SAÚDE NA COMUNIDADE DE DILÔ BARBOSA, LOCALIZADA EM SANTA MARIA, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>4957</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4957/009-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4957/009-2020.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE AMBULÂNCIA PARA ATENDER ASSENTAMENTO ZUMBI DOS PALMARES E REGIÃO DO DISTRITO DE NOVA VERONA</t>
   </si>
   <si>
     <t>4958</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4958/010-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4958/010-2020.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE AMBULÂNCIA PARA A UNIDADE DE SAÚDE SITUADA NA COMUNIDADE VILA NOVA AYMORÉS, DISTRITO NESTOR GOMES</t>
   </si>
   <si>
     <t>4959</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4959/011-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4959/011-2020.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE ÁREA DE TERRA PARA CONSTRUÇÃO DE CEMITÉRIO NO DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>4960</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4960/012-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4960/012-2020.pdf</t>
   </si>
   <si>
     <t>CONCLUSÃO DA REDE DE ESGOTAMENTO SANITÁRIO NA COMUNIDADE VILA NOVA AYMORÉS, DISTRITO NESTOR GOMES</t>
   </si>
   <si>
     <t>4961</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4961/013-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4961/013-2020.pdf</t>
   </si>
   <si>
     <t>CONCLUSÃO DA REDE DE ESGOTAMENTO SANITÁRIO NO DISTRITO DE NESTOR GOMES, LADO NORTE</t>
   </si>
   <si>
     <t>4962</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4962/014-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4962/014-2020.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DA REDE ELÉTRICA DA RUA DE ACESSO AO CÓRREGO DA PRATA, SITUADA NO DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>4963</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4963/015-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4963/015-2020.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DA REDE ELÉTRICA COM POSTES E LUMINÁRIAS NA RUA DE ACESSO AO CEMITÉRIO, SITUADA NO DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>4964</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4964/016-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4964/016-2020.pdf</t>
   </si>
   <si>
     <t>CONCLUSÃO DA REDE ELÉTRICA COM POSTES E LUMINÁRIAS NA RUA BEIRA RIO, SITUADA EM NOVA AYMORÉS, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>4965</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4965/017-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4965/017-2020.pdf</t>
   </si>
   <si>
     <t>PERFURAÇÃO DE POÇO ARTESIANO NA COMUNIDADE DA VILA DA MARGARIDA KM 37 EM VILA NOVA AYMORÉS, DISTRITO NESTOR GOMES</t>
   </si>
   <si>
     <t>4966</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4966/018-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4966/018-2020.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA BEIRA RIO NA VILA DE NOVA AYMORÉS DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>4967</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4967/019-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4967/019-2020.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA CAETANO ZANELATO SITUADA NO DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>4968</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4968/020-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4968/020-2020.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA DE ACESSO AO CEMITÉRIO SITUADA NO DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>4969</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4969/021-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4969/021-2020.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA ACÁCIO DE OLIVEIRA CAMPOS, SITUADA NO BAIRRO AROEIRA</t>
   </si>
   <si>
     <t>4970</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4970/022-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4970/022-2020.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA LÚCIO DA HORA, SITUADA NO BAIRRO BONSUCESSO II</t>
   </si>
   <si>
     <t>4971</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4971/023-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4971/023-2020.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE ACADEMIA DE GINÁSTICA AO AR LIVRE NO BAIRRO AROEIRA</t>
   </si>
   <si>
     <t>4972</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4972/024-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4972/024-2020.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO DA UNIDADE BÁSICA DE SAÚDE SITUADA NO BAIRRO AROEIRA</t>
   </si>
   <si>
     <t>4973</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4973/025-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4973/025-2020.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DA REDE DE ESGOTO NO BAIRRO COLINA</t>
   </si>
   <si>
     <t>4974</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4974/026-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4974/026-2020.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA AVENIDA JOÃO NARDOTO TRECHO COMPREENDIDO ENTRE O BAIRRO SERNAMBY AO BAIRRO COHAB</t>
   </si>
   <si>
     <t>4975</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4975/027-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4975/027-2020.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DA PRAÇA NA COMUNIDADE DE SANTA MARIA - DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>4976</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4976/028-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4976/028-2020.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE TERRENO DESTINADO A ÁREA DE LAZER PARA A COMUNIDADE DE SANTA MARIA - DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>4977</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4977/029-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4977/029-2020.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE TERRENO PARA ÁREA DE LAZER PARA A COMUNIDADE DE DILÔ BARBOSA - DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>4978</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4978/030-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4978/030-2020.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA ZOROASTRO VALERIANO, SITUADA NA COMUNIDADE DE SANTA MARIA - DISTRITO DE ITAUNINHAS.</t>
   </si>
   <si>
     <t>4979</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4979/031-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4979/031-2020.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DA UNIDADE DE SAÚDE NO BAIRRO AVIAÇÃO</t>
   </si>
   <si>
     <t>4980</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4980/032-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4980/032-2020.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DO CENTRO DE VIVÊNCIA DA TERCEIRA IDADE NO BAIRRO FÁTIMA (ANTIGA QUADRA DA APOLO)</t>
   </si>
   <si>
     <t>4981</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4981/033-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4981/033-2020.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA BETIM SITUADA NO BAIRRO AVIAÇÃO</t>
   </si>
   <si>
     <t>4982</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4982/034-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4982/034-2020.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA NANUQUE SITUADA NO BAIRRO AVIAÇÃO</t>
   </si>
   <si>
     <t>4983</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4983/035-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4983/035-2020.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA ITUPEVA SITUADA NO BAIRRO AVIAÇÃO</t>
   </si>
   <si>
     <t>4984</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4984/036-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4984/036-2020.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA WALDIR BONOMO SITUADA NO BAIRRO AVIAÇÃO</t>
   </si>
   <si>
     <t>4985</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4985/037-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4985/037-2020.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA AVENIDA CACHOEIRA DO CRAVO, SITUADA NO DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>4986</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4986/038-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4986/038-2020.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA PRINCIPAL, SITUADA NA COMUNIDADE CÓRREGO DA AREIA, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>4987</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4987/039-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4987/039-2020.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA VILA BARBOSA, SITUADA NO KM 18, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>4988</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4988/040-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4988/040-2020.pdf</t>
   </si>
   <si>
     <t>APOIO, MANUTENÇÃO E APRIMORAMENTO A PRODUÇÃO AGRÍCOLA DO PEQUENO PRODUTOR RURAL</t>
   </si>
   <si>
     <t>4989</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4989/041-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4989/041-2020.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DO CEIM - CENTRO DE EDUCAÇÃO INFANTIL MUNICIPAL NO KM 28, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>4990</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4990/042-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4990/042-2020.pdf</t>
   </si>
   <si>
     <t>REFORMA DO CASARÃO DO ASSENTAMENTO ZUMBI DOS PALMARES, SITUADO NO DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>4991</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4991/043-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4991/043-2020.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DA ESTAÇÃO DE TRATAMENTO DO ESGOTAMENTO SANITÁRIO NO DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>4992</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4992/044-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4992/044-2020.pdf</t>
   </si>
   <si>
     <t>CONCLUSÃO DO CRAS - CENTRO DE REFERÊNCIA DA ASSISTÊNCIA SOCIAL NO DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>5013</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5013/045-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5013/045-2020.pdf</t>
   </si>
   <si>
     <t>CONCLUSÃO DA UNIDADE DE SAÚDE NO DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>5014</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5014/046-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5014/046-2020.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE VESTIÁRIO NO CAMPO DE FUTEBOL NA COMUNIDADE DO VALE DA VITÓRIA, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>5015</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5015/047-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5015/047-2020.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE VESTIÁRIO NO CAMPO DE FUTEBOL NA COMUNIDADE DA PALMEIRA, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>5016</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5016/048-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5016/048-2020.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DA QUADRA POLIESPORTIVA NA COMUNIDADE DO ASSENTAMENTO VALE DA VITÓRIA, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>5017</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5017/049-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5017/049-2020.pdf</t>
   </si>
   <si>
     <t>SUBVENÇÕES SOCIAIS (SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL)</t>
   </si>
   <si>
     <t>5018</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5018/050-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5018/050-2020.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DA QUADRA POLIESPORTIVA NO ASSENTAMENTO DA PALMEIRA, SITUADO NO DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>5019</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5019/051-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5019/051-2020.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DA ESCOLA EMEF, NA COMUNIDADE CÓRREGO GRANDE, SITUADO NO DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>5020</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5020/052-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5020/052-2020.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DO ALAMBRADO EM TORNO DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL "SÃO PIO X", SITUADA NA COMUNIDADE CÓRREGO DA PALMEIRA, KM 47, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>5021</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5021/053-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5021/053-2020.pdf</t>
   </si>
   <si>
     <t>PERFURAÇÃO DE POÇO ARTESIANO NA COMUNIDADE DO VALE DA VITÓRIA, SITUADO NO DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>5022</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5022/054-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5022/054-2020.pdf</t>
   </si>
   <si>
     <t>PERFURAÇÃO DE POÇO ARTESIANO NA COMUNIDADE DO KM 44 - SITUADO NO DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>5023</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5023/055-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5023/055-2020.pdf</t>
   </si>
   <si>
     <t>PERFURAÇÃO DE POÇO ARTESIANO NA COMUNIDADE DO KM 28, SITUADO NO DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>5024</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5024/056-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5024/056-2020.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO E REFORMA DO CEMITÉRIO, SITUADO NO DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>5025</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5025/057-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5025/057-2020.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DA CAPELA MORTUÁRIA NO BAIRRO SANTO ANTONIO</t>
   </si>
   <si>
     <t>5026</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5026/058-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5026/058-2020.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DA CAPELA MORTUÁRIA NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>5027</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5027/059-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5027/059-2020.pdf</t>
   </si>
   <si>
     <t>5028</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5028/060-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5028/060-2020.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DA ACADEMIA DE GINÁSTICA AO AR LIVRE NA COMUNIDADE DO MARIRICU</t>
   </si>
   <si>
     <t>5029</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5029/061-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5029/061-2020.pdf</t>
   </si>
   <si>
     <t>REFORMA DO PRÉDIO E CONSTRUÇÃO DA QUADRA POLIESPORTIVA NA ESCOLA EMEF - ALMIR QUEIROZ, SITUADA NO BAIRRO CRICARÉ</t>
   </si>
   <si>
     <t>5030</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5030/062-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5030/062-2020.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO E IMPLEMENTAÇÃO DE HORTAS NAS ESCOLAS</t>
   </si>
   <si>
     <t>5031</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5031/063-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5031/063-2020.pdf</t>
   </si>
   <si>
     <t>APOIAR E FOMENTAR A COLETA SELETIVA (RESÍDUOS SÓLIDOS URBANOS)</t>
   </si>
   <si>
     <t>5032</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5032/064-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5032/064-2020.pdf</t>
   </si>
   <si>
     <t>COTA DE PATROCÍNIO PARA ATLETAS MATEENSES</t>
   </si>
   <si>
     <t>5033</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5033/065-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5033/065-2020.pdf</t>
   </si>
   <si>
     <t>IMPLEMENTAÇÃO DE EXAMES MÉDICO PERIÓDICOS DOS SERVIDORES PÚBLICOS MUNICIPAL DE ACORDO COM A LEI Nº 865/2010 DE 07 DE MAIO DE 2010</t>
   </si>
   <si>
     <t>5034</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5034/066-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5034/066-2020.pdf</t>
   </si>
   <si>
     <t>REFORMA DA EMEF - CÓRREGO DO CHIADO</t>
   </si>
   <si>
     <t>5035</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5035/067-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5035/067-2020.pdf</t>
   </si>
   <si>
     <t>REFORMA DA EMEF - MARIZETE VENÂNCIO DO NASCIMENTO, SITUADA NO BAIRRO AROEIRA</t>
   </si>
   <si>
     <t>5036</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5036/068-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5036/068-2020.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PRAÇA NO BAIRRO VILA VERDE</t>
   </si>
   <si>
     <t>5037</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5037/069-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5037/069-2020.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DA PRAÇA NO BAIRRO VILA NOVA</t>
   </si>
   <si>
     <t>5038</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5038/070-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5038/070-2020.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PRAÇA NO BAIRRO AROEIRA</t>
   </si>
   <si>
     <t>5039</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5039/071-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5039/071-2020.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA SÃO FRANCISCO, SITUADA NO BAIRRO AROEIRA</t>
   </si>
   <si>
     <t>5040</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5040/072-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5040/072-2020.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA SANTA RITA, SITUADA NO BAIRRO AROEIRA</t>
   </si>
   <si>
     <t>5041</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5041/073-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5041/073-2020.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA ACÁCIO DE OLIVEIRA, SITUADA NO BAIRRO AROEIRA</t>
   </si>
   <si>
     <t>5042</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5042/074-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5042/074-2020.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA DAS FLORES, SITUADA NO BAIRRO AROEIRA</t>
   </si>
   <si>
     <t>5043</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5043/075-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5043/075-2020.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE TERRENO PARA CONSTRUÇÃO DO CAMPO DE FUTEBOL EM SÃO GERALDO - DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>5044</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5044/076-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5044/076-2020.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DA PRAÇA NO LOTEAMENTO JARDIM ELDORADO, SITUADO NO BAIRRO PEDRA D'ÁGUA</t>
   </si>
   <si>
     <t>5045</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5045/077-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5045/077-2020.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DA QUADRA DE AREIA NO LOTEAMENTO JARDIN ELDORADO SITUADO NO BAIRRO PEDRA D'ÁGUA</t>
   </si>
   <si>
     <t>5046</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5046/078-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5046/078-2020.pdf</t>
   </si>
   <si>
     <t>REFORMA DO CAMPO DE FUTEBOL NO LOTEAMENTO JARDIN ELDORADO SITUADO NO BAIRRO PEDRA D'ÁGUA</t>
   </si>
   <si>
     <t>5047</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5047/079-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5047/079-2020.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA HERMES ISIDORO, SITUADA NA ESTRADA DO NATIVO NO BAIRRO PEDRA D'ÁGUA</t>
   </si>
   <si>
     <t>5048</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5048/009-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5048/009-2020.pdf</t>
   </si>
   <si>
     <t>APOIO ÀS ORGANIZAÇÕES DA SOCIEDADE CIVIL PARA AÇÕES DE EDUCAÇÃO AMBIENTAL</t>
   </si>
   <si>
     <t>5049</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5049/010-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5049/010-2020.pdf</t>
   </si>
   <si>
     <t>BLOCO DA PROTEÇÃO SOCIAL ESPECIAL (SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL)</t>
   </si>
   <si>
     <t>5050</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5050/011-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5050/011-2020.pdf</t>
   </si>
   <si>
     <t>BLOCO DE PROTEÇÃO SOCIAL ESPECIAL (SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL)</t>
   </si>
   <si>
     <t>5051</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5051/012-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5051/012-2020.pdf</t>
   </si>
   <si>
     <t>TRANSFERÊNCIA FINANCEIRA A CASA NOSSA SENHORA APARECIDA - HOSPITAL MATERNIDADE SÃO MATEUS</t>
   </si>
   <si>
     <t>5052</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5052/013-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5052/013-2020.pdf</t>
   </si>
   <si>
     <t>APOIO ÀS ORGANIZAÇÕES DA SOCIEDADE CIVIL PARA AÇÕES E EVENTOS ESPORTIVOS</t>
   </si>
   <si>
     <t>5053</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5053/014-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5053/014-2020.pdf</t>
   </si>
   <si>
     <t>APOIO ÀS ORGANIZAÇÕES DA SOCIEDADE CIVIL PARA PROJETOS DE DESENVOLVIMENTO TURÍSTICO</t>
   </si>
   <si>
     <t>5054</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5054/015-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5054/015-2020.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO, AMPLIAÇÃO DE QUADRAS POLIESPORTIVAS E GINÁSIO DE ESPORTES</t>
   </si>
   <si>
     <t>5055</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5055/016-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5055/016-2020.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DO CEIM NOSSA SENHORA APARECIDA, LOCALIZADO NO BAIRRO PORTO</t>
   </si>
   <si>
     <t>5056</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5056/017-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5056/017-2020.pdf</t>
   </si>
   <si>
     <t>5057</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5057/018-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5057/018-2020.pdf</t>
   </si>
   <si>
     <t>PROMOÇÃO DE EDITAIS MUNICIPAIS DA CULTURA</t>
   </si>
   <si>
     <t>5058</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5058/019-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5058/019-2020.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO E IMPLEMENTAÇÃO DE TENDA CULTURAL NOS BAIRROS</t>
   </si>
   <si>
     <t>5059</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5059/020-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5059/020-2020.pdf</t>
   </si>
   <si>
     <t>REFORMA DE VESTIÁRIO DO CAMPO DE FUTEBOL DO BAIRRO VILA NOVA</t>
   </si>
   <si>
     <t>5060</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5060/021-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5060/021-2020.pdf</t>
   </si>
   <si>
     <t>REFORMA DO VESTIÁRIO DO CAMPO DE FUTEBOL DO BAIRRO VILA VERDE</t>
   </si>
   <si>
     <t>5061</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5061/022-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5061/022-2020.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO, AMPLIAÇÃO, REFORMA DE CAMPOS DE FUTEBOL</t>
   </si>
   <si>
     <t>5062</t>
   </si>
   <si>
     <t>Todos Edis</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5062/024-2020.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5062/024-2020.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ARTIGO 4º DO PROJETO DE LEI Nº 015/2020, DO PODER EXECUTIVO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3546,67 +3546,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3818/indicacao_-_001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3819/indicacao_-_002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3820/indicacao_-_003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3821/indicacao_-_004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3822/indicacao_-_005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3823/indicacao_-_006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3824/indicacao_-_007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3825/indicacao_-_008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3826/indicacao_-_009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3827/indicacao_-_010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3828/indicacao_-_011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3829/indicacao_-_012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3830/indicacao_-_013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3831/indicacao_-_014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3833/indicacao_-_016.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3834/indicacao_-_017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3835/indicacao_-_018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3902/indicacao_-_045.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4382/indicacao_-_421.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4642/indicacao_-_573.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4306/013.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4338/014.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4605/021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4643/022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3869/projeto_de_decreto_legislativo_001-2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3870/projeto_de_decreto_legislativo_002-2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3871/projeto_de_decreto_legislativo_003-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3903/projeto_de_decreto_legislativo_004-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3873/projeto_de_decreto_legislativo_005-2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3874/projeto_de_decreto_legislativo_006-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3875/projeto_de_decreto_legislativo_007-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3876/projeto_de_decreto_legislativo_008-2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3877/projeto_de_decreto_legislativo_009-2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3878/projeto_de_decreto_legislativo_010-2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3879/projeto_de_decreto_legislativo_011-2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3880/projeto_de_decreto_legislativo_012-2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3881/projeto_de_decreto_legislativo_013-2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3882/projeto_de_decreto_legislativo_014-2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3883/projeto_de_decreto_legislativo_015-2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3884/projeto_de_decreto_legislativo_016-2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3885/projeto_de_decreto_legislativo_017-2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3886/projeto_de_decreto_legislativo_018-2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3887/projeto_de_decreto_legislativo_019-2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3888/projeto_de_decreto_legislativo_020-2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3889/projeto_de_decreto_legislativo_021-2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3890/projeto_de_decreto_legislativo_022-2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3891/projeto_de_decreto_legislativo_023-2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3892/projeto_de_decreto_legislativo_024-2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3893/projeto_de_decreto_legislativo_025-2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3894/projeto_de_decreto_legislativo_026-2020.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3895/projeto_de_decreto_legislativo_027-2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3896/projeto_de_decreto_legislativo_028-2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3897/projeto_de_decreto_legislativo_029-2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4406/projeto_de_decreto_legislativo_030-2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4407/projeto_de_decreto_legislativo_031-2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4408/projeto_de_decreto_legislativo_032-2020.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4409/projeto_de_decreto_legislativo_033-2020.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4410/projeto_de_decreto_legislativo_034-2020.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4411/projeto_de_decreto_legislativo_035-2020.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4412/projeto_de_decreto_legislativo_036-2020.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4413/projeto_de_decreto_legislativo_037-2020.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4414/projeto_de_decreto_legislativo_038-2020.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4415/projeto_de_decreto_legislativo_039-2020.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4416/projeto_de_decreto_legislativo_040-2020.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4417/projeto_de_decreto_legislativo_041-2020.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4418/projeto_de_decreto_legislativo_042-2020.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4419/projeto_de_decreto_legislativo_043-2020.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4420/projeto_de_decreto_legislativo_044-2020.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4421/projeto_de_decreto_legislativo_045-2020.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4422/projeto_de_decreto_legislativo_046-2020.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4423/projeto_de_decreto_legislativo_047-2020.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4424/projeto_de_decreto_legislativo_048-2020.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4425/projeto_de_decreto_legislativo_049-2020.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4426/projeto_de_decreto_legislativo_050-2020.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4427/projeto_de_decreto_legislativo_051-2020.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4428/projeto_de_decreto_legislativo_052-2020.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4429/projeto_de_decreto_legislativo_053-2020.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4430/projeto_de_decreto_legislativo_054-2020.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4431/projeto_de_decreto_legislativo_055-2020.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4432/projeto_de_decreto_legislativo_056-2020.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4433/projeto_de_decreto_legislativo_057-2020.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4434/projeto_de_decreto_legislativo_058-2020.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4435/projeto_de_decreto_legislativo_059-2020.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4436/projeto_de_decreto_legislativo_060-2020.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4437/projeto_de_decreto_legislativo_061-2020.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4438/projeto_de_decreto_legislativo_062-2020.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4439/projeto_de_decreto_legislativo_063-2020.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4440/projeto_de_decreto_legislativo_064-2020.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4441/projeto_de_decreto_legislativo_065-2020.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4442/projeto_de_decreto_legislativo_066-2020.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4443/projeto_de_decreto_legislativo_067-2020.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4444/projeto_de_decreto_legislativo_068-2020.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4445/projeto_de_decreto_legislativo_069-2020.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4446/projeto_de_decreto_legislativo_070-2020.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4447/projeto_de_decreto_legislativo_071-2020.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4448/projeto_de_decreto_legislativo_072-2020.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4449/projeto_de_decreto_legislativo_073-2020.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4450/projeto_de_decreto_legislativo_074-2020.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4451/projeto_de_decreto_legislativo_075-2020.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4452/projeto_de_decreto_legislativo_076-2020.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4453/projeto_de_decreto_legislativo_077-2020.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4454/projeto_de_decreto_legislativo_078-2020.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4455/projeto_de_decreto_legislativo_079-2020.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4456/projeto_de_decreto_legislativo_080-2020.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4457/projeto_de_decreto_legislativo_081-2020.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4458/projeto_de_decreto_legislativo_082-2020.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4459/projeto_de_decreto_legislativo_083-2020.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4621/projeto_de_decreto_legislativo_084-2020.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4622/projeto_de_decreto_legislativo_085-2020.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4645/001-2020.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4081/projeto_de_lei_no_001-2020.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4082/projeto_de_lei_no_002-2020.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4083/projeto_de_lei_no_003-2020.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4084/projeto_de_lei_no_004-2020.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4085/projeto_de_lei_no_005-2020.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4086/projeto_de_lei_no_006-2020.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4087/projeto_de_lei_no_007-2020.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4088/projeto_de_lei_no_008-2020.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4089/projeto_de_lei_no_009-2020.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4090/projeto_de_lei_no_010-2020.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4740/projeto_de_lei_no_011-2020.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4741/projeto_de_lei_no_012-2020.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4742/projeto_de_lei_no_013-2020.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4743/projeto_de_lei_no_014-2020.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4744/projeto_de_lei_no_015-2020.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4745/projeto_de_lei_no_016-2020.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4746/projeto_de_lei_no_017-2020.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4747/projeto_de_lei_no_018-2020.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4748/projeto_de_lei_no_019-2020.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4749/projeto_de_lei_no_020-2020.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4091/projeto_de_lei_no_021-2020.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3964/projeto_de_lei_no_022-2020.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4116/projeto_de_lei_no_023-2020.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4040/projeto_de_lei_no_024-2020.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4092/projeto_de_lei_no_025-2020.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4093/projeto_de_lei_no_026-2020.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4094/projeto_de_lei_no_027-2020.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4095/projeto_de_lei_no_028-2020.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4235/projeto_de_lei_no_029-2020.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4236/projeto_de_lei_no_030-2020.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4237/projeto_de_lei_no_031-2020.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4238/projeto_de_lei_no_032-2020.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4239/projeto_de_lei_no_033-2020.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4240/projeto_de_lei_no_034-2020.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4241/projeto_de_lei_no_035-2020.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4242/projeto_de_lei_no_036-2020.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4243/projeto_de_lei_no_037-2020.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4244/projeto_de_lei_no_038-2020.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4245/projeto_de_lei_no_039-2020.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4246/projeto_de_lei_no_040-2020.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4247/projeto_de_lei_no_041-2020.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4248/projeto_de_lei_no_042-2020.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4249/projeto_de_lei_no_043-2020.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4250/projeto_de_lei_no_044-2020.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4251/projeto_de_lei_no_045-2020.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4172/projeto_de_lei_no_046-2020.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4196/projeto_de_lei_no_047-2020.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4252/projeto_de_lei_no_048-2020.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4173/projeto_de_lei_no_049-2020.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4253/projeto_de_lei_no_050-2020.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4197/projeto_de_lei_no_051-2020.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4308/projeto_de_lei_no_052-2020.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4254/projeto_de_lei_no_053-2020.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4309/projeto_de_lei_no_054-2020.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4255/projeto_de_lei_no_055-2020.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4310/projeto_de_lei_no_056-2020.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4279/projeto_de_lei_no_057-2020.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4256/projeto_de_lei_no_058-2020.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4311/projeto_de_lei_no_059-2020.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4384/projeto_de_lei_no_060-2020.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4385/projeto_de_lei_no_061-2020.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4386/projeto_de_lei_no_062-2020.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4387/projeto_de_lei_no_063-2020.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4388/projeto_de_lei_no_064-2020.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4389/projeto_de_lei_no_065-2020.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4390/projeto_de_lei_no_066-2020.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4391/projeto_de_lei_no_067-2020.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4392/projeto_de_lei_no_068-2020.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4393/projeto_de_lei_no_069-2020.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4394/projeto_de_lei_no_070-2020.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4395/projeto_de_lei_no_071-2020.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4396/projeto_de_lei_no_072-2020.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4397/projeto_de_lei_no_073-2020.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4398/projeto_de_lei_no_074-2020.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4399/projeto_de_lei_no_075-2020.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4400/projeto_de_lei_no_076-2020.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4401/projeto_de_lei_no_077-2020.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4402/projeto_de_lei_no_078-2020.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4403/projeto_de_lei_no_079-2020.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4404/projeto_de_lei_no_080-2020.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4405/projeto_de_lei_no_081-2020.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4339/projeto_de_lei_no_082-2020.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4481/projeto_de_lei_no_083-2020.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4750/projeto_de_lei_no_084-2020.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4751/projeto_de_lei_no_085-2020.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4580/projeto_de_lei_no_086-2020.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4581/projeto_de_lei_no_087-2020.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4582/projeto_de_lei_no_088-2020.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4583/projeto_de_lei_no_089-2020.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4584/projeto_de_lei_no_090-2020.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4585/projeto_de_lei_no_091-2020.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4586/projeto_de_lei_no_092-2020.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4587/projeto_de_lei_no_093_-2020.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4588/projeto_de_lei_no_094-2020.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4589/projeto_de_lei_no_095-2020.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4644/projeto_de_lei_no_096-2020.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4669/projeto_de_lei_no_097-2020.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4670/projeto_de_lei_no_098-2020.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4711/projeto_de_lei_no_099-2020.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4734/projeto_de_lei_no_100-2020.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4733/projeto_de_lei_no_101-2020.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4735/projeto_de_lei_no_102-2020.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4736/projeto_de_lei_no_103-2020.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4737/projeto_de_lei_no_104-2020.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4738/projeto_de_lei_no_105-2020.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3866/001_-_2020.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3867/002-2020.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3868/003-2020.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4014/004_-_2020.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4061/005-2020.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4062/006-2020.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4037/007_2020.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4038/008-20.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4039/009-2020.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4171/010_-_20.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4195/011-2020.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4307/012-2020.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4312/013-2020.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4483/014-2020.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4647/015-2020.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4732/017-2020.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4739/018-2020.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3991/001_-_2020.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4560/002-2020.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4646/projeto_de_resolucao_no_001-2020.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3837/requerimento_-_002.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4482/001-2020.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4955/007-2020.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4956/008-2020.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4957/009-2020.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4958/010-2020.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4959/011-2020.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4960/012-2020.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4961/013-2020.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4962/014-2020.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4963/015-2020.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4964/016-2020.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4965/017-2020.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4966/018-2020.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4967/019-2020.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4968/020-2020.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4969/021-2020.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4970/022-2020.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4971/023-2020.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4972/024-2020.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4973/025-2020.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4974/026-2020.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4975/027-2020.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4976/028-2020.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4977/029-2020.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4978/030-2020.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4979/031-2020.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4980/032-2020.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4981/033-2020.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4982/034-2020.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4983/035-2020.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4984/036-2020.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4985/037-2020.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4986/038-2020.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4987/039-2020.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4988/040-2020.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4989/041-2020.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4990/042-2020.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4991/043-2020.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4992/044-2020.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5013/045-2020.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5014/046-2020.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5015/047-2020.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5016/048-2020.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5017/049-2020.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5018/050-2020.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5019/051-2020.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5020/052-2020.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5021/053-2020.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5022/054-2020.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5023/055-2020.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5024/056-2020.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5025/057-2020.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5026/058-2020.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5027/059-2020.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5028/060-2020.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5029/061-2020.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5030/062-2020.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5031/063-2020.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5032/064-2020.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5033/065-2020.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5034/066-2020.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5035/067-2020.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5036/068-2020.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5037/069-2020.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5038/070-2020.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5039/071-2020.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5040/072-2020.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5041/073-2020.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5042/074-2020.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5043/075-2020.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5044/076-2020.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5045/077-2020.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5046/078-2020.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5047/079-2020.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5048/009-2020.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5049/010-2020.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5050/011-2020.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5051/012-2020.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5052/013-2020.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5053/014-2020.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5054/015-2020.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5055/016-2020.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5056/017-2020.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5057/018-2020.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5058/019-2020.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5059/020-2020.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5060/021-2020.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5061/022-2020.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5062/024-2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3818/indicacao_-_001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3819/indicacao_-_002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3820/indicacao_-_003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3821/indicacao_-_004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3822/indicacao_-_005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3823/indicacao_-_006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3824/indicacao_-_007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3825/indicacao_-_008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3826/indicacao_-_009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3827/indicacao_-_010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3828/indicacao_-_011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3829/indicacao_-_012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3830/indicacao_-_013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3831/indicacao_-_014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3833/indicacao_-_016.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3834/indicacao_-_017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3835/indicacao_-_018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3902/indicacao_-_045.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4382/indicacao_-_421.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4642/indicacao_-_573.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4306/013.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4338/014.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4605/021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4643/022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3869/projeto_de_decreto_legislativo_001-2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3870/projeto_de_decreto_legislativo_002-2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3871/projeto_de_decreto_legislativo_003-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3903/projeto_de_decreto_legislativo_004-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3873/projeto_de_decreto_legislativo_005-2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3874/projeto_de_decreto_legislativo_006-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3875/projeto_de_decreto_legislativo_007-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3876/projeto_de_decreto_legislativo_008-2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3877/projeto_de_decreto_legislativo_009-2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3878/projeto_de_decreto_legislativo_010-2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3879/projeto_de_decreto_legislativo_011-2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3880/projeto_de_decreto_legislativo_012-2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3881/projeto_de_decreto_legislativo_013-2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3882/projeto_de_decreto_legislativo_014-2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3883/projeto_de_decreto_legislativo_015-2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3884/projeto_de_decreto_legislativo_016-2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3885/projeto_de_decreto_legislativo_017-2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3886/projeto_de_decreto_legislativo_018-2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3887/projeto_de_decreto_legislativo_019-2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3888/projeto_de_decreto_legislativo_020-2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3889/projeto_de_decreto_legislativo_021-2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3890/projeto_de_decreto_legislativo_022-2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3891/projeto_de_decreto_legislativo_023-2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3892/projeto_de_decreto_legislativo_024-2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3893/projeto_de_decreto_legislativo_025-2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3894/projeto_de_decreto_legislativo_026-2020.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3895/projeto_de_decreto_legislativo_027-2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3896/projeto_de_decreto_legislativo_028-2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3897/projeto_de_decreto_legislativo_029-2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4406/projeto_de_decreto_legislativo_030-2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4407/projeto_de_decreto_legislativo_031-2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4408/projeto_de_decreto_legislativo_032-2020.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4409/projeto_de_decreto_legislativo_033-2020.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4410/projeto_de_decreto_legislativo_034-2020.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4411/projeto_de_decreto_legislativo_035-2020.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4412/projeto_de_decreto_legislativo_036-2020.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4413/projeto_de_decreto_legislativo_037-2020.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4414/projeto_de_decreto_legislativo_038-2020.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4415/projeto_de_decreto_legislativo_039-2020.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4416/projeto_de_decreto_legislativo_040-2020.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4417/projeto_de_decreto_legislativo_041-2020.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4418/projeto_de_decreto_legislativo_042-2020.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4419/projeto_de_decreto_legislativo_043-2020.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4420/projeto_de_decreto_legislativo_044-2020.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4421/projeto_de_decreto_legislativo_045-2020.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4422/projeto_de_decreto_legislativo_046-2020.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4423/projeto_de_decreto_legislativo_047-2020.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4424/projeto_de_decreto_legislativo_048-2020.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4425/projeto_de_decreto_legislativo_049-2020.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4426/projeto_de_decreto_legislativo_050-2020.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4427/projeto_de_decreto_legislativo_051-2020.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4428/projeto_de_decreto_legislativo_052-2020.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4429/projeto_de_decreto_legislativo_053-2020.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4430/projeto_de_decreto_legislativo_054-2020.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4431/projeto_de_decreto_legislativo_055-2020.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4432/projeto_de_decreto_legislativo_056-2020.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4433/projeto_de_decreto_legislativo_057-2020.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4434/projeto_de_decreto_legislativo_058-2020.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4435/projeto_de_decreto_legislativo_059-2020.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4436/projeto_de_decreto_legislativo_060-2020.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4437/projeto_de_decreto_legislativo_061-2020.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4438/projeto_de_decreto_legislativo_062-2020.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4439/projeto_de_decreto_legislativo_063-2020.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4440/projeto_de_decreto_legislativo_064-2020.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4441/projeto_de_decreto_legislativo_065-2020.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4442/projeto_de_decreto_legislativo_066-2020.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4443/projeto_de_decreto_legislativo_067-2020.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4444/projeto_de_decreto_legislativo_068-2020.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4445/projeto_de_decreto_legislativo_069-2020.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4446/projeto_de_decreto_legislativo_070-2020.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4447/projeto_de_decreto_legislativo_071-2020.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4448/projeto_de_decreto_legislativo_072-2020.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4449/projeto_de_decreto_legislativo_073-2020.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4450/projeto_de_decreto_legislativo_074-2020.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4451/projeto_de_decreto_legislativo_075-2020.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4452/projeto_de_decreto_legislativo_076-2020.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4453/projeto_de_decreto_legislativo_077-2020.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4454/projeto_de_decreto_legislativo_078-2020.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4455/projeto_de_decreto_legislativo_079-2020.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4456/projeto_de_decreto_legislativo_080-2020.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4457/projeto_de_decreto_legislativo_081-2020.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4458/projeto_de_decreto_legislativo_082-2020.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4459/projeto_de_decreto_legislativo_083-2020.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4621/projeto_de_decreto_legislativo_084-2020.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4622/projeto_de_decreto_legislativo_085-2020.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4645/001-2020.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4081/projeto_de_lei_no_001-2020.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4082/projeto_de_lei_no_002-2020.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4083/projeto_de_lei_no_003-2020.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4084/projeto_de_lei_no_004-2020.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4085/projeto_de_lei_no_005-2020.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4086/projeto_de_lei_no_006-2020.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4087/projeto_de_lei_no_007-2020.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4088/projeto_de_lei_no_008-2020.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4089/projeto_de_lei_no_009-2020.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4090/projeto_de_lei_no_010-2020.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4740/projeto_de_lei_no_011-2020.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4741/projeto_de_lei_no_012-2020.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4742/projeto_de_lei_no_013-2020.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4743/projeto_de_lei_no_014-2020.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4744/projeto_de_lei_no_015-2020.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4745/projeto_de_lei_no_016-2020.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4746/projeto_de_lei_no_017-2020.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4747/projeto_de_lei_no_018-2020.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4748/projeto_de_lei_no_019-2020.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4749/projeto_de_lei_no_020-2020.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4091/projeto_de_lei_no_021-2020.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3964/projeto_de_lei_no_022-2020.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4116/projeto_de_lei_no_023-2020.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4040/projeto_de_lei_no_024-2020.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4092/projeto_de_lei_no_025-2020.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4093/projeto_de_lei_no_026-2020.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4094/projeto_de_lei_no_027-2020.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4095/projeto_de_lei_no_028-2020.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4235/projeto_de_lei_no_029-2020.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4236/projeto_de_lei_no_030-2020.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4237/projeto_de_lei_no_031-2020.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4238/projeto_de_lei_no_032-2020.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4239/projeto_de_lei_no_033-2020.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4240/projeto_de_lei_no_034-2020.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4241/projeto_de_lei_no_035-2020.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4242/projeto_de_lei_no_036-2020.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4243/projeto_de_lei_no_037-2020.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4244/projeto_de_lei_no_038-2020.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4245/projeto_de_lei_no_039-2020.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4246/projeto_de_lei_no_040-2020.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4247/projeto_de_lei_no_041-2020.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4248/projeto_de_lei_no_042-2020.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4249/projeto_de_lei_no_043-2020.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4250/projeto_de_lei_no_044-2020.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4251/projeto_de_lei_no_045-2020.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4172/projeto_de_lei_no_046-2020.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4196/projeto_de_lei_no_047-2020.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4252/projeto_de_lei_no_048-2020.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4173/projeto_de_lei_no_049-2020.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4253/projeto_de_lei_no_050-2020.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4197/projeto_de_lei_no_051-2020.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4308/projeto_de_lei_no_052-2020.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4254/projeto_de_lei_no_053-2020.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4309/projeto_de_lei_no_054-2020.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4255/projeto_de_lei_no_055-2020.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4310/projeto_de_lei_no_056-2020.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4279/projeto_de_lei_no_057-2020.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4256/projeto_de_lei_no_058-2020.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4311/projeto_de_lei_no_059-2020.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4384/projeto_de_lei_no_060-2020.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4385/projeto_de_lei_no_061-2020.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4386/projeto_de_lei_no_062-2020.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4387/projeto_de_lei_no_063-2020.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4388/projeto_de_lei_no_064-2020.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4389/projeto_de_lei_no_065-2020.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4390/projeto_de_lei_no_066-2020.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4391/projeto_de_lei_no_067-2020.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4392/projeto_de_lei_no_068-2020.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4393/projeto_de_lei_no_069-2020.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4394/projeto_de_lei_no_070-2020.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4395/projeto_de_lei_no_071-2020.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4396/projeto_de_lei_no_072-2020.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4397/projeto_de_lei_no_073-2020.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4398/projeto_de_lei_no_074-2020.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4399/projeto_de_lei_no_075-2020.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4400/projeto_de_lei_no_076-2020.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4401/projeto_de_lei_no_077-2020.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4402/projeto_de_lei_no_078-2020.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4403/projeto_de_lei_no_079-2020.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4404/projeto_de_lei_no_080-2020.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4405/projeto_de_lei_no_081-2020.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4339/projeto_de_lei_no_082-2020.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4481/projeto_de_lei_no_083-2020.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4750/projeto_de_lei_no_084-2020.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4751/projeto_de_lei_no_085-2020.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4580/projeto_de_lei_no_086-2020.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4581/projeto_de_lei_no_087-2020.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4582/projeto_de_lei_no_088-2020.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4583/projeto_de_lei_no_089-2020.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4584/projeto_de_lei_no_090-2020.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4585/projeto_de_lei_no_091-2020.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4586/projeto_de_lei_no_092-2020.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4587/projeto_de_lei_no_093_-2020.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4588/projeto_de_lei_no_094-2020.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4589/projeto_de_lei_no_095-2020.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4644/projeto_de_lei_no_096-2020.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4669/projeto_de_lei_no_097-2020.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4670/projeto_de_lei_no_098-2020.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4711/projeto_de_lei_no_099-2020.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4734/projeto_de_lei_no_100-2020.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4733/projeto_de_lei_no_101-2020.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4735/projeto_de_lei_no_102-2020.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4736/projeto_de_lei_no_103-2020.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4737/projeto_de_lei_no_104-2020.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4738/projeto_de_lei_no_105-2020.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3866/001_-_2020.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3867/002-2020.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3868/003-2020.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4014/004_-_2020.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4061/005-2020.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4062/006-2020.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4037/007_2020.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4038/008-20.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4039/009-2020.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4171/010_-_20.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4195/011-2020.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4307/012-2020.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4312/013-2020.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4483/014-2020.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4647/015-2020.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4732/017-2020.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4739/018-2020.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3991/001_-_2020.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4560/002-2020.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4646/projeto_de_resolucao_no_001-2020.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/3837/requerimento_-_002.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4482/001-2020.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4955/007-2020.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4956/008-2020.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4957/009-2020.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4958/010-2020.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4959/011-2020.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4960/012-2020.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4961/013-2020.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4962/014-2020.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4963/015-2020.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4964/016-2020.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4965/017-2020.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4966/018-2020.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4967/019-2020.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4968/020-2020.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4969/021-2020.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4970/022-2020.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4971/023-2020.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4972/024-2020.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4973/025-2020.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4974/026-2020.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4975/027-2020.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4976/028-2020.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4977/029-2020.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4978/030-2020.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4979/031-2020.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4980/032-2020.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4981/033-2020.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4982/034-2020.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4983/035-2020.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4984/036-2020.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4985/037-2020.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4986/038-2020.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4987/039-2020.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4988/040-2020.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4989/041-2020.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4990/042-2020.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4991/043-2020.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/4992/044-2020.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5013/045-2020.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5014/046-2020.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5015/047-2020.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5016/048-2020.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5017/049-2020.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5018/050-2020.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5019/051-2020.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5020/052-2020.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5021/053-2020.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5022/054-2020.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5023/055-2020.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5024/056-2020.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5025/057-2020.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5026/058-2020.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5027/059-2020.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5028/060-2020.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5029/061-2020.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5030/062-2020.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5031/063-2020.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5032/064-2020.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5033/065-2020.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5034/066-2020.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5035/067-2020.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5036/068-2020.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5037/069-2020.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5038/070-2020.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5039/071-2020.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5040/072-2020.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5041/073-2020.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5042/074-2020.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5043/075-2020.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5044/076-2020.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5045/077-2020.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5046/078-2020.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5047/079-2020.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5048/009-2020.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5049/010-2020.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5050/011-2020.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5051/012-2020.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5052/013-2020.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5053/014-2020.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5054/015-2020.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5055/016-2020.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5056/017-2020.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5057/018-2020.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5058/019-2020.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5059/020-2020.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5060/021-2020.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5061/022-2020.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2020/5062/024-2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H329"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="37.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="156.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="114.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="113.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>