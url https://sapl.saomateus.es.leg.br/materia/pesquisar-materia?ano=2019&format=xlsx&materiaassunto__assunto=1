--- v0 (2025-12-09)
+++ v1 (2026-03-07)
@@ -54,1140 +54,1140 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2561</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>JERRI PEREIRA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2561/indicacao_-_036.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2561/indicacao_-_036.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CENTRO DE EDUCAÇÃO INFANTIL MUNICIPAL - CEIM NA COMUNIDADE BARRA SECA</t>
   </si>
   <si>
     <t>2640</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>DODA MENDONÇA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2640/indicacao_-_075.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2640/indicacao_-_075.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE MURO EM TORNO DA ESCOLA PLURIDOCENTE MUNICIPAL 'CÓRREGO DO GAMA', SITUADA NA RODOVIA SÃO MATEUS À BOA ESPERANÇA, DISTRITO DE ITAUNINHAS</t>
   </si>
   <si>
     <t>2647</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>JORGE RECLA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2647/indicacao_-_082.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2647/indicacao_-_082.pdf</t>
   </si>
   <si>
     <t>REFORMA DO PRÉDIO DO CEIM 'BRILHO DO SABER', SITUADO NO BAIRRO AROEIRA</t>
   </si>
   <si>
     <t>2673</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>FRANCISCO AMARO DE ALENCAR OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2673/indicacao_-_099.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2673/indicacao_-_099.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO E REFORMA DA ESCOLA PLURIDOCENTE MUNICIPAL "SÃO JORGE", SITUADA NA COMUNIDADE SÃO JORGE (RODOVIA SÃO MATEUS À BOA ESPERANÇA)</t>
   </si>
   <si>
     <t>2683</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>PAULO CHAGAS</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2683/indicacao_-_109.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2683/indicacao_-_109.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO OU REPARO DA REDE ELÉTRICA DA EMEF 'SÃO PIO X', SITUADA NA COMUNIDADE CÓRREGO DA PALMEIRA - KM 47, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>2692</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>AQUILES</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2692/indicacao_-_115.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2692/indicacao_-_115.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE VENTILADORES PARA INSTALAÇÃO EM TODAS AS ESCOLAS DA REDE PÚBLICA DO MUNICÍPIO DE SÃO MATEUS QUE AINDA NÃO POSSUEM TAIS APARELHOS</t>
   </si>
   <si>
     <t>2693</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>CARLOS ALBERTO</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2693/indicacao_-_116.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2693/indicacao_-_116.pdf</t>
   </si>
   <si>
     <t>REFORMA E LIMPEZA DA QUADRA COBERTA DA EMEF HERINEA LIMA OLIVEIRA, SITUADA NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>2704</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2704/indicacao_-_127.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2704/indicacao_-_127.pdf</t>
   </si>
   <si>
     <t>REFORMA DO PRÉDIO E DA QUADRA POLIESPORTIVA, DA EMEF 'PROFESSORA MARIZETE VENÂNCIO DO NASCIMENTO', SITUADA NO BAIRRO AROEIRA</t>
   </si>
   <si>
     <t>2718</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>ANTONIO LUIZ CARDOSO</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2718/indicacao_-_134.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2718/indicacao_-_134.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE TOLDOS NAS JANELAS DO CEIM ANDORINHAS, SITUADO NO BAIRRO CACIQUE</t>
   </si>
   <si>
     <t>2721</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2721/indicacao_-_137.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2721/indicacao_-_137.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE BANHEIRO COM FRALDÁRIO NO TÉRREO DA EMEF DORA ARNIZAUT SILVARES - CAIC, PARA ATENDER AS CRIANÇAS COM NECESSIDADES ESPECIAIS</t>
   </si>
   <si>
     <t>2722</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2722/indicacao_-_138.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2722/indicacao_-_138.pdf</t>
   </si>
   <si>
     <t>REFORMA DO MURO DO CEIM 'PAULO FREIRE', SITUADO NO BAIRRO VILA VERDE</t>
   </si>
   <si>
     <t>2724</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2724/indicacao_-_140.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2724/indicacao_-_140.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE SISTEMA DE TEMPO INTEGRAL NO CEIM DO BAIRRO VILA NOVA</t>
   </si>
   <si>
     <t>2730</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2730/indicacao_-_146.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2730/indicacao_-_146.pdf</t>
   </si>
   <si>
     <t>REFORMA DO PRÉDIO DA ESCOLA COMUNITÁRIA RURAL MUNICIPAL - ECORM 'MARIA FRANCISCA NUNES COUTINHO', SITUADA EM NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>2735</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>JOZAIL DO BOMBEIRO</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2735/indicacao_-_151.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2735/indicacao_-_151.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CEIM NO BAIRRO MORADA DO LAGO</t>
   </si>
   <si>
     <t>2737</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2737/indicacao_-_153.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2737/indicacao_-_153.pdf</t>
   </si>
   <si>
     <t>REFORMA DA ESCOLA UNIDOCENTE MUNICIPAL PALMITO, SITUADA NA COMUNIDADE SÃO BENEDITO - KM 23</t>
   </si>
   <si>
     <t>2742</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>AJALIRIO CALDEIRA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2742/indicacao_-_154.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2742/indicacao_-_154.pdf</t>
   </si>
   <si>
     <t>REFORMA DA QUADRA POLIESPORTIVA DA EMEF 'CÓRREGO DO MILANEZ', SITUADA NA COMUNIDADE KM 28, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>2769</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2769/indicacao_-_176.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2769/indicacao_-_176.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO E REFORMA DO PRÉDIO DA ESCOLA UNIDOCENTE MUNICIPAL 'CÓRREGO SANTA MARIA', SITUADA NO KM 23 DA RODOVIA SÃO MATEUS À NOVA VENÉCIA, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>2773</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2773/indicacao_-_180.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2773/indicacao_-_180.pdf</t>
   </si>
   <si>
     <t>AMPLIAR A SEGURANÇA NAS ESCOLAS COM INSTALAÇÕES DE CÂMERAS DE VIDEOMONITORAMENTO NAS IMEDIAÇÕES DAS MESMAS</t>
   </si>
   <si>
     <t>2781</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>JACIARA TEIXEIRA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2781/indicacao_-_188.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2781/indicacao_-_188.pdf</t>
   </si>
   <si>
     <t>CUMPRIMENTO DA LEI N° 1.005/2011 QUE "INSTITUI A OBRIGATORIEDADE DA REALIZAÇÃO DE CURSOS DE PRIMEIROS SOCORROS A TODOS OS FUNCIONÁRIOS DE CRECHES INSTALADAS NO MUNICÍPIO DE SÃO MATEUS E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>2783</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2783/indicacao_-_190.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2783/indicacao_-_190.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PRÉDIO PARA INSTALAÇÃO DA ESCOLA PLURIDOCENTE MUNICIPAL 'CAMPO GRANDE DE BAIXO', DISTRITO DE NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>2789</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2789/indicacao_-_196.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2789/indicacao_-_196.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO COM CONSTRUÇÃO DE SALA DE AULA NA EMEF 'SÃO PIO X', SITUADA NA COMUNIDADE CÓRREGO DA PALMEIRA - KM 47, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>2806</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2806/indicacao_-_206.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2806/indicacao_-_206.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO E REFORMA DO PRÉDIO DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL 'MERCEDES DE AGUIAR', SITUADA EM ITAUNINHAS</t>
   </si>
   <si>
     <t>2808</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/</t>
+    <t>http://sapl.saomateus.es.leg.br/media/</t>
   </si>
   <si>
     <t>QUE A SECRETARIA DE EDUCAÇÃO DE SÃO MATEUS, POR MEIO DAS UNIDADES ESCOLARES, FAÇA EXPEDIÇÃO DE CARTEIRA DO ESTUDANTE PARA OS ALUNOS DA REDE PÚBLICA MUNICIPAL</t>
   </si>
   <si>
     <t>2811</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2811/indicacao_-_211.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2811/indicacao_-_211.pdf</t>
   </si>
   <si>
     <t>CRIAÇÃO DE PROGRAMA MUNICIPAL DE EDUCAÇÃO TRIBUTÁRIA EM PARCERIA COM A SECRETARIA DE ESTADO DA FAZENDA</t>
   </si>
   <si>
     <t>2815</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2815/indicacao_-_215.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2815/indicacao_-_215.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE APARELHOS DE AR-CONDICIONADO EM TODAS AS SALAS DE AULA DAS EMEF'S e CEIM'S DO MUNICÍPIO DE SÃO MATEUS</t>
   </si>
   <si>
     <t>2838</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2838/indicacao_-_231.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2838/indicacao_-_231.pdf</t>
   </si>
   <si>
     <t>REFORMA DO PRÉDIO DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL 'VEREADOR LAURINDO SAMARITANO', SITUADA NO BAIRRO LITORÂNEO</t>
   </si>
   <si>
     <t>2862</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2862/indicacao_-_251.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2862/indicacao_-_251.pdf</t>
   </si>
   <si>
     <t>REFORMA DO CEIM SÃO FRANCISCO, SITUADO NO BAIRRO LITORÂNEO</t>
   </si>
   <si>
     <t>2886</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2886/indicacao_-_270.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2886/indicacao_-_270.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CENTRO DE EDUCAÇÃO INFANTIL MUNICIPAL NA COMUNIDADE NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>2890</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2890/indicacao_-_274.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2890/indicacao_-_274.pdf</t>
   </si>
   <si>
     <t>REFORMA DA ESCOLA PLURIDOCENTE MUNICIPAL "ENEDINO MONTEIRO", SITUADA NA COMUNIDADE BARRA NOVA SUL, DISTRITO DE NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>2893</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2893/indicacao_-_277.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2893/indicacao_-_277.pdf</t>
   </si>
   <si>
     <t>TÉRMINO DO ATERRO DO PÁTIO DA ESCOLA ESTADUAL DE ENSINO FUNDAMENTAL 27 DE OUTUBRO, SITUADA NO ASSENTAMENTO GEORGINA - KM 41</t>
   </si>
   <si>
     <t>2900</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2900/indicacao_-_280.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2900/indicacao_-_280.pdf</t>
   </si>
   <si>
     <t>REFORMA DO PRÉDIO DO CEIM VAVERSA, SITUADO NA RODOVIA MIGUEL CURRY CARNEIRO - KM 16, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>2925</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2925/indicacao_-_301.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2925/indicacao_-_301.pdf</t>
   </si>
   <si>
     <t>ESTUDO DE VIABILIDADE VISANDO OFERECER SUPORTE E ACOMPANHAMENTO ESPECIALIZADO DE FONOAUDIÓLOGO E PSICÓLOGO NAS UNIDADES ESCOLARES MUNICIPAIS</t>
   </si>
   <si>
     <t>2926</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2926/indicacao_-_302.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2926/indicacao_-_302.pdf</t>
   </si>
   <si>
     <t>PROMOVA PALESTRAS COM ORIENTAÇÃO DE PRIMEIROS SOCORROS NAS UNIDADES ESCOLARES DA REDE PÚBLICA MUNICIPAL</t>
   </si>
   <si>
     <t>2927</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2927/indicacao_-_303.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2927/indicacao_-_303.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE TERRENO NO BAIRRO PORTO PARA CONSTRUÇÃO DE PRÉDIO PARA INSTALAÇÃO DO CEIM 'NOSSA SENHORA APARECIDA'</t>
   </si>
   <si>
     <t>2957</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2957/indicacao_-_331.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2957/indicacao_-_331.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE NOVO PRÉDIO NA COMUNIDADE NOVA LIMA, PARA INSTALAÇÃO DA ESCOLA ANEDINA ALMEIDA SANTOS, COM CAPACIDADE PARA IMPLANTAÇÃO DO ENSINO MÉDIO</t>
   </si>
   <si>
     <t>2965</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2965/indicacao_-_339.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2965/indicacao_-_339.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE KITs ESCOLARES (CONTENDO: DUAS CAMISAS, UMA CALÇA OU BERMUDA, UM PAR DE TÊNIS, CADERNOS, LÁPIS, BORRACHAS, CANETAS, MOCHILA, ETC.) PARA SEREM DOADOS AOS ALUNOS DA REDE PÚBLICA MUNICIPAL</t>
   </si>
   <si>
     <t>2969</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2969/indicacao_-_343.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2969/indicacao_-_343.pdf</t>
   </si>
   <si>
     <t>ENVIE A ESTE PODER LEGISLATIVO PROJETO DE LEI QUE DISPONHA SOBRE ACESSIBILIDADE ESCOLAR PARA OS ALUNOS PORTADORES DE DEFICIÊNCIA OU MOBILIDADE REDUZIDA, NOS ESTABELECIMENTOS DE ENSINO DO MUNICÍPIO DE SÃO MATEUS</t>
   </si>
   <si>
     <t>3017</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3017/indicacao_-_380.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3017/indicacao_-_380.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DA AREIA POR GRAMA SINTÉTICA NOS CENTROS EDUCACIONAIS MUNICIPAIS</t>
   </si>
   <si>
     <t>3075</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3075/indicacao_-_428.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3075/indicacao_-_428.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL NO RESIDENCIAL VILLAGE, NO BAIRRO LITORÂNEO</t>
   </si>
   <si>
     <t>3114</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3114/indicacao_-_460.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3114/indicacao_-_460.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO N° 180/2019, QUE DIZ RESPEITO À AMPLIAÇÃO DA SEGURANÇA NAS ESCOLAS COM INSTALAÇÕES DE CÂMERAS DE VIDEOMONITORAMENTO NAS IMEDIAÇÕES DAS MESMAS</t>
   </si>
   <si>
     <t>3117</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3117/indicacao_-_463.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3117/indicacao_-_463.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO E REFORMA DO PRÉDIO DO CENTRO DE EDUCAÇÃO INFANTIL MUNICIPAL 'ALICE PONTE IN VALTELLINA', LOCALIZADO NO BAIRRO VITÓRIA</t>
   </si>
   <si>
     <t>3122</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3122/indicacao_-_468.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3122/indicacao_-_468.pdf</t>
   </si>
   <si>
     <t>REGULAMENTAÇÃO E EFETIVAÇÃO DA LEI 1.025/2011 QUE "INSTITUI MEDIDA DE PREVENÇÃO À VIOLÊNCIA CONTRA EDUCADORES DA REDE DE ENSINO FUNDAMENTAL DE SÃO MATEUS-ES"</t>
   </si>
   <si>
     <t>3129</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3129/indicacao_-_475.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3129/indicacao_-_475.pdf</t>
   </si>
   <si>
     <t>REFORMA DO CEIM VALE DA VITÓRIA, SITUADO NO ASSENTAMENTO VALE DA VITÓRIA, BEM COMO IMPLANTAÇÃO DE SISTEMA DE TEMPO INTEGRAL</t>
   </si>
   <si>
     <t>3141</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3141/indicacao_-_477.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3141/indicacao_-_477.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO E REFORMA DO PRÉDIO DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL "KM 35", DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>3143</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3143/indicacao_-_479.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3143/indicacao_-_479.pdf</t>
   </si>
   <si>
     <t>VIABILIZE, COM URGÊNCIA, OUTRO LOCAL NAS PROXIMIDADES DO BAIRRO PORTO PARA FUNCIONAMENTO DO CEIM NOSSA SENHORA APARECIDA</t>
   </si>
   <si>
     <t>3144</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3144/indicacao_-_480.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3144/indicacao_-_480.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PRÉDIO PARA INSTALAÇÃO DO CEIM NOSSA SENHORA APARECIDA, SITUADO NO BAIRRO PORTO</t>
   </si>
   <si>
     <t>3145</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3145/indicacao_-_481.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3145/indicacao_-_481.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE TERRENO, NO BAIRRO MORADA DO LAGO, PARA CONSTRUÇÃO DE CENTRO DE EDUCAÇÃO INFANTIL MUNICIPAL</t>
   </si>
   <si>
     <t>3158</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3158/indicacao_-_494.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3158/indicacao_-_494.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE SISTEMA ELETRÔNICO PARA GESTÃO DE INFORMAÇÕES RELATIVAS AO DESEMPENHO ESCOLAR DOS ALUNOS DA REDE PÚBLICA MUNICIPAL, INCLUINDO O SEGUINTE: BOLETIM, PRESENÇA EM SALA DE AULA, NOTAS, HISTÓRICO ESCOLAR, ENTRE OUTRAS</t>
   </si>
   <si>
     <t>3171</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3171/indicacao_-_499.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3171/indicacao_-_499.pdf</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE ASSISTENTES SOCIAIS PARA ATENDER AS ESCOLAS DA REDE PÚBLICA MUNICIPAL</t>
   </si>
   <si>
     <t>3200</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3200/indicacao_-_521.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3200/indicacao_-_521.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE ÁREA DE TERRA NA COMUNIDADE NOVA LIMA, PARA CONSTRUÇÃO DE PRÉDIO PARA INSTALAÇÃO DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL 'ANEDINA ALMEIDA SANTOS'</t>
   </si>
   <si>
     <t>3219</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3219/indicacao_-_540.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3219/indicacao_-_540.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE QUADRA POLIESPORTIVA NA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL VILA VERDE</t>
   </si>
   <si>
     <t>3232</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3232/indicacao_-_544.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3232/indicacao_-_544.pdf</t>
   </si>
   <si>
     <t>REFORMA DA ESCOLA PLURIDOCENTE MUNICIPAL ANTÔNIO LIMA, ASSENTAMENTO CÓRREGO GRANDE - KM 18, NESTE MUNICÍPIO DE  SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>3244</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3244/indicacao_-_556.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3244/indicacao_-_556.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE ESCOLA DE ENSINO MÉDIO PARA ATENDER OS JOVENS DA REGIÃO DO NATIVO DE BARRA NOVA, MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>3245</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3245/indicacao_-_557.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3245/indicacao_-_557.pdf</t>
   </si>
   <si>
     <t>REFORMA E AMPLIAÇÃO DA ESCOLA COMUNITÁRIA RURAL MUNICIPAL - ECORM "MARIA FRANCISCA NUNES COUTINHO", SITUADA EM NATIVO DE BARRA NOVA, MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>3249</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3249/indicacao_-_561.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3249/indicacao_-_561.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE INTERFONE COM PORTÃO ELETRÔNICO EM EMEF's E CEIM's, SITUADAS NO MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>3268</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3268/indicacao_-_574.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3268/indicacao_-_574.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO N° 075/2019, QUE DIZ RESPEITO A CONSTRUÇÃO DE MURO EM TORNO DA ESCOLA PLURIDOCENTE MUNICIPAL 'CÓRREGO DO GAMA', SITUADA À RODOVIA SÃO MATEUS A BOA ESPERANÇA, DISTRITO DE ITAUNINHAS, MUNICÍPIO DE SÃO MATEUS-ES</t>
   </si>
   <si>
     <t>3323</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3323/indicacao_-_588.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3323/indicacao_-_588.pdf</t>
   </si>
   <si>
     <t>REFORMA DA ESCOLA PLURIDOCENTE MUNICIPAL 'MILITINO CARRAFA', SITUADA NA COMUNIDADE KM 13, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>3336</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3336/indicacao_-_601.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3336/indicacao_-_601.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO N° 190/2019, QUE DIZ RESPEITO À CONSTRUÇÃO DE PRÉDIO PARA INSTALAÇÃO DA ESCOLA PLURIDOCENTE MUNICIPAL 'CAMPO GRANDE DE BAIXO', DISTRITO DE NATIVO DE BARRA NOVA</t>
   </si>
   <si>
     <t>3422</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3422/indicacao_-_636.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3422/indicacao_-_636.pdf</t>
   </si>
   <si>
     <t>PINTURA DAS LINHAS DA QUADRA POLIESPORTIVA DA EMEF BONSUCESSO</t>
   </si>
   <si>
     <t>3437</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3437/indicacao_-_651.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3437/indicacao_-_651.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE ÁREA DE TERRA EM NESTOR GOMES - KM 41, PARA CONSTRUÇÃO DE ESCOLA DE ENSINO FUNDAMENTAL COM QUADRA POLIESPORTIVA, BEM COMO DE ÁREA DE LAZER COM ESPAÇO PARA REALIZAÇÃO DE EVENTOS</t>
   </si>
   <si>
     <t>3453</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3453/indicacao_-_662.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3453/indicacao_-_662.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE BEBEDOURO INDUSTRIAL PARA O CENTRO DE EDUCAÇÃO INFANTIL MUNICIPAL 'ALICE PONTE IN VALTELLINA', LOCALIZADO NO BAIRRO VITÓRIA</t>
   </si>
   <si>
     <t>3457</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3457/indicacao_-_666.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3457/indicacao_-_666.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO E REFORMA DA ESCOLA UNIDOCENTE MUNICIPAL 'PALMITO', SITUADA NA COMUNIDADE SÃO BENEDITO - KM 23</t>
   </si>
   <si>
     <t>3472</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3472/indicacao_-_675.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3472/indicacao_-_675.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO E REFORMA DO PRÉDIO DA EMEF 'CÓRREGO DO MILANEZ', SITUADA NA COMUNIDADE KM 28, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>3512</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3512/indicacao_-_697.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3512/indicacao_-_697.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO E REFORMA DO PRÉDIO DO CEIM 'GIRASSOL', SITUADO NA COMUNIDADE KM 26, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>3514</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>ANTONIO LUIZ CARDOSO, JACIARA TEIXEIRA</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3514/indicacao_-_699.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3514/indicacao_-_699.pdf</t>
   </si>
   <si>
     <t>IMPLANTAR TURMAS DO 6° AO 9° ANO NA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL "ALMIR QUEIROZ", SITUADA NO BAIRRO CACIQUE</t>
   </si>
   <si>
     <t>3520</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3520/indicacao_-_705.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3520/indicacao_-_705.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO E REFORMA DO PRÉDIO DA ESCOLA PLURIDOCENTE MUNICIPAL CÓRREGO DO CHIADO, SITUADA EM ITAUNINHAS</t>
   </si>
   <si>
     <t>3534</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3534/indicacao_-_717.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3534/indicacao_-_717.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZAR CURSOS PROFISSIONALIZANTES PARA OS JOVENS DA REGIÃO DOS QUILÔMETROS</t>
   </si>
   <si>
     <t>3548</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3548/indicacao_-_731.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3548/indicacao_-_731.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO N° 060/2019, QUE DIZ RESPEITO À REFORMA DO PRÉDIO E DA QUADRA POLIESPORTIVA DA EMEF "PROFESSORA DORA ARNIZAUT SILVARES" - CAIC, LOCALIZADA NO BAIRRO VITÓRIA</t>
   </si>
   <si>
     <t>3549</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3549/indicacao_-_732.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3549/indicacao_-_732.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE BIBLIOTECA PÚBLICA NO BAIRRO GURIRI</t>
   </si>
   <si>
     <t>3562</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3562/indicacao_-_738.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3562/indicacao_-_738.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CALÇADA CIDADÃ EM TORNO DO MURO DA EMEF ALMIR QUEIROZ, SITUADA NO BAIRRO CRICARÉ</t>
   </si>
   <si>
     <t>3578</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3578/indicacao_-_754.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3578/indicacao_-_754.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO E REFORMA DO CEIM 'CRIANÇA FELIZ', SITUADA EM NESTOR GOMES - KM 41</t>
   </si>
   <si>
     <t>3584</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3584/indicacao_-_760.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3584/indicacao_-_760.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO N° 481/2019, QUE DIZ RESPEITO À AQUISIÇÃO DE TERRENO NO BAIRRO MORADA DO LAGO, PARA CONSTRUÇÃO DE CENTRO DE EDUCAÇÃO INFANTIL MUNICIPAL</t>
   </si>
   <si>
     <t>3585</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3585/indicacao_-_761.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3585/indicacao_-_761.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO E REFORMA DO PRÉDIO DO CEIM 'PARAÍSO INFANTIL' SITUADO NO BAIRRO BONSUCESSO</t>
   </si>
   <si>
     <t>3624</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3624/indicacao_-_778.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3624/indicacao_-_778.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE TERRENO, NO BAIRRO AYRTON SENNA, PARA CONSTRUÇÃO DE CENTRO DE EDUCAÇÃO INFANTIL MUNICIPAL</t>
   </si>
   <si>
     <t>3625</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3625/indicacao_-_779.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3625/indicacao_-_779.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO N° 006/2019, QUE DIZ RESPEITO AO CALÇAMENTO EM TORNO DO CENTRO DE EDUCAÇÃO INFANTIL MUNICIPAL SANTO ANTÔNIO, SITUADO NA AVENIDA DO CONTORNO, NO LOTEAMENTO CAIÇARA, BAIRRO SANTO ANTÔNIO</t>
   </si>
   <si>
     <t>3628</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3628/indicacao_-_782.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3628/indicacao_-_782.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CALÇADA CIDADÃ EM TORNO DO ALAMBRADO DA EMEF DORA ARNIZAUT SILVAVRES - CAIC</t>
   </si>
   <si>
     <t>3660</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3660/indicacao_-_812.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3660/indicacao_-_812.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CEIM NO BAIRRO AYTON SENNA</t>
   </si>
   <si>
     <t>3676</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3676/indicacao_-_825.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3676/indicacao_-_825.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO E REFORMA DA ESCOLA PLURIDOCENTE MUNICIPAL 'DILÔ BARBOSA', SITUADA NA RODOVIA SÃO MATEUS À BOA ESPERANÇA</t>
   </si>
   <si>
     <t>3681</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3681/indicacao_-_830.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3681/indicacao_-_830.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE 4 (QUATRO) CONJUNTOS DE LIXEIRAS SELETIVAS NA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL 'PROFESSOR JOÃO PINTO BANDEIRA'</t>
   </si>
   <si>
     <t>3683</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3683/indicacao_-_832.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3683/indicacao_-_832.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO E REFORMA DA ESCOLA PLURIDOCENTE MUNICIPAL PATRIMÔNIO CÓRREGO DA AREIA, SITUADA NA COMUNIDADE CÓRREGO DA AREIA, DISTRITO DE NESTOR GOMES</t>
   </si>
   <si>
     <t>3726</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3726/indicacao_-_869.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3726/indicacao_-_869.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE PRÉDIO PARA INSTALAÇÃO DO CEIM SÃO FRANCISCO DE ASSIS, SITUADO NO BAIRRO LITORÂNEO</t>
   </si>
   <si>
     <t>3752</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3752/indicacao_-_891.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3752/indicacao_-_891.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZAR 02 (DOIS) SERVIDORES DA GUARDA PATRIMONIAL PARA VIGILÂNCIA DIURNA NA EMEF 'LAURINDO SAMARITANO', SITUADA NO BAIRRO LITORÂNEO</t>
   </si>
   <si>
     <t>3774</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3774/indicacao_-_910.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3774/indicacao_-_910.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR O ATERRO DO PÁTIO DA EMEF 'PROFESSOR JOÃO PINTO BANDEIRA', SITUADA NO BAIRRO CARAPINA, PARA IMPEDIR ALAGAMENTO NO PERÍODO CHUVOSO</t>
   </si>
   <si>
     <t>3781</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3781/indicacao_-_917.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3781/indicacao_-_917.pdf</t>
   </si>
   <si>
     <t>CRIAÇÃO DA GUARDA MUNICIPAL ESCOLAR EM SÃO MATEUS</t>
   </si>
   <si>
     <t>2685</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2685/projeto_de_lei_no_004-2019_-_legislativo.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2685/projeto_de_lei_no_004-2019_-_legislativo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ACESSIBILIDADE ESCOLAR PARA OS ALUNOS PORTADORES DE DEFICIÊNCIA OU MOBILIDADE REDUZIDA, NOS ESTABELECIMENTOS DE ENSINO DO MUNICÍPIO DE SÃO MATEUS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2741</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2741/projeto_de_lei_no_008-2019_-_legislativo.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2741/projeto_de_lei_no_008-2019_-_legislativo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DE MEDIDAS DE CONSCIENTIZAÇÃO, PREVENÇÃO E COMBATE AO "BULLYING" ESCOLAR NO PROJETO PEDAGÓGICO ELABORADO PELAS ESCOLAS PÚBLICAS DE EDUCAÇÃO BÁSICA DO MUNICÍPIO DE SÃO MATEUS, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2849</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2849/requerimento_-_029.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2849/requerimento_-_029.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZAR TRANSPORTE AOS ALUNOS UNIVERSITÁRIOS QUE ESTUDEM NAS CIDADES DE LINHARES E NOVA VENÉCIA, NOS TERMOS DA LEI N° 027/89 (AUTORIZA A REALIZAÇÃO DE DESPESA COM TRANSPORTE DE ALUNOS E PROFESSORES)</t>
   </si>
   <si>
     <t>3553</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3553/requerimento_-_051.pdf</t>
+    <t>http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3553/requerimento_-_051.pdf</t>
   </si>
   <si>
     <t>INFORME A ESTA CASA DE LEIS SE É VERDADEIRA A NOTÍCIA DE QUE A EJA - EDUCAÇÃO DE JOVENS E ADULTOS DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL ROSELI PIRES, SITUADA NO BAIRRO SEAC, SERÁ TRANSFERIDA PARA OUTRA UNIDADE ESCOLAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1494,67 +1494,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2561/indicacao_-_036.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2640/indicacao_-_075.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2647/indicacao_-_082.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2673/indicacao_-_099.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2683/indicacao_-_109.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2692/indicacao_-_115.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2693/indicacao_-_116.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2704/indicacao_-_127.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2718/indicacao_-_134.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2721/indicacao_-_137.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2722/indicacao_-_138.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2724/indicacao_-_140.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2730/indicacao_-_146.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2735/indicacao_-_151.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2737/indicacao_-_153.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2742/indicacao_-_154.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2769/indicacao_-_176.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2773/indicacao_-_180.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2781/indicacao_-_188.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2783/indicacao_-_190.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2789/indicacao_-_196.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2806/indicacao_-_206.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2811/indicacao_-_211.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2815/indicacao_-_215.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2838/indicacao_-_231.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2862/indicacao_-_251.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2886/indicacao_-_270.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2890/indicacao_-_274.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2893/indicacao_-_277.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2900/indicacao_-_280.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2925/indicacao_-_301.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2926/indicacao_-_302.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2927/indicacao_-_303.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2957/indicacao_-_331.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2965/indicacao_-_339.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2969/indicacao_-_343.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3017/indicacao_-_380.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3075/indicacao_-_428.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3114/indicacao_-_460.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3117/indicacao_-_463.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3122/indicacao_-_468.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3129/indicacao_-_475.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3141/indicacao_-_477.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3143/indicacao_-_479.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3144/indicacao_-_480.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3145/indicacao_-_481.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3158/indicacao_-_494.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3171/indicacao_-_499.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3200/indicacao_-_521.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3219/indicacao_-_540.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3232/indicacao_-_544.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3244/indicacao_-_556.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3245/indicacao_-_557.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3249/indicacao_-_561.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3268/indicacao_-_574.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3323/indicacao_-_588.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3336/indicacao_-_601.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3422/indicacao_-_636.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3437/indicacao_-_651.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3453/indicacao_-_662.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3457/indicacao_-_666.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3472/indicacao_-_675.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3512/indicacao_-_697.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3514/indicacao_-_699.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3520/indicacao_-_705.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3534/indicacao_-_717.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3548/indicacao_-_731.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3549/indicacao_-_732.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3562/indicacao_-_738.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3578/indicacao_-_754.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3584/indicacao_-_760.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3585/indicacao_-_761.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3624/indicacao_-_778.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3625/indicacao_-_779.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3628/indicacao_-_782.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3660/indicacao_-_812.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3676/indicacao_-_825.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3681/indicacao_-_830.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3683/indicacao_-_832.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3726/indicacao_-_869.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3752/indicacao_-_891.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3774/indicacao_-_910.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3781/indicacao_-_917.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2685/projeto_de_lei_no_004-2019_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2741/projeto_de_lei_no_008-2019_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2849/requerimento_-_029.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3553/requerimento_-_051.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2561/indicacao_-_036.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2640/indicacao_-_075.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2647/indicacao_-_082.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2673/indicacao_-_099.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2683/indicacao_-_109.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2692/indicacao_-_115.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2693/indicacao_-_116.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2704/indicacao_-_127.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2718/indicacao_-_134.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2721/indicacao_-_137.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2722/indicacao_-_138.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2724/indicacao_-_140.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2730/indicacao_-_146.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2735/indicacao_-_151.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2737/indicacao_-_153.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2742/indicacao_-_154.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2769/indicacao_-_176.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2773/indicacao_-_180.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2781/indicacao_-_188.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2783/indicacao_-_190.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2789/indicacao_-_196.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2806/indicacao_-_206.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2811/indicacao_-_211.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2815/indicacao_-_215.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2838/indicacao_-_231.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2862/indicacao_-_251.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2886/indicacao_-_270.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2890/indicacao_-_274.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2893/indicacao_-_277.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2900/indicacao_-_280.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2925/indicacao_-_301.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2926/indicacao_-_302.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2927/indicacao_-_303.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2957/indicacao_-_331.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2965/indicacao_-_339.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2969/indicacao_-_343.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3017/indicacao_-_380.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3075/indicacao_-_428.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3114/indicacao_-_460.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3117/indicacao_-_463.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3122/indicacao_-_468.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3129/indicacao_-_475.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3141/indicacao_-_477.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3143/indicacao_-_479.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3144/indicacao_-_480.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3145/indicacao_-_481.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3158/indicacao_-_494.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3171/indicacao_-_499.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3200/indicacao_-_521.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3219/indicacao_-_540.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3232/indicacao_-_544.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3244/indicacao_-_556.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3245/indicacao_-_557.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3249/indicacao_-_561.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3268/indicacao_-_574.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3323/indicacao_-_588.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3336/indicacao_-_601.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3422/indicacao_-_636.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3437/indicacao_-_651.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3453/indicacao_-_662.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3457/indicacao_-_666.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3472/indicacao_-_675.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3512/indicacao_-_697.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3514/indicacao_-_699.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3520/indicacao_-_705.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3534/indicacao_-_717.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3548/indicacao_-_731.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3549/indicacao_-_732.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3562/indicacao_-_738.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3578/indicacao_-_754.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3584/indicacao_-_760.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3585/indicacao_-_761.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3624/indicacao_-_778.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3625/indicacao_-_779.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3628/indicacao_-_782.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3660/indicacao_-_812.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3676/indicacao_-_825.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3681/indicacao_-_830.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3683/indicacao_-_832.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3726/indicacao_-_869.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3752/indicacao_-_891.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3774/indicacao_-_910.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3781/indicacao_-_917.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2685/projeto_de_lei_no_004-2019_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2741/projeto_de_lei_no_008-2019_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/2849/requerimento_-_029.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomateus.es.leg.br/media/sapl/public/materialegislativa/2019/3553/requerimento_-_051.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="39.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="114.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="114" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="233.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>